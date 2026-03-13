--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="19e5961" w14:textId="19e5961">
+    <w:p w14:paraId="a12e4e9" w14:textId="a12e4e9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,27119 +85,25708 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнения в постановление Правления Национального Банка Республики Казахстан от 8 мая 2015 года № 75 "Об утверждении перечня, форм, сроков отчетности о выполнении пруденциальных нормативов банками второго уровня и Правил их представления"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правления Национального Банка Республики Казахстан от 30 мая 2016 года № 143. Зарегистрировано в Министерстве юстиции Республики Казахстан 19 июля 2016 года № 13947</w:t>
+        <w:t>Постановление Правления Национального Банка Республики Казахстан от 30 мая 2016 года № 143. Зарегистрировано в Министерстве юстиции Республики Казахстан 19 июля 2016 года № 13947. Утратило силу постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2025 года № 100.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      
+        <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Примечание РЦПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Утратило силу постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
       </w:r>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее постановление вводится в действие с 30.08.2016</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      В целях совершенствования нормативных правовых актов Республики Казахстан, регулирующих деятельность банков второго уровня, и в соответствии с </w:t>
+        <w:t xml:space="preserve">
+      В целях совершенствования нормативных правовых актов Республики Казахстан, регулирующих деятельность банков второго уровня, и в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года «О государственной статистике», Правление Национального Банка Республики Казахстан </w:t>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике", Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      1. Внести в </w:t>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 8 мая 2015 года № 75 «Об утверждении перечня, форм, сроков отчетности о выполнении пруденциальных нормативов банками второго уровня и Правил их представления» (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 11162, опубликованное 2 июня 2015 года в информационно-правовой системе нормативных правовых актов Республики Казахстан «Әділет») следующие изменения и дополнение:</w:t>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 8 мая 2015 года № 75 "Об утверждении перечня, форм, сроков отчетности о выполнении пруденциальных нормативов банками второго уровня и Правил их представления" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 11162, опубликованное 2 июня 2015 года в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет") следующие изменения и дополнение:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      «1. Утвердить:</w:t>
+      "1. Утвердить:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) перечень отчетности о выполнении пруденциальных нормативов банками второго уровня согласно </w:t>
+        <w:t xml:space="preserve">
+      1) перечень отчетности о выполнении пруденциальных нормативов банками второго уровня согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) форму отчета о выполнении пруденциальных нормативов согласно  </w:t>
+        <w:t xml:space="preserve">
+      2) форму отчета о выполнении пруденциальных нормативов согласно  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) форму отчета о расшифровке активов, взвешенных с учетом кредитного риска, согласно </w:t>
+        <w:t xml:space="preserve">
+      3) форму отчета о расшифровке активов, взвешенных с учетом кредитного риска, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) форму отчета о расшифровке условных и возможных обязательств, взвешенных с учетом кредитного риска, согласно </w:t>
+        <w:t xml:space="preserve">
+      4) форму отчета о расшифровке условных и возможных обязательств, взвешенных с учетом кредитного риска, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) форму отчета о расшифровке условных и возможных требований и обязательств по производным финансовым инструментам, взвешенным с учетом кредитного риска, согласно </w:t>
+        <w:t xml:space="preserve">
+      5) форму отчета о расшифровке условных и возможных требований и обязательств по производным финансовым инструментам, взвешенным с учетом кредитного риска, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) форму отчета о расшифровке расчета специфичного процентного риска (в разрезе валют) согласно </w:t>
+        <w:t xml:space="preserve">
+      6) форму отчета о расшифровке расчета специфичного процентного риска (в разрезе валют) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7) форму отчета о распределении открытых позиций по временным интервалам (в разрезе валют) согласно </w:t>
+        <w:t xml:space="preserve">
+      7) форму отчета о распределении открытых позиций по временным интервалам (в разрезе валют) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8) форму отчета о расшифровке расчета общего процентного риска (в разрезе валют) согласно </w:t>
+        <w:t xml:space="preserve">
+      8) форму отчета о расшифровке расчета общего процентного риска (в разрезе валют) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9) форму отчета о расшифровке максимального размера риска на одного заемщика согласно </w:t>
+        <w:t xml:space="preserve">
+      9) форму отчета о расшифровке максимального размера риска на одного заемщика согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10) форму отчета о расшифровке максимального размера риска на одного заемщика (в разрезе заемщиков) согласно </w:t>
+        <w:t xml:space="preserve">
+      10) форму отчета о расшифровке максимального размера риска на одного заемщика (в разрезе заемщиков) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11) форму отчета о расшифровке коэффициента текущей ликвидности k4 согласно </w:t>
+        <w:t xml:space="preserve">
+      11) форму отчета о расшифровке коэффициента текущей ликвидности k4 согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12) форму отчета о расшифровке коэффициентов срочной ликвидности k4-1, k4-2, k4-3 согласно </w:t>
+        <w:t xml:space="preserve">
+      12) форму отчета о расшифровке коэффициентов срочной ликвидности k4-1, k4-2, k4-3 согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13) форму отчета о расшифровке коэффициентов срочной валютной ликвидности k4-4, k4-5, k4-6 согласно </w:t>
+        <w:t xml:space="preserve">
+      13) форму отчета о расшифровке коэффициентов срочной валютной ликвидности k4-4, k4-5, k4-6 согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      14) форму отчета о валютных позициях по каждой иностранной валюте и валютной нетто-позиции за каждый рабочий день недели (месяца) согласно </w:t>
+        <w:t xml:space="preserve">
+      14) форму отчета о валютных позициях по каждой иностранной валюте и валютной нетто-позиции за каждый рабочий день недели (месяца) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      15) форму отчета о расчете среднемесячной величины внутренних активов, внутренних и иных обязательств, коэффициента размещения части средств во внутренние активы согласно </w:t>
+        <w:t xml:space="preserve">
+      15) форму отчета о расчете среднемесячной величины внутренних активов, внутренних и иных обязательств, коэффициента размещения части средств во внутренние активы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      16) форму отчета о расшифровке коэффициентов капитализации банков к обязательствам перед нерезидентами Республики Казахстан согласно </w:t>
+        <w:t xml:space="preserve">
+      16) форму отчета о расшифровке коэффициентов капитализации банков к обязательствам перед нерезидентами Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      17) форму отчета о расчете коэффициентов достаточности собственного капитала при секьюритизации согласно </w:t>
+        <w:t xml:space="preserve">
+      17) форму отчета о расчете коэффициентов достаточности собственного капитала при секьюритизации согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      18) форму отчета о расшифровке активов, взвешенных с учетом кредитного риска, представляемого исламскими банками согласно </w:t>
+        <w:t xml:space="preserve">
+      18) форму отчета о расшифровке активов, взвешенных с учетом кредитного риска, представляемого исламскими банками согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      19) форму отчета о расшифровке условных и возможных обязательств, взвешенных с учетом кредитного риска, представляемого исламскими банками согласно </w:t>
+        <w:t xml:space="preserve">
+      19) форму отчета о расшифровке условных и возможных обязательств, взвешенных с учетом кредитного риска, представляемого исламскими банками согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) форму отчета о расшифровке рыночного риска, связанного с изменением рыночной стоимости товарно-материальных запасов, представляемого исламскими банками согласно приложению 20 к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      20-1) форму отчета о расшифровке коэффициента покрытия ликвидности согласно </w:t>
+        <w:t xml:space="preserve">
+      20-1) форму отчета о расшифровке коэффициента покрытия ликвидности согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 20-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21) Правила представления отчетности о выполнении пруденциальных нормативов банками второго уровня согласно приложению 21 к настоящему постановлению.»;</w:t>
+      21) Правила представления отчетности о выполнении пруденциальных нормативов банками второго уровня согласно приложению 21 к настоящему постановлению.";</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      «2. Банки второго уровня, за исключением случая, предусмотренного пунктом 3 настоящего постановления, представляют в Национальный Банк Республики Казахстан в электронном формате:</w:t>
+      "2. Банки второго уровня, за исключением случая, предусмотренного пунктом 3 настоящего постановления, представляют в Национальный Банк Республики Казахстан в электронном формате:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) ежемесячно отчетность, предусмотренную подпунктами </w:t>
+        <w:t xml:space="preserve">
+      1) ежемесячно отчетность, предусмотренную подпунктами </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,  </w:t>
+        <w:t xml:space="preserve">,  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 настоящего постановления, - не позднее седьмого рабочего дня месяца, следующего за отчетным месяцем;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ежемесячно отчетность, предусмотренную подпунктом 20-1) пункта 1 настоящего постановления, - не позднее двадцатого числа месяца, следующего за отчетным месяцем;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) еженедельно отчетность, предусмотренную подпунктом 14) пункта 1 настоящего постановления, - не позднее пятого рабочего дня недели, следующей за отчетной неделей.»;</w:t>
+      3) еженедельно отчетность, предусмотренную подпунктом 14) пункта 1 настоящего постановления, - не позднее пятого рабочего дня недели, следующей за отчетной неделей.";</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложение 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> изложить в редакции согласно </w:t>
+        <w:t xml:space="preserve"> изложить в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      дополнить приложением 20-1 в редакции согласно </w:t>
+        <w:t xml:space="preserve">
+      дополнить приложением 20-1 в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
-      <w:r>
-[...179 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p>
-[...39 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      «СОГЛАСОВАНО»</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>
-      Председатель Комитета по статистике</w:t>
-[...130 lines deleted...]
-от 30 мая 2016 года № 143</w:t>
+      2. Департаменту методологии финансового рынка (Абдрахманов Н.А.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Приложение 1       </w:t>
+        <w:t>
+      1) совместно с Юридическим департаментом (Сарсенова Н.В.) государственную регистрацию настоящего постановления в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) направление настоящего постановления в республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на официальное опубликование в информационно-правовой системе "Әділет" в течение десяти календарных дней после его государственной регистрации в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для включения в Государственный реестр нормативных правовых актов Республики Казахстан, Эталонный контрольный банк нормативных правовых актов Республики Казахстан в течение пяти рабочих дней со дня его получения Национальным Банком Республики Казахстан после государственной регистрации в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего постановления на официальном интернет-ресурсе Национального Банка Республики Казахстан после его официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Управлению по защите прав потребителей финансовых услуг и внешних коммуникаций (Терентьев А.Л.) обеспечить направление настоящего постановления на официальное опубликование в периодических печатных изданиях в течение десяти календарных дней после его государственной регистрации в Министерстве юстиции Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего постановления возложить на заместителя Председателя Национального Банка Республики Казахстан Смолякова О.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящее постановление вводится в действие с 30 августа 2016 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Председатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Национального Банка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Д. Акишев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "СОГЛАСОВАНО"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Председатель Комитета по статистике   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Министерства национальной экономики   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Республики Казахстан   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________Н. Айдапкелов   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13 июня 2016 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-к постановлению Правления</w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...28 lines deleted...]
-от 8 мая 2015 года № 75 </w:t>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к постановлению Правления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национального Банка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 мая 2016 года № 143</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к постановлению Правления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национального Банка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 8 мая 2015 года № 75 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Перечень отчетности о выполнении пруденциальных нормативов</w:t>
+        <w:t xml:space="preserve"> Перечень отчетности о выполнении пруденциальных нормативов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-банками второго уровня</w:t>
+        <w:t>банками второго уровня</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z15" w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетность о выполнении пруденциальных нормативов банками второго уровня включает в себя:</w:t>
       </w:r>
-      <w:r>
-[...278 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z16" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>
-к постановлению Правления</w:t>
-[...115 lines deleted...]
-от 8 мая 2015 года № 75</w:t>
+      1) отчет о выполнении пруденциальных нормативов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>        </w:t>
-[...9 lines deleted...]
-        <w:t>Форма, предназначенная для сбора административных данных</w:t>
+        <w:t>
+      2) отчет о расшифровке активов, взвешенных с учетом кредитного риска;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>        </w:t>
-[...9 lines deleted...]
-        <w:t>Отчет о расшифровке коэффициента покрытия ликвидности</w:t>
+        <w:t>
+      3) отчет о расшифровке условных и возможных обязательств, взвешенных с учетом кредитного риска;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>        </w:t>
-[...9 lines deleted...]
-        <w:t>Отчетный период: на «___» ________ 20__ года</w:t>
+        <w:t>
+      4) отчет о расшифровке условных и возможных требований и обязательств по производным финансовым инструментам, взвешенным с учетом кредитного риска;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                        —————————————————————</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>
-                        (наименование банка)</w:t>
+      5) отчет о расшифровке расчета специфичного процентного риска (в разрезе валют);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Индекс: 1-BVU_LCR</w:t>
+        <w:t>
+      6) отчет о распределении открытых позиций по временным интервалам (в разрезе валют);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) отчет о расшифровке расчета общего процентного риска (в разрезе валют);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) отчет о расшифровке максимального размера риска на одного заемщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) отчет о расшифровке максимального размера риска на одного заемщика (в разрезе заемщиков);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) отчет о расшифровке коэффициента текущей ликвидности k4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) отчет о расшифровке коэффициентов срочной ликвидности k4-1, k4-2, k4-3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) отчет о расшифровке коэффициентов срочной валютной ликвидности k4-4, k4-5, k4-6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) отчет о валютных позициях по каждой иностранной валюте и валютной нетто-позиции за каждый рабочий день недели (месяца);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) отчет о расчете среднемесячной величины внутренних активов, внутренних и иных обязательств, коэффициента размещения части средств во внутренние активы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) отчет о расшифровке коэффициентов капитализации банков к обязательствам перед нерезидентами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) отчет о расчете коэффициентов достаточности собственного капитала при секьюритизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) отчет о расшифровке активов, взвешенных с учетом кредитного риска, представляемый исламскими банками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) отчет о расшифровке условных и возможных обязательств, взвешенных с учетом кредитного риска, представляемый исламскими банками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) отчет о расшифровке рыночного риска, связанного с изменением рыночной стоимости товарно-материальных запасов, представляемый исламскими банками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) отчет о расшифровке коэффициента покрытия ликвидности.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к постановлению Правления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национального Банка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 мая 2016 года № 143</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 20-1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к постановлению Правления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национального Банка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 8 мая 2015 года № 75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Отчет о расшифровке коэффициента покрытия ликвидности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Отчетный период: на "___" ________ 20__ года                         —————————————————————</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование банка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс: 1-BVU_LCR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежемесячная</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляет: банк второго уровня</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Куда представляется форма: Национальный Банк Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления: не позднее двадцатого числа месяца,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       следующего за отчетным месяцем.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                                                                Форма</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>
-                                                    (в тысячах тенге)</w:t>
-[...23772 lines deleted...]
-Место для печати (при наличии)</w:t>
+      Форма</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Пояснение по заполнению формы, предназначенной для сбора административных данных приведено в приложении к настоящей форме</w:t>
+        <w:t>
+                                                           (в тысячах тенге)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование статей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент учета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в процентах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма к расчету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Высококачественные ликвидные активы первого уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличные деньги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Депозиты в Национальном Банке Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Требования к Правительству Республики Казахстан, Национальному Банку Республики Казахстан, центральным правительствам иностранных государств и центральным банкам иностранных государств, к международным финансовым организациям, взвешиваемые по степени кредитного риска 0 (ноль) процентов, в том числе:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, гарантированные Правительством Республики Казахстан, Национальным Банком Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, гарантированные центральными правительствами иностранных государств и центральными банками иностранных государств, имеющих суверенный рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, гарантированные международными финансовыми организациями, имеющими долговой рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+займы, предоставленные Правительству Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+займы, предоставленные Национальному Банку Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+займы, предоставленные центральным правительствам стран, имеющих суверенный рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+займы, предоставленные центральным банкам стран с суверенным рейтингом не ниже "АА-" агентства Standard &amp; Poor's или рейтингом аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+займы, предоставленные международным финансовым организациям с долговым рейтингом не ниже "АА-" агентства Standard &amp; Poor's или рейтингом аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вклады в центральных банках стран с суверенным рейтингом не ниже "АА-" агентства Standard &amp; Poor's или рейтингом аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вклады в международных финансовых организациях с долговым рейтингом не ниже "АА-" агентства Standard &amp; Poor's или рейтингом аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дебиторская задолженность Правительства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+государственные ценные бумаги Республики Казахстан, выпущенные Правительством Республики Казахстан и Национальным Банком Республики Казахстан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, имеющие статус государственных, выпущенные центральными правительствами иностранных государств, суверенный рейтинг которых не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, выпущенные международными финансовыми организациями, имеющими долговой рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ценные бумаги центральных правительств иностранных государств и центральных банков иностранных государств, номинированные в валюте соответствующих стран, в случае взвешивания по степени кредитного риска выше 0 (нуля) процентов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Высококачественные ликвидные активы второго уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Требования к местным органам власти Республики Казахстан, в том числе ценные бумаги, выпущенные местными органами власти Республики Казахстан, взвешиваемые по степени кредитного риска 20 (двадцать) процентов, в том числе:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+займы, предоставленные местным органам власти Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дебиторская задолженность местных органов власти Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, выпущенные местными органами власти Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Требования к центральным правительствам иностранных государств, центральным банкам иностранных государств, местным органам власти иностранных государств, международным финансовым организациям, взвешиваемые по степени кредитного риска 20 (двадцать) процентов, в том числе:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, гарантированные центральными правительствами иностранных государств и центральными банками иностранных государств, имеющих суверенный рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, гарантированные местными органами власти иностранных государств, имеющих суверенный рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, гарантированные международными финансовыми организациями, имеющими долговой долговой рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+займы, предоставленные центральным правительствам стран, имеющих суверенный рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+займы, предоставленные центральным банкам стран, имеющих суверенный рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+займы, предоставленные международным финансовым организациям, имеющим долговой рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+займы, предоставленные местным органам власти стран, имеющих суверенный рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вклады в центральных банках стран, имеющих суверенный рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вклады в международных финансовых организациях, имеющих долговой рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, имеющие статус государственных, выпущенные центральными правительствами стран, имеющих суверенный рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, выпущенные международными финансовыми организациями, имеющими долговой рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ценные бумаги, выпущенные местными органами власти стран, суверенный рейтинг которых не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ценные бумаги, выпущенные нефинансовыми организациями, имеющие долгосрочный рейтинг не ниже "АА-" агентства Standard &amp; Poor’s или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ипотечные ценные бумаги, не являющиеся обязательством банка, имеющие долгосрочный рейтинг не ниже "АА-" агентства Standard &amp; Poor’s или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денежные оттоки по депозитам физических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стабильные депозиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Менее стабильные депозиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денежные оттоки по обязательствам перед юридическими лицами,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+субъектами малого предпринимательства, необеспеченным активами банка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вклады, размещенные нефинансовыми организациями, являющимися субъектами малого предпринимательства, полный объем которых не превышает в эквиваленте 1 (один) миллион долларов Соединенных Штатов Америки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вклады, связанные с клиринговой, кастодиальной деятельностью, с деятельностью по управлению ликвидностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Депозиты нефинансовых организаций, Правительства Республики Казахстан, Национального Банка Республики Казахстан, местных органов власти Республики Казахстан, международных финансовых организаций, центральных правительств иностранных государств, центральных банков иностранных государств, местных органов власти иностранных государств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательства перед иными юридическими лицами, в том числе обязательства по выпущенным ценным бумагам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денежные оттоки по обязательствам перед юридическими лицами,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+обеспеченным активами банка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательства, обеспеченные высококачественными ликвидными активами первого уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательства перед Правительством Республики Казахстан и Национальным Банком Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательства, обеспеченные высококачественными ликвидными активами второго уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательства перед местными органами власти Республики Казахстан, международными финансовыми организациями, взвешиваемые по степени кредитного риска не выше 20 (двадцати) процентов, обеспеченные активами, не являющимися высококачественными ликвидными активами первого и второго уровней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иные обеспеченные обязательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дополнительные денежные оттоки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по условным и возможным обязательствам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дополнительная потребность в ликвидности по производным финансовым инструментам и иным договорам при снижении рейтинга банка до 3 (трех) ступеней включительно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Необходимость в дополнительной ликвидности при изменении рыночной оценки позиций по производным финансовым инструментам или иным операциям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наибольший тридцатидневный нетто отток за предыдущие 24 (двадцать четыре) месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Необходимость в дополнительной ликвидности при переоценке обеспечения (за исключением высококачественных ликвидных активов первого уровня) по производным финансовым инструментам и иным операциям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер превышения обеспечения, удерживаемого банком в связи с поддержанием позиции по производным финансовым инструментам, по которому предусмотрен отзыв в любое время</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Необходимость в дополнительной ликвидности по операциям, предусматривающим предоставление банком обеспечения, по требованию контрагента в соответствии с условиями договора в случае, если обеспечение не предоставлено</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Необходимость в дополнительной ликвидности, связанная с возможностью замены обеспечения на активы, не являющиеся высококачественными ликвидными активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отток по ценным бумагам, обеспеченным поступлением денег по активам, в том числе по ипотечным ценным бумагам, выпущенным банком и имеющим срок погашения менее 30 (тридцати) календарных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отток по ценным бумагам, обеспеченным поступлением денег по активам и выпущенным дочерними специальными организациями банка, имеющим срок погашения менее 30 (тридцати) календарных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неиспользованная часть кредитных линий и линий ликвидности, предоставленных физическим лицам и субъектам малого предпринимательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неиспользованная часть кредитных линий, предоставленных нефинансовым организациям, Правительству Республики Казахстан, Национальному Банку Республики Казахстан, местным органам власти Республики Казахстан и международным финансовым организациям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неиспользованная часть линий ликвидности, предоставленных нефинансовым организациям, Правительству Республики Казахстан, Национальному Банку Республики Казахстан, местным органам власти Республики Казахстан и международным финансовым организациям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неиспользованная часть кредитных линий и линий ликвидности, предоставленных другим банкам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неиспользованная часть кредитных линий, предоставленных финансовым организациям, не являющимся банками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неиспользованная часть линий ликвидности, предоставленных иным финансовым организациям, не являющимся банками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неиспользованная часть кредитных линий и линий ликвидности, предоставленных иным юридическим лицам (в том числе дочерними специальными организациями банка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Необходимость в дополнительной ликвидности по безусловно отзывным кредитным линиям и линиям ликвидности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательства, связанные с финансированием экспорта и импорта товаров и услуг (по гарантиям и поручительствам, аккредитивам, связанным с проведением факторинговых и форфейтинговых операций)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательства, по гарантиям и поручительствам, аккредитивам, не связанным с финансированием экспорта и импорта товаров и услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иные денежные оттоки по обязательствам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денежные притоки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заемные операции, обеспеченные высококачественными ликвидными активами первого уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заемные операции, обеспеченные высококачественными ликвидными активами второго уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Займы, предоставленные для совершения купли-продажи ценных бумаг под обеспечение активов, не относящихся к высококачественным ликвидным активам (маржинальные сделки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заемные операции, обеспеченные иными активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кредитные линии, линии ликвидности, предоставленные другими банками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вклады, связанные с клиринговой, кастодиальной деятельностью, с деятельностью по управлению ликвидностью клиента в других финансовых организациях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Притоки по кредитам, за исключением займов с просроченной задолженностью по основному долгу и (или) начисленному вознаграждению, в том числе выданным:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+физическим лицам и субъектам малого предпринимательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нефинансовым организациям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+банкам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нетто притоки по производным финансовым инструментам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иные денежные притоки от операций, по договорам которых ожидаются денежные притоки в ближайшие 30 (тридцать) календарных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Высококачественные ликвидные активы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нетто отток денежных средств по операциям банка в течение последующих 30 (тридцати) календарных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент покрытия ликвидности (%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первый руководитель (на период его отсутствия - лицо, его замещающее)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+              _________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+              подпись</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Главный бухгалтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+              _________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+              подпись</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исполнитель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фамилия, имя, отчеств (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подпись</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+номер телефона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Приложение к форме отчета</w:t>
+      Дата подписания отчета "_____" _____________ 20___ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-о расшифровке коэффициента</w:t>
+      Место для печати (при наличии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-покрытия ликвидности   </w:t>
+        <w:t>
+      Пояснение по заполнению формы, предназначенной для сбора административных данных приведено в приложении к настоящей форме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к форме отчета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о расшифровке коэффициента</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>покрытия ликвидности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Пояснение по заполнению формы,</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-предназначенной для сбора административных данных</w:t>
+        <w:t>предназначенной для сбора административных данных</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Отчет о расшифровке коэффициента покрытия ликвидности</w:t>
+        <w:t>Отчет о расшифровке коэффициента покрытия ликвидности</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-1. Общие положения</w:t>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z22" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящее пояснение (далее - Пояснение) определяет единые требования по заполнению формы, предназначенной для сбора административных данных, «Отчет о расшифровке коэффициента покрытия ликвидности» (далее - Форма).</w:t>
+      1. Настоящее пояснение (далее - Пояснение) определяет единые требования по заполнению формы, предназначенной для сбора административных данных, "Отчет о расшифровке коэффициента покрытия ликвидности" (далее - Форма).</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      2. Форма разработана в соответствии с подпунктом 6) </w:t>
+        <w:t xml:space="preserve">
+      2. Форма разработана в соответствии с подпунктом 6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 9 Закона Республики Казахстан от 4 июля 2003 года «О государственном регулировании, контроле и надзоре финансового рынка и финансовых организаций».</w:t>
-[...93 lines deleted...]
-2. Пояснение по заполнению Формы</w:t>
+        <w:t xml:space="preserve"> статьи 9 Закона Республики Казахстан от 4 июля 2003 года "О государственном регулировании, контроле и надзоре финансового рынка и финансовых организаций".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Форма заполняется в соответствии с </w:t>
+      3. Форма составляется ежемесячно банками второго уровня и заполняется за каждый календарный день отчетного периода. Данные в Форме заполняются в тысячах тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Форму подписывают первый руководитель (на период его отсутствия - лицо, его замещающее), главный бухгалтер и исполнитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В течение периода с 1 июля 2016 года по 30 июня 2017 года в случае обнаружения неполной и (или) недостоверной информации в Форме после предоставления в Национальный Банк Республики Казахстан банк второго уровня письменно уведомляет об этом уполномоченный орган с приложением информации об ошибках в отчетности, при этом представление доработанной отчетности не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Пояснение по заполнению Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Форма заполняется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 30 мая 2016 года № 147 «Об установлении нормативных значений и методики расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов размера капитала банка на определенную дату и Правил расчета и лимитов открытой валютной позиции банка», зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № (далее – Нормативные значения).</w:t>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 30 мая 2016 года № 147 "Об установлении нормативных значений и методики расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов размера капитала банка на определенную дату и Правил расчета и лимитов открытой валютной позиции банка", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № (далее – Нормативные значения).</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      7. Высококачественные ликвидные активы банка рассчитываются с учетом операционных требований, установленных </w:t>
+        <w:t xml:space="preserve">
+      7. Высококачественные ликвидные активы банка рассчитываются с учетом операционных требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Нормативных значений и с применением коэффициентов учета, установленных в </w:t>
+        <w:t xml:space="preserve"> Нормативных значений и с применением коэффициентов учета, установленных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Нормативным значениям.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      8. Денежный отток (приток) рассчитывается как сумма денежных оттоков (притоков) в течение последующих 30 (тридцати) календарных дней с применением коэффициентов оттока (притока), установленных в </w:t>
+        <w:t xml:space="preserve">
+      8. Денежный отток (приток) рассчитывается как сумма денежных оттоков (притоков) в течение последующих 30 (тридцати) календарных дней с применением коэффициентов оттока (притока), установленных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Нормативным значениям.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. При заполнении Формы в строке 48 суммируются данные по высококачественным ликвидным активам первого и второго уровней.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. При заполнении Формы в строке 49 расчет производится в соответствии с пунктом 75 Нормативных значений.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. При заполнении Формы в строке 50 указывается отношение высококачественных ликвидных активов к нетто оттоку денежных средств по операциям банка в течение последующих 30 (тридцати) календарных дней в процентном выражении.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При заполнении Формы в графе 4 указываются суммы по наименованиям статей в графе 2 за каждый день отчетного месяца с применением коэффициентов учета установленных в графе 3.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -27517,35 +26108,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>