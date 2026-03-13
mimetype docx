--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3f517d8" w14:textId="3f517d8">
+    <w:p w14:paraId="0800cd9" w14:textId="0800cd9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -906,71 +906,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила расчета и применения коэффициента по системе "бонус-малус" для расчета страховой премии по обязательному страхованию гражданско-правовой ответственности владельцев транспортных средств</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 27.12.2024 </w:t>
+      Сноска. Правила – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 87</w:t>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после дня его официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила расчета и применения коэффициента по системе "бонус-малус" для расчета страховой премии по обязательному страхованию гражданско-правовой ответственности владельцев транспортных средств (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1104,1036 +1104,1256 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) удостоверение личности гражданина Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) паспорт гражданина Республики Казахстан;</w:t>
+        <w:t xml:space="preserve">
+      2) паспорт гражданина Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) свидетельство о рождении в Республике Казахстан;</w:t>
+        <w:t xml:space="preserve">
+      3) свидетельство о рождении в Республике Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) вид на жительство иностранца в Республике Казахстан;</w:t>
+        <w:t xml:space="preserve">
+      4) вид на жительство иностранца в Республике Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) удостоверение лица без гражданства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Коэффициенты устанавливаются и соответствующие классы присваиваются страхователю (застрахованному) при заключении договора обязательного страхования (далее – класс) в соответствии с приложением к Правилам.</w:t>
+        <w:t xml:space="preserve">
+      2. Коэффициенты устанавливаются и соответствующие классы присваиваются страхователю (застрахованному) при заключении договора обязательного страхования (далее – класс) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Основанием для применения страховщиком коэффициентов является информация о страховом случае (страховых случаях), либо отсутствие информации о страховом случае (страховых случаях), произошедшем (произошедших) по вине страхователя (застрахованного), а также иная информация, предусмотренная Правилами, полученная страховщиком из единой базы данных по страхованию (далее – база данных) и (или) государственных баз данных посредством базы данных.</w:t>
+        <w:t xml:space="preserve">
+      Основанием для применения страховщиком коэффициентов является информация о страховом случае (страховых случаях), либо отсутствие информации о страховом случае (страховых случаях), произошедшем (произошедших) по вине страхователя (застрахованного), а также иная информация, предусмотренная Правилами, полученная страховщиком из единой базы данных по страхованию (далее – база данных) и (или) государственных баз данных. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. При присвоении класса страхователю (застрахованному) учету подлежит (подлежат) страховой случай (страховые случаи), произошедший (произошедшие) по его вине, а также дни, в течение которых гражданско-правовая ответственность страхователя (застрахованного) по договору обязательного страхования была застрахована, со дня предыдущего изменения класса, вне зависимости от количества заключенных договоров обязательного страхования, и иная информация, предусмотренная Правилами.</w:t>
+        <w:t xml:space="preserve">
+      Полученные из государственных баз данных сведения, необходимые для расчета и присвоения коэффициентов по системе "бонус-малус", страховщик передает в базу данных. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Наступление страхового случая (страховых случаев), произошедшего (произошедших) по вине страхователя (застрахованного), влечет снижение класса страхователя (застрахованного) согласно приложению к Правилам, с учетом требований, установленных пунктами 6, 9, 10, 11, 12 и 13 Правил. При этом самым минимальным классом является класс M2.</w:t>
+        <w:t xml:space="preserve">
+      Страховщик, являющийся поставщиком информации, несет ответственность, установленную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях за неисполнение или ненадлежащее исполнение требований по предоставлению информации в базу данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Изменение класса на более высокий класс осуществляется при одновременном выполнении следующих условий:</w:t>
+      3. При присвоении страхового класса страхователю (застрахованному) учету подлежит (подлежат) страховой случай (страховые случаи), произошедший (произошедшие) по его вине, а также дни, в течение которых гражданско-правовая ответственность страхователя (застрахованного) по договору обязательного страхования была застрахована, со дня предыдущего изменения класса, вне зависимости от количества заключенных договоров обязательного страхования, и иная информация, предусмотренная Правилами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      отсутствие в организации, осуществляющей формирование и ведение базы данных, информации о страховом случае (страховых случаях), произошедшем (произошедших) по вине страхователя (застрахованного) и учтенном (учтенных) в базе данных с момента последнего изменения класса;</w:t>
+        <w:t xml:space="preserve">
+      Наступление страхового случая (страховых случаев), произошедшего (произошедших) по вине страхователя (застрахованного) и по которому (которым) осуществлена страховая выплата, влечет снижение класса страхователя (застрахованного) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам, с учетом требований, установленных пунктами 7, 10, 11, 12, 13 и 14 Правил. При этом самым минимальным классом является класс M2.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      наличие информации в базе данных о не менее 270 (двухсот семидесяти) календарных днях со дня последнего изменения класса, в течение которых гражданско-правовая ответственность страхователя (застрахованного) по договору обязательного страхования была застрахована, вне зависимости от количества заключенных договоров обязательного страхования.</w:t>
+        <w:t xml:space="preserve">
+      Изменение класса на более высокий класс осуществляется при одновременном выполнении следующих условий: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Для лиц, лишенных права управления транспортными средствами, классы не повышаются в течение срока лишения этого права.</w:t>
+        <w:t xml:space="preserve">
+      отсутствие в организации, осуществляющей формирование и ведение базы данных, информации о страховом случае (страховых случаях), произошедшем (произошедших) по вине страхователя (застрахованного) и учтенном (учтенных) в базе данных с момента последнего изменения класса; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      В случае лишения права управления транспортным средством для изменения класса на более высокий класс учитываются дни со дня последнего изменения класса, в течение которых гражданско-правовая ответственность страхователя (застрахованного) по договору обязательного страхования была застрахована, вне зависимости от количества заключенных договоров обязательного страхования до дня лишения права на управление транспортными средствами.</w:t>
+        <w:t xml:space="preserve">
+      наличие информации в базе данных о не менее двухсот семидесяти календарных днях со дня последнего изменения класса, в течение которых гражданско-правовая ответственность страхователя (застрахованного) по договору обязательного страхования была застрахована, вне зависимости от количества заключенных договоров обязательного страхования, за исключением случаев, предусмотренных пунктами 4 и 5 Правил, при которых требуется наличие информации о непрерывном страховании гражданско-правовой ответственности страхователя (застрахованного) сроком не менее двухсот семидесяти календарных дней. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. При заключении договора обязательного страхования впервые страхователю (застрахованному) присваивается класс А, за исключением случая предусмотренного пунктом 5 Правил.</w:t>
+      Для лиц, лишенных права управления транспортными средствами, классы не повышаются в течение срока лишения этого права. В случае лишения права управления транспортным средством для изменения класса на более высокий класс учитываются дни со дня последнего изменения класса, в течение которых гражданско-правовая ответственность страхователя (застрахованного) по договору обязательного страхования была застрахована, вне зависимости от количества заключенных договоров обязательного страхования до дня лишения права на управление транспортными средствами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Договор обязательного страхования считается заключенным впервые в случае, если в базе данных отсутствует информация о ранее заключенных страхователем (застрахованным) договорах обязательного страхования.</w:t>
+      Информация, указанная в части четвертой настоящего пункта и в пунктах 7, 8, 9, 12, 13, 14 Правил, применяется при расчете коэффициентов бонус-малус при наличии доступа единой базы данных по страхованию к данной информации, либо возможности еҰ получения посредством интеграции с государственными базами данных по состоянию на текущую дату, в случае отсутствия информации на дату предшествующую дате расчета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. При заключении договора обязательного страхования с владельцами транспортных средств, временно въехавших (ввезенных) на территорию Республики Казахстан, присваивается класс 13.</w:t>
+        <w:t xml:space="preserve">
+      4. При заключении договора обязательного страхования впервые страхователю (застрахованному) присваивается класс 3 с применением повышающего коэффициента двадцать процентов за исключением случаев, предусмотренных пунктами 5 и 6 Правил. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Наступление страхового случая, произошедшего по вине страхователя (застрахованного) и повлекшего гибель, влечет снижение класса страхователя (застрахованного) на самый минимальный класс – М2.</w:t>
+      Договор обязательного страхования считается заключенным впервые в случае, если в базе данных отсутствует информация о наличии ранее непрерывно застрахованной по договору обязательного страхования гражданско-правовой ответственности страхователя (застрахованного) на срок не менее двухсот семидесяти календарных дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. При заключении договора обязательного страхования с юридическим лицом, индивидуальным предпринимателем и крестьянским хозяйством, за исключением лиц, предусмотренных пунктом 8 Правил, присваивается класс 3.</w:t>
+      5. При заключении договора обязательного страхования впервые с владельцем мототранспортного средства страхователю (застрахованному) присваивается класс 3, за исключением случая, предусмотренного пунктом 6 Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. При заключении договора обязательного страхования с юридическим лицом, индивидуальным предпринимателем и крестьянским хозяйством, общий классификатор видов экономической деятельности которых соответствует услугам по предоставлению аренды легковых автомобилей и легких автотранспортных средств, лизингу легковых автомобилей и легких автотранспортных средств, перевозке автобусами, а также осуществлению деятельности такси, присваивается класс А.</w:t>
+      Договор обязательного страхования считается заключенным впервые в случае, если в базе данных отсутствует информация о наличии ранее непрерывно застрахованной по договору обязательного страхования гражданско-правовой ответственности страхователя (застрахованного) на срок не менее двухсот семидесяти календарных дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Закона об обязательном страховании ответственности владельцев транспортных средств, страхователю (застрахованному) присваивается класс на 1 класс больше класса, предусмотренного приложением к Правилам.</w:t>
+        <w:t>
+      6. При заключении договора обязательного страхования с владельцами транспортных средств, временно въехавших (ввезенных) на территорию Республики Казахстан, присваивается класс 13.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Положение части первой настоящего пункта не применяется в случаях:</w:t>
+      7. Наступление страхового случая, произошедшего по вине страхователя (застрахованного) и повлекшего гибель и по которому осуществлена страховая выплата, влечет снижение класса страхователя (застрахованного) на самый минимальный класс – М2, за исключением случаев, предусмотренных пунктами 6, 8 и 9 Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      наступления двух или более страховых случаев, произошедших по вине страхователя (застрахованного), в рамках одного договора обязательного страхования;</w:t>
+      8. При заключении договора обязательного страхования с юридическим лицом, индивидуальным предпринимателем и крестьянским хозяйством, за исключением лиц, предусмотренных пунктами 6 и 9 Правил, присваивается класс 3.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      если действующий на момент присвоения класс страхователя (застрахованного) является М1 или М2;</w:t>
+      9. При заключении договора обязательного страхования с юридическим лицом, индивидуальным предпринимателем и крестьянским хозяйством, общий классификатор видов экономической деятельности которых соответствует услугам по предоставлению аренды легковых автомобилей и легких автотранспортных средств, лизингу легковых автомобилей и легких автотранспортных средств, перевозке автобусами, а также осуществлению деятельности такси, присваивается класс 3 с применением повышающего коэффициента восьмидесяти процентов, за исключением случаев, предусмотренных пунктом 6 Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      применения положений пункта 13 Правил.</w:t>
+        <w:t xml:space="preserve">
+      10. При урегулировании страхового случая, произошедшего по вине страхователя (застрахованного), посредством упрощенного порядка урегулирования страхового случая в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 22-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона об обязательном страховании ответственности владельцев транспортных средств, страхователю (застрахованному) присваивается класс на 1 класс больше класса, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. При наступлении страхового случая, произошедшего по вине страхователя (застрахованного), в результате которого сумма страховой выплаты по имуществу потерпевшего (потерпевших) не превышает 200 месячных расчетных показателей, страхователю (застрахованному) присваивается класс на 1 класс больше класса, предусмотренного приложением к Правилам.</w:t>
+      Положение части первой настоящего пункта не применяется в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Положение части первой настоящего пункта не применяется в случаях:</w:t>
+      наступления двух или более страховых случаев, произошедших по вине страхователя (застрахованного);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      наступления двух или более страховых случаев, произошедших по вине страхователя (застрахованного), в рамках одного договора обязательного страхования;</w:t>
+      если действующий на момент присвоения класс страхователя (застрахованного) является М1 или М2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      если действующий на момент присвоения класс страхователя (застрахованного) является М1 или М2;</w:t>
+      применения положений пункта 14 Правил. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      если страховой случай, произошедший по вине страхователя (застрахованного), повлек гибель;</w:t>
+      11. При наступлении страхового случая, произошедшего по вине страхователя (застрахованного), по которому была осуществлена страховая выплата по имуществу потерпевшего (потерпевших) на сумму, не превышающую двухсот месячных расчетных показателей, страхователю (застрахованному) присваивается класс на 1 класс больше класса, предусмотренного приложением к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Положение части первой настоящего пункта не применяется в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наступления двух или более страховых случаев, произошедших по вине страхователя (застрахованного);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если действующий на момент присвоения класс страхователя (застрахованного) является М1 или М2;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если страховой случай, произошедший по вине страхователя (застрахованного), повлек гибель;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       применения упрощенного порядка урегулирования страхового случая в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 22-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона об обязательном страховании ответственности владельцев транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      применения положений пункта 13 Правил.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+      применения положений пункта 14 Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+        <w:t xml:space="preserve">
+      12. При наступлении вне территории регистрации транспортного средства страхового случая, произошедшего по вине страхователя (застрахованного), по которому осуществлена страховая выплата, страхователю (застрахованному) присваивается класс на 1 класс меньше класса, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положение части первой настоящего пункта не применяется в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...138 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      если на момент заключения договора обязательного страхования, размер коэффициента по территории регистрации транспортного средства, с учетом поправочного коэффициента, соответствующего территории регистрации транспортного средства, больше размера коэффициента по территории наступления страхового случая транспортного средства с учетом поправочного коэффициента, соответствующего территории наступления страхового случая;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наступления двух или более страховых случаев, произошедших по вине страхователя (застрахованного), по договору обязательного страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для целей настоящего пункта коэффициент по территории регистрации транспортного средства применяется в значениях, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 19 Закона об обязательном страховании ответственности владельцев транспортных средств, поправочный коэффициент применяется в значениях, утвержденных уполномоченным органом в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 19 Закона об обязательном страховании ответственности владельцев транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. При наступлении страхового (страховых) случая (случаев), произошедшего (произошедших) по вине страхователя (застрахованного) и по которым осуществлена страховая выплата и одновременном наличии у страхователя (застрахованного) в совокупности три и более нарушений следующих правил дорожного движения, по которому </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях (далее – Кодекс) предусмотрена ответственность, страхователю (застрахованному) присваивается класс на 1 класс меньше класса, предусмотренного приложением к Правилам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) превышение установленной скорости движения транспортного средства на величину от сорока до шестидесяти километров в час, ответственность за которое предусмотрена </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>частью 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 592 Кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       2) превышение установленной скорости движения транспортного средства на величину от шестидесяти и более километров в час, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 3-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 592 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) превышение установленной скорости движения транспортного средства на величину от двадцати до сорока километров в час или от сорока до шестидесяти километров в час, совершенное повторно в течение года после наложения административного взыскания, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 592 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) превышение установленной скорости движения транспортного средства на величину от шестидесяти и более километров в час, совершенное повторно в течение года после наложения административного взыскания, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 592 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) выезд на сторону проезжей части дороги, предназначенную для встречного движения, в случаях, если это запрещено правилами дорожного движения, в том числе сопряженный с разворотом или поворотом, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 596 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) проезд на запрещающий сигнал светофора или на запрещающий жест регулировщика, за исключением случаев, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2148,52 +2368,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 607 Кодекса, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 599 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) проезд на запрещающий сигнал светофора или на запрещающий жест регулировщика, за исключением случаев, предусмотренных частью первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2208,212 +2428,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса, совершенный повторно в течение года после наложения административного взыскания, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 599 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) невыполнение требований правил дорожного движения уступить дорогу пешеходам или иным участникам дорожного движения, за исключением водителей транспортных средств, пользующихся преимуществом в движении, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 600 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) невыполнение требований правил дорожного движения уступить дорогу пешеходам или иным участникам дорожного движения, за исключением водителей транспортных средств, пользующихся преимуществом в движении, совершенное повторно в течение года после наложения административного взыскания, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 600 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) нарушение участником дорожного движения правил дорожного движения, повлекшее создание аварийной обстановки, то есть вынудившее других участников движения резко изменить скорость, направление движения, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 606 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) нарушение участником дорожного движения правил дорожного движения, повлекшее создание аварийной обстановки, то есть вынудившее других участников движения резко изменить скорость, направление движения, совершенное повторно в течение года после наложения административного взыскания, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 606 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) управление транспортными средствами, не отвечающими требованиям технических регламентов, национальных стандартов, а также при наличии неисправностей или условий, при которых запрещается эксплуатация транспортных средств, за исключением случаев, указанных в части шестой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2428,471 +2648,511 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 590 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) управление транспортными средствами, имеющими неисправности тормозной системы, рулевого управления, тягово-сцепного устройства, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 590 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для применения положений настоящего пункта учитываются постановления по делу об административном правонарушении и (или) предписания о необходимости уплаты штрафа, вступившие в законную силу со дня предыдущего изменения класса, вне зависимости от количества заключенных договоров обязательного страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Положение настоящего пункта не применяется при наступлении двух или более страховых случаев, произошедших по вине страхователя (застрахованного).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      13. При наступлении страхового (страховых) случая (случаев), произошедшего (произошедших) по вине страхователя (застрахованного), и одновременном наличии у страхователя (застрахованного) нарушения одной из следующих правил дорожного движения, по которому </w:t>
+      14. При наступлении страхового (страховых) случая (случаев), произошедшего (произошедших) по вине страхователя (застрахованного), и одновременном наличии у страхователя (застрахованного) нарушения одной из следующих правил дорожного движения, по которому </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Уголовным</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кодексом Республики Казахстан (далее – Уголовный кодекс) предусмотрена ответственность, страхователю (застрахованному) присваивается самый минимальный класс – М2:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) управление транспортным средством водителем, находящимся в состоянии алкогольного, наркотического и (или) токсикоманического опьянения, а равно передача управления транспортным средством лицу, находящемуся в состоянии алкогольного, наркотического и (или) токсикоманического опьянения, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 608 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) управление транспортным средством водителем, находящимся в состоянии алкогольного, наркотического и (или) токсикоманического опьянения, а равно передача управления транспортным средством лицу, находящемуся в состоянии алкогольного, наркотического и (или) токсикоманического опьянения, повлекшее причинение потерпевшему вреда здоровью, не имеющие признаков уголовно наказуемого деяния, или повреждение транспортных средств, грузов, дорожных и иных сооружений либо иного имущества, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 608 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) управление транспортным средством водителем, находящимся в состоянии алкогольного, наркотического и (или) токсикоманического опьянения, а равно передача управления транспортным средством лицу, находящемуся в состоянии алкогольного, наркотического и (или) токсикоманического опьянения, совершенное повторно в течение года после истечения срока административного взыскания, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 3-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 608 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) управление транспортным средством водителем, находящимся в состоянии алкогольного, наркотического и (или) токсикоманического опьянения, а равно передача управления транспортным средством лицу, находящемуся в состоянии алкогольного, наркотического и (или) токсикоманического опьянения, повлекшее причинение потерпевшему вреда здоровью, не имеющие признаков уголовно наказуемого деяния, или повреждение транспортных средств, грузов, дорожных и иных сооружений либо иного имущества, совершенные повторно в течение года после истечения срока административного взыскания, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>частью 3-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 608 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) нарушение правил дорожного движения или эксплуатации транспортных средств лицами, управляющими транспортными средствами в состоянии алкогольного, наркотического и (или) токсикоманического опьянения, ответственность за которое предусмотрена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 345-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уголовного кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для применения положений настоящего пункта учитываются постановления по делу об административном правонарушении и (или) предписания о необходимости уплаты штрафа и (или) приговоры суда, вступившие в законную силу со дня предыдущего изменения класса, вне зависимости от количества заключенных договоров обязательного страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. При наступлении страхового случая, произошедшего по вине страхователя (застрахованного), который соответствует нескольким условиям, определенным пунктами 9, 10, 11 и 12 Правил, положения данных пунктов применяются одновременно, с учетом исключений, предусмотренных пунктами 9, 10 и 11 Правил.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+      15. При наступлении страхового случая, произошедшего по вине страхователя (застрахованного), который соответствует нескольким условиям, определенным пунктами 10, 11, 12 и 13 Правил, положения данных пунктов применяются одновременно, с учетом исключений, предусмотренных пунктами 10, 11 и 12 Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Для страхователей (застрахованных) физических лиц, находящихся в 13-классе непрерывно более 5 лет, страховщик применяет коэффициент, который определяется на основе собственной оценки рисков и (или) данных, содержащихся в базе данных. При этом применяемый коэффициент не может превышать значения, установленного приложением к Правилам для 13-класса, и не может быть равен нулю.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+      16. Для страхователей (застрахованных) физических лиц, находящихся в 13-классе непрерывно более 5 лет, страховщик применяет коэффициент, который определяется на основе собственной оценки рисков и (или) данных, содержащихся в базе данных. При этом применяемый коэффициент не может превышать значения, установленного приложением к Правилам для 13-класса, и не может быть равен нулю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Собственная оценка рисков страховщика для страхователей (застрахованных) физических лиц, находящихся в 13-классе непрерывно более 5 лет, основывается на параметрах, которые влияют на вероятность наступления страхового случая, и утверждается советом директоров страховщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
+        <w:t xml:space="preserve">
+      В случае если коэффициент, примененный для страхователей (застрахованных) физических лиц, находящихся в 13-классе непрерывно более 5 лет, не равен значению коэффициента, установленного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам для 13-класса, примененный коэффициент вводится страховщиком в базу данных по каждому страхователю (застрахованному) в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2926,103 +3186,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам расчета</w:t>
+              <w:t>расчета и применения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и применения коэффициента</w:t>
+              <w:t>коэффициента по системе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>по системе "бонус-малус"</w:t>
+              <w:t>"бонус-малус" для расчета</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для расчета страховой премии</w:t>
+              <w:t>страховой премии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по обязательному страхованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3036,144 +3296,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ответственности владельцев</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>транспортных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Коэффициенты по системе "бонус-малус" с присвоением соответствующего класса при заключении договора обязательного страхования:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
+        <w:t xml:space="preserve"> Коэффициент по системе "бонус-малус" с присвоением соответствующего класса при заключении договора обязательного страхования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="74"/>
+          <w:bookmarkStart w:name="z88" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="74"/>
+              <w:t xml:space="preserve">Класс </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="80"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3438,80 +3698,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="75"/>
+          <w:bookmarkStart w:name="z100" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="75"/>
+          <w:bookmarkEnd w:id="81"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3707,80 +3967,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z102" w:id="76"/>
+          <w:bookmarkStart w:name="z108" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Класс М2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkEnd w:id="82"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3976,80 +4236,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z110" w:id="77"/>
+          <w:bookmarkStart w:name="z116" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Класс М1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="83"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4245,80 +4505,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z118" w:id="78"/>
+          <w:bookmarkStart w:name="z124" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Класс М</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkEnd w:id="84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4514,80 +4774,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z126" w:id="79"/>
+          <w:bookmarkStart w:name="z132" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Класс 0</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="85"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4783,258 +5043,258 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z134" w:id="80"/>
+          <w:bookmarkStart w:name="z140" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс A</w:t>
-[...180 lines deleted...]
-M2</w:t>
+              <w:t>Класс 1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5052,150 +5312,186 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z142" w:id="81"/>
+          <w:bookmarkStart w:name="z148" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 1</w:t>
-[...72 lines deleted...]
-2</w:t>
+              <w:t>Класс 2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="87"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5224,86 +5520,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М1</w:t>
-            </w:r>
-[...34 lines deleted...]
-М2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5321,150 +5581,150 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z150" w:id="82"/>
+          <w:bookmarkStart w:name="z156" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 2</w:t>
-[...72 lines deleted...]
-3</w:t>
+              <w:t>Класс 3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5590,222 +5850,222 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z158" w:id="83"/>
+          <w:bookmarkStart w:name="z164" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 3</w:t>
-[...144 lines deleted...]
-М</w:t>
+              <w:t>Класс 4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="89"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5859,186 +6119,186 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z166" w:id="84"/>
+          <w:bookmarkStart w:name="z172" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 4</w:t>
-[...108 lines deleted...]
-2</w:t>
+              <w:t>Класс 5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="90"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6066,51 +6326,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М1</w:t>
+М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6128,222 +6388,222 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z174" w:id="85"/>
+          <w:bookmarkStart w:name="z180" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 5</w:t>
-[...144 lines deleted...]
-0</w:t>
+              <w:t>Класс 6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6397,150 +6657,150 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z182" w:id="86"/>
+          <w:bookmarkStart w:name="z188" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 6</w:t>
-[...72 lines deleted...]
-7</w:t>
+              <w:t>Класс 7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="92"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6666,222 +6926,222 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z190" w:id="87"/>
+          <w:bookmarkStart w:name="z196" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 7</w:t>
-[...144 lines deleted...]
-1</w:t>
+              <w:t>Класс 8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6935,150 +7195,150 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z198" w:id="88"/>
+          <w:bookmarkStart w:name="z204" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 8</w:t>
-[...72 lines deleted...]
-9</w:t>
+              <w:t>Класс 9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7142,51 +7402,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7204,222 +7464,222 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z206" w:id="89"/>
+          <w:bookmarkStart w:name="z212" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 9</w:t>
-[...144 lines deleted...]
-2</w:t>
+              <w:t>Класс 10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="95"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7473,150 +7733,150 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z214" w:id="90"/>
+          <w:bookmarkStart w:name="z220" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 10</w:t>
-[...72 lines deleted...]
-11</w:t>
+              <w:t>Класс 11</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="96"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7742,150 +8002,150 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z222" w:id="91"/>
+          <w:bookmarkStart w:name="z228" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 11</w:t>
-[...72 lines deleted...]
-12</w:t>
+              <w:t>Класс 12</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="97"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8011,349 +8271,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z230" w:id="92"/>
+          <w:bookmarkStart w:name="z236" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс 12</w:t>
-[...267 lines deleted...]
-              </w:rPr>
               <w:t>Класс 13</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8529,50 +8520,71 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 M2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8664,212 +8676,212 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 мая 2016 года № 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="94"/>
+    <w:bookmarkStart w:name="z9" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень нормативных правовых актов Республики Казахстан,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>а также структурных элементов некоторых нормативных правовых</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>актов Республики Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z10" w:id="95"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z10" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 1 марта 2010 года № 27 "Об утверждении нормативных правовых актов, регулирующих организацию и осуществление деятельности по обязательному страхованию гражданско-правовой ответственности владельцев транспортных средств" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 6159, опубликованное 7 июля 2010 года в Собрании актов центральных исполнительных и иных центральных государственных органов Республики Казахстан № 12).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z11" w:id="96"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z11" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам оптимизации и автоматизации бизнес-процессов государственных услуг, оказываемых Национальным Банком Республики Казахстан, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2014 года № 261 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам оптимизации и автоматизации бизнес-процессов государственных услуг, оказываемых Национальным Банком Республики Казахстан" (зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 10211, опубликованным 26 февраля 2015 года в информационно-правовой системе "Әділет" республиканского государственного предприятия на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z12" w:id="97"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z12" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам финансового рынка и финансовых организаций, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 28 января 2016 года № 12 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам финансового рынка и финансовых организаций" (зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 13308, опубликованным 14 марта 2016 года в информационно-правовой системе "Әділет" республиканского государственного предприятия на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>