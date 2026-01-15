--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9956cf6" w14:textId="9956cf6">
+    <w:p w14:paraId="e87f407" w14:textId="e87f407">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1175,51 +1175,146 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Методика разработана с учетом принципов и рекомендаций "Руководства по индексу цен производителей: теория и практика", изданного Международной организацией труда, Международным Валютным Фондом, Организацией экономического сотрудничества и развития, Статистическим бюро Европейских сообществ, Организацией Объединенных Наций и Всемирным банком (2004 год), адаптированных с учетом особенностей экономики Республики Казахстан и обследуемого вида экономической деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 1 пункта 4 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В настоящей Методике используются понятия в значениях, определенных в законах Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1254,91 +1349,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внутреннем водном транспорте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", и следующие определения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z70" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) агрегированный индекс цен – относительный показатель, характеризующий изменение цен по отдельной подгруппе, группе или изучаемому явлению в целом и формируется на основе индивидуальных индексов цен;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z70" w:id="12"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="13"/>
+    <w:bookmarkStart w:name="z71" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) агрегирование – объединение экономических показателей низкого уровня в более крупные совокупности на всех последующих уровнях; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1367,1786 +1461,3048 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="14"/>
+    <w:bookmarkStart w:name="z73" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) базовый объект – юридическое лицо, отобранное для наблюдения и регистрации в нем тарифов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z74" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) индивидуальный индекс цен - изменение цен одного элемента изучаемой совокупности (конкретного товара, услуги);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z74" w:id="15"/>
-[...15 lines deleted...]
-      5) индивидуальный индекс цен - изменение цен одного элемента изучаемой совокупности (конкретного товара, услуги);</w:t>
+    <w:bookmarkStart w:name="z75" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) классификация – разделение множества объектов на группы по сходству или различию в соответствии с принятыми признаками;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z75" w:id="16"/>
-[...15 lines deleted...]
-      6) классификация – разделение множества объектов на группы по сходству или различию в соответствии с принятыми признаками;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) импутация – процесс замены пропущенных, некорректных или несостоятельных значений другими значениями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z76" w:id="17"/>
-[...15 lines deleted...]
-      7) импутация – процесс замены пропущенных, некорректных или несостоятельных значений другими значениями;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) вес индекса – это величина, отражающая значимость каждого индивидуального элемента в их общей совокупности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z77" w:id="18"/>
-[...15 lines deleted...]
-      8) вес индекса – это величина, отражающая значимость каждого индивидуального элемента в их общей совокупности;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 9) предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) услуга-представитель - перевозка одной тонны конкретной разновидности отобранного вида груза в определенном сообщении на определенное (фиксированное) расстояние соответствующим видом транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ротация – преднамеренная замена наблюдаемого базового объекта на аналогичный со схожей специализацией совершаемых внешнеторговых сделок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z78" w:id="19"/>
-[...15 lines deleted...]
-      9) услуга-представитель - перевозка одной тонны конкретной разновидности отобранного вида груза в определенном сообщении на определенное (фиксированное) расстояние соответствующим видом транспорта;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) взвешивание – процедура, применяемая в индексных расчетах для получения сводных показателей и обеспечивающая соизмеримость разных тарифов, непосредственно не поддающихся суммированию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z79" w:id="20"/>
-[...15 lines deleted...]
-      10) ротация – преднамеренная замена наблюдаемого базового объекта на аналогичный со схожей специализацией совершаемых внешнеторговых сделок;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 12) предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) схема взвешивания – совокупность весов конкретных видов грузов, определенная по всем степеням агрегации согласно стандартной классификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) статистический показатель – это качественная характеристика социально-экономических явлений и процессов в обществе, отображающая сущность явления или процесса в конкретных условиях места и времени;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z80" w:id="21"/>
-[...15 lines deleted...]
-      11) взвешивание – процедура, применяемая в индексных расчетах для получения сводных показателей и обеспечивающая соизмеримость разных тарифов, непосредственно не поддающихся суммированию;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) выборка - отдельные позиции из классификаторов, номенклатур и справочников, используемые при сборе и обработке статистических данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z81" w:id="22"/>
-[...15 lines deleted...]
-      12) схема взвешивания – совокупность весов конкретных видов грузов, определенная по всем степеням агрегации согласно стандартной классификации;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными приказами Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Отбор базовых объектов для наблюдения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z82" w:id="23"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 в редакции приказа Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="26"/>
+    <w:bookmarkStart w:name="z17" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Для наблюдения за изменением тарифов на услуги грузового транспорта базовые объекты отбираются с учетом представительности их во всей совокупности и возможности регулярного получения данных по отобранным для наблюдения видам услуг. Отбор производится комбинированием сплошного и выборочного методов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 6 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В железнодорожном, трубопроводном, внутреннем водном, морском и воздушном видах транспорта количество активно действующих транспортных предприятий ограничено и используется сплошное наблюдение всех единиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В железнодорожном транспорте наблюдение ведется в головном предприятии железной дороги, в трубопроводном ведется в управлениях магистральных трубопроводов. В воздушном, внутреннем водном и морском видах транспорта в перечень базовых объектов включаются все действующие в Республики Казахстан транспортные предприятия независимо от их размерности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 06.08.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 7 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Информационной основой для создания списка базовых объектов служат данные статистического бизнес-регистра и общегосударственного статистического наблюдения об услугах автомобильного и городского электрического транспорта по видам сообщений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В выборочную совокупность включаются транспортные предприятия всех форм собственности и размерности, осуществляющие свою деятельность на постоянной основе и оказывающие значительный для конкретного региона объем услуг. Подключаются транспортные предприятия, обладающие значительным парком машин и имеющие устойчивые связи с основными заказчиками услуг по грузоперевозкам, обеспечивающие регулярность получения ценовой информации, сопоставимой во времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для формирования списка базовых объектов из общего списка действующих автотранспортных предприятий сначала отбираются крупные и средние предприятия по полному кругу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Далее подключаются малые автопредприятия с применением метода основного массива, предполагающим отбор из генеральной совокупности самых существенных ее единиц, имеющих наибольший удельный вес по определенному признаку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Признаком является статистический показатель "объем оказанных услуг по перевозке грузов". Отбираются транспортные предприятия, оказывающие значительные объемы грузоперевозок и наиболее подходящие под обследование в данной отрасли. В выборочную сеть подключаются транспортные предприятия с относительно небольшим объемом услуг, но специализирующиеся на перевозке определенных видов грузов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 06.08.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 1 пункта 8 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Выборка базовых объектов ежегодно подвергается ротации. В конце года на основе анализа регулярности представления информации о тарифах в течение отчетного года каждым базовым объектом, и данных общегосударственных статистических наблюдений об объемах услуг, оказанных транспортными предприятиями по перевозке грузов, производится актуализация и расширение перечня базовых объектов. В выборку подключаются новые транспортные предприятия, оказывающие объемы услуг значительные для региона или осуществляющие перевозку видов грузов и ранее не подключенные к ценовому обследованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выбывшие с рынка транспортных услуг транспортные предприятия исключаются из выборки. При ликвидации наблюдаемых базовых объектов или их реорганизации осуществляется их замена. При объединении транспортных предприятий или их разукрупнении к наблюдению подключаются вновь созданные предприятия, выбывшие из наблюдения заменяются на другие, с учетом следующего:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сохранение сообщения (направления) грузопотока;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тарифы по наблюдаемым видам услуг существенно не отличаются от их уровня, сложившегося у выбывшего из обследования транспортного предприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Отбор услуг-представителей для наблюдения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок главы 3 в редакции приказа Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 9 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Отбор услуг-представителей для регистрации тарифов на перевозку грузов производится в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На первом этапе для обеспечения единого подхода к формированию индекса тарифов на услуги грузового транспорта, формируется перечень услуг грузового транспорта на основании данных общегосударственных статистических наблюдений об услугах различных видов транспорта по видам сообщений.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z18" w:id="27"/>
-[...15 lines deleted...]
-      6. В железнодорожном, трубопроводном, внутреннем водном, морском и воздушном видах транспорта количество активно действующих транспортных предприятий ограничено и используется сплошное наблюдение всех единиц.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В перечень включаются все направления (сообщения) грузопотоков и наиболее важные, массовые для данного вида транспорта типы перевозимых грузов. Основными критериями отбора являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В железнодорожном транспорте наблюдение ведется в головном предприятии железной дороги, в трубопроводном ведется в управлениях магистральных трубопроводов. В воздушном, внутреннем водном и морском видах транспорта в перечень базовых объектов включаются все действующие в Республики Казахстан транспортные предприятия независимо от их размерности.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) социальная, экономическая и стратегическая значимость направления грузоперевозок, типа груза для того или иного вида транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объем, массовость и регулярность выполнения услуг по перевозке в выбранном направлении (по отобранному виду груза) в общей их совокупности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для выявления объема и значимости направлений грузоперевозок и видов перевозимых грузов, на основании данных общегосударственных статистических наблюдений об услугах транспорта по видам сообщений, определяется структура доходов от перевозки различных видов грузов по видам сообщений каждого вида транспорта. Отбираются виды сообщений и грузов, занимающие наибольшие объемы в грузоперевозках, для подключения к наблюдению за тарифами по конкретному виду транспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 06.08.2021 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 10 предусматривается исключить приказом и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Для наблюдения за динамикой тарифов в железнодорожном и трубопроводном видах транспорта отбираются типы грузов, имеющие важнейшее значение для экономики Республики Казахстан: перевозка зерна, продуктов его переработки, угля, металлов, нефтепродуктов, лесоматериалов и прочих продуктов, перекачка нефти, газа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 11 предусматривается исключить приказом и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В воздушном и внутреннем водном видах транспорта определяются основные направления грузопотоков: международное и внутри Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 06.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...89 lines deleted...]
-      Признаком является статистический показатель "объем оказанных услуг по перевозке грузов". Отбираются транспортные предприятия, оказывающие значительные объемы грузоперевозок и наиболее подходящие под обследование в данной отрасли. В выборочную сеть подключаются транспортные предприятия с относительно небольшим объемом услуг, но специализирующиеся на перевозке определенных видов грузов.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 12 предусматривается исключить приказом и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В автомобильном транспорте охватываются все возможные направления перевозок: международное, внутри республики, городское и пригородное. На основании данных о доходах автотранспортных предприятий по видам грузов, получаемых из общегосударственного статистического наблюдения, отбираются типы грузов, имеющие важнейшее значение для экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 06.08.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 06.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="29"/>
-[...431 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="39"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. На втором этапе на основе заданного перечня видов транспорта, сообщений (направлений) грузоперевозок и видов грузов, формируется региональный набор услуг-представителей грузового транспорта для регулярного обследования. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основным принципом отбора услуг-представителей для наблюдения за тарифами является их представительность для характеристики динамики цен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При формировании перечня услуг-представителей учитывается следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отобранные конкретные виды груза занимают значительный удельный вес в общем объеме грузоперевозок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отобранные виды грузов перевозятся относительно стабильно в течение календарного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отобранные маршруты преобладают в имеющихся направлениях грузопотоков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) каждый отобранный для наблюдения вид груза имеет спецификацию, отражающую расстояние (направление) их перевозки, тип (марку) используемого транспортного средства (автомобиля);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) данные о величине тарифов по ним сопоставимы в обоих периодах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Не охватываются ценовым наблюдением виды грузов, относящиеся к категориям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) опасные грузы, которые служат причиной гибели, травмирования или заболевания людей, животных, взрыва, пожара, повреждения или уничтожения имущества, и нанести вред окружающей природной среде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) скоропортящиеся грузы, имеющие ограниченный срок годности и требующие особых условий перевозки и хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. От правильности и репрезентативности отобранных услуг-представителей зависит достоверность рассчитываемых индексов на всех уровнях агрегирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отобранные услуги-представители грузового транспорта и их спецификации остаются неизменными в течение года. Пересмотр и замена ранее отобранных услуг-представителей осуществляется в начале года, с изменением схемы взвешивания. В исключительных случаях, для соблюдения непрерывности ценового ряда (ликвидация маршрута, исчезновение данного вида груза) в течение года допускается их замена.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Регистрация тарифов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок главы 4 в редакции приказа Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 16 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Тариф указывается по состоянию на 15 число месяца, в тенге без налога на добавленную стоимость. При установлении тарифов в долларах США и других твердых валютах, осуществляется их пересчет в национальную валюту по официальному (рыночному) курсу валют по данным Национального банка Республики Казахстан на дату совершения перевозки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 17 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Тарифы регистрируются на конкретные услуги-представители с определенными заранее спецификациями, позволяющими идентифицировать услугу в течение отчетного периода для обеспечения их сопоставимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Величина железнодорожных грузовых тарифов зависит от расстояния перевозки, типа подвижного состава и размера отправляемого груза, воздушных - от расстояния перевозок и тарифного класса, автомобильных – от класса груза, грузоподъемности машины, дальности или длительности перевозки, на перевозки внутренним водным транспортом – от природно-климатических факторов и сроков навигации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основной принцип сопоставимости зарегистрированных тарифов – это отсутствие существенных расхождений между спецификациями, определяющими величину тарифа (провозную плату или стоимости перевозки) и их составом. Сопоставимость обеспечивается путем регистрации тарифов на один и тот же ассортиментный вид груза, перевозимый в одном и том же направлении и на одних и тех же условиях перевозки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Деятельность транспортных предприятий нередко зависит от колебаний спроса потребителей на оказываемые ими услуги и сезонности работы отдельных видов грузового транспорта. В данных случаях в течение года возникает необходимость замещения временно отсутствующих тарифов на услуги грузового транспорта. Применение того или иного метода замены отсутствующего фактического тарифа зависит от результатов тщательного анализа динамики тарифов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Замена одних услуг-представителей на другие производится в начале года. В исключительных случаях, для соблюдения непрерывности ценового ряда в течение отчетного года, допускается введение новой услуги-представителя взамен выбывшей.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z38" w:id="40"/>
-[...15 lines deleted...]
-      Основным принципом отбора услуг-представителей для наблюдения за тарифами является их представительность для характеристики динамики цен.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 3 пункта 18 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии замещающих тарифов для обеспечения непрерывности динамического ряда рассчитываемых индексов проводится имтупация.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Формирование схемы взвешивания для индексов тарифов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z39" w:id="41"/>
-[...15 lines deleted...]
-      При формировании перечня услуг-представителей учитывается следующее:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок главы 5 в редакции приказа Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 19 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Одним из этапов построения индекса тарифов на услуги грузового транспорта является формирование схемы взвешивания, позволяющей осуществлять агрегирование от низшего уровня к высшему согласно применяемой классификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Схемы взвешивания формируются централизованно по Республике Казахстан в целом и по каждому региону. Информационной основой для формирования схемы взвешивания, используемой для расчета индекса тарифов на перевозку грузов различными видами транспорта, служат данные общегосударственных статистических наблюдений о доходах, полученных транспортными предприятиями от оказанных ими услуг по грузоперевозкам в действующих ценах (тарифах) за определенный год, принятый за базовый.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...101 lines deleted...]
-      14. Не охватываются ценовым наблюдением виды грузов, относящиеся к категориям:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 20 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. По каждому региону находятся стоимостные данные, распределенные по видам услуг транспорта. Они разбиваются по видам сообщения и грузов, в зависимости от удельного веса направления и вида грузоперевозок. Полученные стоимостные данные по услугам-представителям и видам сообщения суммируются по Республике Казахстан по видам транспорта, направлениям грузоперевозок и видам грузов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Соотношение объемов оказанных услуг по перевозке грузов между видами услуг транспорта из года в год претерпевает определенные изменения, связанные с различиями в объемах грузоперевозок. Ввиду этого сформированная для индекса тарифов на услуги грузового транспорта схема взвешивания ежегодно обновляется. При замене стоимостных данных о доходах от грузоперевозок осуществляется пересмотр и расширение видов услуг, определенных для ценового наблюдения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:p>
-[...51 lines deleted...]
-      15. От правильности и репрезентативности отобранных услуг-представителей зависит достоверность рассчитываемых индексов на всех уровнях агрегирования.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Для точности расчетов индексов тарифов и недопущения искажения индекса базисный период весов и базисный период тарифов приводятся к единому временному отрезку. Для этого используется процедура корректировки весов, состоящая из следующих последовательных операций:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z42" w:id="44"/>
-[...15 lines deleted...]
-      Отобранные услуги-представители грузового транспорта и их спецификации остаются неизменными в течение года. Пересмотр и замена ранее отобранных услуг-представителей осуществляется в начале года, с изменением схемы взвешивания. В исключительных случаях, для соблюдения непрерывности ценового ряда (ликвидация маршрута, исчезновение данного вида груза) в течение года допускается их замена.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определение поправочного коэффициента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определение скорректированных весов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормализация весов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для расчета поправочного коэффициента используется ряд помесячных индексов тарифов к декабрю предыдущего года за рассматриваемый базисный период. Поправочный коэффициент представляет собой частное от деления значения индекса тарифов за декабрь и среднего значения индексов тарифов за весь базисный период:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z43" w:id="45"/>
-[...424 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3429,148 +4785,242 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1, 2,..., 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – месяцы базисного года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="60"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Поправочный коэффициент рассчитывается по подвидам классификации индекса тарифов на услуги грузового транспорта (шестизначный уровень) и применяется для каждой нижестоящей ступени агрегации – позиция в подвиде. Умножением определенных объемов услуг на поправочный коэффициент рассчитывается скорректированный объем по позициям в подвиде услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z59" w:id="61"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Скорректированный вес по всей совокупности находится путем суммирования скорректированных весов согласно существующей агрегации. Полученная сумма, вес всей совокупности, приравнивается к единице путем нормализации. Для этого полученный вес каждого вида услуг делится на сумму скорректированных весов по всей их совокупности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z60" w:id="62"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Расчет индекса тарифов на перевозку грузов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z61" w:id="63"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. В зависимости от степени охвата элементов выборочной совокупности производится расчет индивидуальных и агрегированных индексов тарифов на грузоперевозки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z62" w:id="64"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 24 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Расчет индивидуальных индексов цен осуществляется на основании величин, зафиксированных в статистических формах общегосударственного статистического наблюдения и производится по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3845,90 +5295,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в предыдущем периоде </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>n-1</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="65"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агрегированные индексы тарифов на грузоперевозки исчисляются по группам различной степени агрегации: по видам груза или направлениям грузоперевозок; по видам грузового транспорта, по грузовому транспорту в целом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z64" w:id="66"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет индексов тарифов по направлениям, видам грузов по области осуществляется с использованием индексов входящих услуг-представителей по формуле средней геометрической (индекс Джевонса):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4163,70 +5613,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – число услуг-представителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="67"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Для расчета индексов тарифов на услуги транспорта более высоких уровней агрегирования используется модифицированная формула Ласпейреса, позволяющая исчислять индексы на основе последовательных наблюдений за изменением тарифов, взвешенных через постоянную схему взвешивания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4701,90 +6151,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (5)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="68"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Формирование индексов тарифов к соответствующим периодам предыдущего года (месяц, квартал, период нарастающим итогом) осуществляется базисным методом, предусматривающим "увязку" месячных ценовых индексов между собой в последовательный динамический индексный ряд, имеющий в качестве базы фиксированную точку отсчета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z67" w:id="69"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет месячных индексов тарифов отчетного года к соответствующему месяцу предыдущего года осуществляется делением месячного индекса тарифов в данном индексном ряду отчетного года на месячный индекс тарифов в этом же ряду предыдущего года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4999,70 +6449,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>t(n-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – индекс тарифов месяца t предыдущего года n-1 в индексном ряду.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="70"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индексы тарифов с нарастающим итогом к соответствующему периоду предыдущего года определяются делением суммы месячных индексов тарифов индексного ряда сравниваемого периода с аналогичной суммой месячных индексов тарифов предыдущего года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5377,70 +6827,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">p(n-1)12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>– индекс тарифов за январь, февраль,…, декабрь предыдущего года n-1 в индексном ряду.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="71"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индексы тарифов за квартал к предыдущему кварталу рассчитываются как отношение суммы месячных индексов тарифов в индексном ряду, входящих в наблюдаемый период к сумме месячных индексов тарифов предыдущего периода:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5804,55 +7254,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>