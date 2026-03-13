--- v1 (2026-01-15)
+++ v2 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e87f407" w14:textId="e87f407">
+    <w:p w14:paraId="99ca982" w14:textId="99ca982">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1175,264 +1175,190 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Методика разработана с учетом принципов и рекомендаций "Руководства по индексу цен производителей: теория и практика", изданного Международной организацией труда, Международным Валютным Фондом, Организацией экономического сотрудничества и развития, Статистическим бюро Европейских сообществ, Организацией Объединенных Наций и Всемирным банком (2004 год), адаптированных с учетом особенностей экономики Республики Казахстан и обследуемого вида экономической деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p>
-[...110 lines deleted...]
-      4. В настоящей Методике используются понятия в значениях, определенных в законах Республики Казахстан "</w:t>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В настоящей Методике используются отдельные понятия, определенные в законах Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О транспорте в Республике Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>", "О железнодорожном транспорте", "</w:t>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О железнодорожном транспорте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об автомобильном транспорте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внутреннем водном транспорте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>", и следующие определения:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="11"/>
+        <w:t>" и следующие определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z70" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) агрегированный индекс цен – относительный показатель, характеризующий изменение цен по отдельной подгруппе, группе или изучаемому явлению в целом и формируется на основе индивидуальных индексов цен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z71" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z71" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) агрегирование – объединение экономических показателей низкого уровня в более крупные совокупности на всех последующих уровнях; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1461,1966 +1387,1310 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="13"/>
+    <w:bookmarkStart w:name="z73" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) базовый объект – юридическое лицо, отобранное для наблюдения и регистрации в нем тарифов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z74" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z74" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) индивидуальный индекс цен - изменение цен одного элемента изучаемой совокупности (конкретного товара, услуги);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z75" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z75" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) классификация – разделение множества объектов на группы по сходству или различию в соответствии с принятыми признаками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z76" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z76" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) импутация – процесс замены пропущенных, некорректных или несостоятельных значений другими значениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z77" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z77" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) вес индекса – это величина, отражающая значимость каждого индивидуального элемента в их общей совокупности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z78" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) услуга-представитель – перевозка видов грузов в определенном сообщении (направлении) на определенное (фиксированное) расстояние соответствующим видом транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z79" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ротация – преднамеренная замена наблюдаемого базового объекта на аналогичный со схожей специализацией совершаемых внешнеторговых сделок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z80" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) взвешивание – процедура, применяемая в индексных расчетах для получения сводных показателей и обеспечивающая соизмеримость разных тарифов, непосредственно не поддающихся суммированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z81" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) схема взвешивания – совокупность весов конкретных видов сообщений (направлений), определенная по всем степеням агрегации согласно стандартной классификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z82" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) статистический показатель – это качественная характеристика социально-экономических явлений и процессов в обществе, отображающая сущность явления или процесса в конкретных условиях места и времени;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z83" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) выборка - отдельные позиции из классификаторов, номенклатур и справочников, используемые при сборе и обработке статистических данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными приказами Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...101 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...235 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Отбор базовых объектов для наблюдения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 в редакции приказа Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="23"/>
+    <w:bookmarkStart w:name="z17" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Для наблюдения за изменением тарифов на услуги грузового транспорта базовые объекты отбираются с учетом представительности их во всей совокупности и возможности регулярного получения данных по отобранным для наблюдения видам услуг. Отбор производится комбинированием сплошного и выборочного методов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z18" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В железнодорожном, трубопроводном, внутреннем водном, морском и воздушном видах транспорта используется сплошное наблюдение всех единиц независимо от их размерности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В автомобильном виде транспорта информационной основой для создания списка базовых объектов служат данные статистического бизнес-регистра и общегосударственного статистического наблюдения о работе транспорта по видам сообщений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z85" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В выборочную совокупность включаются транспортные предприятия всех форм собственности и размерности, осуществляющие свою деятельность на постоянной основе и оказывающие значительный для конкретного региона объем услуг. Подключаются транспортные предприятия, обладающие значительным парком машин и имеющие устойчивые связи с основными заказчиками услуг по грузоперевозкам, обеспечивающие регулярность получения ценовой информации, сопоставимой во времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z86" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для формирования списка базовых объектов из общего списка действующих автотранспортных предприятий сначала отбираются крупные и средние предприятия по полному кругу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z87" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Малые автотранспортные предприятия отбираются с применением метода основного массива, предполагающим отбор из генеральной совокупности единиц, имеющих наибольший доход от перевозки грузов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z88" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отбираются транспортные предприятия, оказывающие значительные объемы грузоперевозок. Также в выборочную сеть подключаются транспортные предприятия с относительно небольшим объемом услуг, но специализирующиеся на перевозке определенных видов грузов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Выборка базовых объектов ежегодно подвергается ротации. В конце года на основе данных о доходах от перевозки грузов общегосударственного статистического наблюдения о работе транспорта по видам сообщений производится актуализация перечня базовых объектов. В выборку подключаются транспортные предприятия, оказывающие услуги, составляющие не менее 70 процентов от общих объемов услуг региона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z28" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выбывшие с рынка транспортных услуг транспортные предприятия исключаются из выборки. При ликвидации наблюдаемых базовых объектов или их реорганизации осуществляется их замена. При объединении транспортных предприятий или их разукрупнении к наблюдению подключаются вновь созданные предприятия, выбывшие из наблюдения заменяются на другие, с учетом следующего:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сохранение сообщения (направления) грузопотока;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тарифы по наблюдаемым видам услуг существенно не отличаются от их уровня, сложившегося у выбывшего из обследования транспортного предприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным приказом и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Отбор услуг-представителей для наблюдения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 3 в редакции приказа Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Отбор услуг-представителей для регистрации тарифов на перевозку грузов производится в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z89" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На первом этапе для обеспечения единого подхода к формированию индекса тарифов на услуги грузового транспорта, формируется перечень услуг различных видов грузового транспорта на основании данных общегосударственного статистического наблюдения о работе транспорта по видам сообщений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z90" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В перечень включаются сообщения (направления) грузопотоков: международное, внутри республики, городское и пригородное.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z91" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основными критериями отбора являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z92" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) социальная, экономическая и стратегическая значимость направления грузоперевозок, типа груза для того или иного вида транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z93" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объем, массовость и регулярность выполнения услуг по перевозке в выбранном сообщении (направлении) (по отобранному виду груза) в общей их совокупности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z94" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для выявления объема и значимости сообщений (направлений) грузоперевозок и видов перевозимых грузов, на основании данных общегосударственного статистического наблюдения о работе транспорта по видам сообщений, определяется структура доходов от перевозки по видам сообщений каждого вида транспорта. Для подключения к наблюдению за тарифами отбираются виды сообщений, занимающие наибольшие объемы в грузоперевозках по конкретному виду транспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">10. Исключен приказом и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 6 предусматривается в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Исключен приказом и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...41 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Исключен приказом и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1140 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. На втором этапе на основе заданного перечня видов транспорта, сообщений (направлений) грузоперевозок и видов грузов, формируется региональный набор услуг-представителей грузового транспорта для регулярного обследования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z38" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основным принципом отбора услуг-представителей для наблюдения за тарифами является их представительность для характеристики динамики цен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z39" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При формировании перечня услуг-представителей учитывается следующее:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отобранные конкретные виды груза занимают значительный удельный вес в общем объеме грузоперевозок;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3467,968 +2737,808 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) каждый отобранный для наблюдения вид груза имеет спецификацию, отражающую расстояние (направление) их перевозки, тип (марку) используемого транспортного средства (автомобиля);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) данные о величине тарифов по ним сопоставимы в обоих периодах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Не охватываются ценовым наблюдением виды грузов, относящиеся к категориям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) опасные грузы, которые служат причиной гибели, травмирования или заболевания людей, животных, взрыва, пожара, повреждения или уничтожения имущества, и нанести вред окружающей природной среде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) скоропортящиеся грузы, имеющие ограниченный срок годности и требующие особых условий перевозки и хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. От правильности и репрезентативности отобранных услуг-представителей зависит достоверность рассчитываемых индексов на всех уровнях агрегирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z42" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отобранные услуги-представители грузового транспорта и их спецификации остаются неизменными в течение года. Пересмотр и замена ранее отобранных услуг-представителей осуществляется в начале года, с изменением схемы взвешивания. В исключительных случаях, для соблюдения непрерывности ценового ряда (ликвидация маршрута, исчезновение данного вида груза) в течение года допускается их замена.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z43" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Регистрация тарифов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 4 в редакции приказа Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Тариф указывается по состоянию на 15 число месяца, в тенге без налога на добавленную стоимость. При установлении тарифов в иностранной валюте, их пересчет в национальную валюту осуществляется по официальному (рыночному) курсу валют по данным Национального банка Республики Казахстан на 15 число месяца.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Заголовок главы 4 в редакции приказа Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Тарифы регистрируются на конкретные услуги-представители с определенными заранее спецификациями, позволяющими идентифицировать услугу в течение отчетного периода для обеспечения их сопоставимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z96" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Величина железнодорожных грузовых тарифов зависит от расстояния перевозки, типа подвижного состава, размера и вида отправляемого груза, воздушных - от расстояния перевозок и тарифного класса, автомобильных – от класса груза, грузоподъемности машины, дальности или длительности перевозки, на перевозки внутренним водным транспортом – от природно-климатических факторов и сроков навигации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z97" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основной принцип сопоставимости зарегистрированных тарифов – это отсутствие существенных расхождений между спецификациями, определяющими величину тарифа (провозную плату или стоимости перевозки) и их составом. Сопоставимость обеспечивается путем регистрации тарифов перевозимых грузов в одном и том же направлении и на одних и тех же условиях перевозки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Деятельность транспортных предприятий нередко зависит от колебаний спроса потребителей на оказываемые ими услуги и сезонности работы отдельных видов грузового транспорта. В данных случаях в течение года возникает необходимость замещения временно отсутствующих тарифов на услуги грузового транспорта. Применение того или иного метода замены отсутствующего фактического тарифа зависит от результатов тщательного анализа динамики тарифов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z49" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Замена одних услуг-представителей на другие производится в начале года. В исключительных случаях, для соблюдения непрерывности ценового ряда в течение отчетного года, допускается введение новой услуги-представителя взамен выбывшей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z50" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии замещающих тарифов для обеспечения непрерывности динамического ряда рассчитываемых индексов проводится импутация.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 с изменением, внесенным приказом и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Формирование схемы взвешивания для индексов тарифов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 5 в редакции приказа Председателя Комитета по статистике Министерства национальной экономики РК от 20.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z52" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Одним из этапов построения индекса тарифов на услуги грузового транспорта является формирование схемы взвешивания, позволяющей осуществлять агрегирование от низшего уровня к высшему согласно применяемой классификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z98" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Схема взвешивания формируется централизованно по Республике Казахстан в целом и по каждому региону. Информационной основой для формирования схемы взвешивания, используемой для расчета индекса тарифов на перевозку грузов различными видами транспорта, служат данные о доходах, полученных транспортными предприятиями от оказанных ими услуг по грузоперевозкам в действующих ценах (тарифах) за определенный год, принятый за базовый, по данным общегосударственного статистического наблюдения о работе транспорта по видам сообщений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. По каждому региону находятся стоимостные данные, распределенные по видам услуг транспорта. Они разбиваются по видам сообщений, в зависимости от удельного веса направлений и видов грузоперевозок. Полученные стоимостные данные по видам сообщений суммируются по Республике Казахстан по видам транспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...594 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Соотношение объемов оказанных услуг по перевозке грузов между видами услуг транспорта из года в год претерпевает определенные изменения, связанные с различиями в объемах грузоперевозок. Ввиду этого сформированная для индекса тарифов на услуги грузового транспорта схема взвешивания ежегодно обновляется. При замене стоимостных данных о доходах от грузоперевозок осуществляется пересмотр и расширение видов услуг, определенных для ценового наблюдения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z56" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Для точности расчетов индексов тарифов и недопущения искажения индекса базисный период весов и базисный период тарифов приводятся к единому временному отрезку. Для этого используется процедура корректировки весов, состоящая из следующих последовательных операций:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определение поправочного коэффициента;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4439,70 +3549,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определение скорректированных весов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нормализация весов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для расчета поправочного коэффициента используется ряд помесячных индексов тарифов к декабрю предыдущего года за рассматриваемый базисный период. Поправочный коэффициент представляет собой частное от деления значения индекса тарифов за декабрь и среднего значения индексов тарифов за весь базисный период:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4785,2468 +3895,578 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1, 2,..., 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – месяцы базисного года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Поправочный коэффициент рассчитывается по подвидам классификации индекса тарифов на услуги грузового транспорта (шестизначный уровень) и применяется для каждой нижестоящей ступени агрегации – позиция в подвиде. Умножением определенных объемов услуг на поправочный коэффициент рассчитывается скорректированный объем по позициям в подвиде услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z59" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Скорректированный вес по всей совокупности находится путем суммирования скорректированных весов согласно существующей агрегации. Полученная сумма, вес всей совокупности, приравнивается к единице путем нормализации. Для этого полученный вес каждого вида услуг делится на сумму скорректированных весов по всей их совокупности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z60" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Расчет индекса тарифов на перевозку грузов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z61" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. В зависимости от степени охвата элементов выборочной совокупности производится расчет индивидуальных и агрегированных индексов тарифов на грузоперевозки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z62" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Расчет индивидуальных индексов цен осуществляется на основании величин, зафиксированных в статистических формах общегосударственного статистического наблюдения и производится по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z100" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1905000" cy="1219200"/>
+            <wp:extent cx="2984500" cy="1854200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1905000" cy="1219200"/>
+                      <a:ext cx="2984500" cy="1854200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z101" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z102" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Inj – индивидуальный индекс тарифов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z103" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Pnj – тариф на услугу-представитель j в отчетном периоде n;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z104" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      P(n-1)j – тариф на услугу-представитель j в предыдущем периоде n-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z105" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Агрегированные индексы тарифов на грузоперевозки исчисляются по группам различной степени агрегации: по видам сообщений (направлений) грузоперевозок; по видам грузового транспорта, по грузовому транспорту в целом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z106" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет индексов тарифов по видам сообщений (направлений) по области осуществляется с использованием индексов входящих услуг-представителей по формуле средней геометрической (индекс Джевонса):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z107" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...246 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3111500" cy="609600"/>
+            <wp:extent cx="6032500" cy="889000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3111500" cy="609600"/>
+                      <a:ext cx="6032500" cy="889000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z108" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       где: </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...182 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z109" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I – индекс тарифов по видам сообщений (направлений) по области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z110" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I1, I2...Ik – индивидуальный индекс тарифов по услугам-представителям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z111" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      k – число услуг-представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...62 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...1474 lines deleted...]
-        <w:t>– индексы тарифов за апрель, май, июнь отчетного года n индексного ряда.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -7624,35 +4844,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>