--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="15ff9d4" w14:textId="15ff9d4">
+    <w:p w14:paraId="1c620e1" w14:textId="1c620e1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -107,62 +107,140 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра национальной экономики Республики Казахстан от 1 февраля 2016 года № 49. Зарегистрирован в Министерстве юстиции Республики Казахстан 9 марта 2016 года № 13417.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции совместного приказа и.о. Министра торговли и интеграции РК от 30.09.2024 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Совместный приказ утрачивает силу совместным приказом и.о. Министра торговли и интеграции РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 25.11.2025 № 124.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции совместного приказа и.о. Министра торговли и интеграции РК от 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 344-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 04.10.2024 № 86 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -532,220 +610,233 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="5090"/>
+        <w:gridCol w:w="7210"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5090" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7210" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5090" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+национальной экономики</w:t>
+            </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7210" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5090" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-национальной экономики</w:t>
+Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...62 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7210" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Е. Досаев</w:t>
@@ -1036,1294 +1127,1193 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Проверочный лист - в редакции совместного приказа и.о. Министра торговли и интеграции РК от 30.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 344-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 04.10.2024 № 86 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z9" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 138</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предпринимательского кодекса Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в отношении торговых объектов _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование однородной группы субъектов (объектов) контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственный орган, назначивший проверку/профилактический контроль</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с посещением субъекта (объекта) контроля ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акт о назначении проверки/профилактического контроля с посещением</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъекта (объекта) контроля ____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________ №, дата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование субъекта (объекта) контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер субъекта (объекта) контроля _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места нахождения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p>
-[...382 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1412"/>
+        <w:gridCol w:w="8678"/>
+        <w:gridCol w:w="1105"/>
+        <w:gridCol w:w="1105"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z10" w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень требований</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствует требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не соответствует требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z15" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z20" w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="10"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение установленного размера предельно допустимых розничных цен на социально значимые продовольственные товары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z25" w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="11"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доведение до сведения субъектов внутренней торговли (реализующих социально значимые продовольственные товары) размера предельно допустимых розничных цен на социально значимые продовольственные товары на торговых объектах.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z30" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z30" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а)</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________ _____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________ ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель субъекта (объекта) контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________ ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p>
-[...168 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>