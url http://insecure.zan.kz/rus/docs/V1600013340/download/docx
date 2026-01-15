--- v0 (2025-10-13)
+++ v1 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4598d1a" w14:textId="4598d1a">
+    <w:p w14:paraId="680267d" w14:textId="680267d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -151,84 +151,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 19-13) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан от 5 июля 2004 года "О связи" </w:t>
+      В соответствии с подпунктом 19-13) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О связи" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1572,51 +1634,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) оператор-реципиент – оператор сотовой связи, в сеть связи которого осуществляется перенос абонентского номера;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25) несанкционированный трафик – трафик, пропускаемый в нарушение установленных настоящими правилами требований пропуска трафика и не предусмотренный условиями договора присоединения и взаимодействия, в том числе трафик с подменой номера вызывающего абонента;</w:t>
+      25) несанкционированный трафик (фрод) – трафик, пропускаемый в нарушение установленных правил присоединения и взаимодействия сетей телекоммуникаций, включая пропуск трафика и порядок взаиморасчетов, в том числе трафик с подменой номера вызывающего абонента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) система тактовой сетевой синхронизации (далее – ТСС) – комплекс технических средств, обеспечивающих сигналами синхронизации все элементы цифровой сети телекоммуникаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
@@ -2041,61 +2103,81 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказом Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 02.08.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказами Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 02.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 465/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6631,51 +6713,113 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        59. Пропуск местного, междугородного, международного телефонного трафика, трафика передачи данных (в том числе трафика операторов IP-телефонии), трафика с/на сети сотовой связи по техническим средствам сетей, образованным в результате присоединения, допускается исключительно на основе договоров, заключенных между присоединяющими и присоединяемыми операторами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Операторам телекоммуникаций, владельцам сетей, провайдерам телекоммуникаций не разрешается пропуск несанкционированного трафика на сети местной, междугородной, международной и сотовой связи.</w:t>
+      Операторам связи, владельцам сетей телекоммуникаций запрещается пропуск несанкционированного трафика (фрода) в местной сети телекоммуникаций, междугородной, международной и сотовой связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 59 – в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z117" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. При пропуске трафика на перенесенные абонентские номера сотовой связи операторы связи используют номера маршрутизации, присвоенные абонентским номерам при занесении в централизованную базу данных абонентских номеров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6858,110 +7002,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оперативное руководство работами по восстановлению связи и качества обслуживания осуществляет один из операторов междугородной и международной связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z122" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      65. При пропуске несанкционированного трафика, включая трафик с подменой номера абонента (номера А) принимающий трафик оператор связи, владельцы сетей телекоммуникаций в течении одних суток уведомляют оператора связи от которого данный трафик получен. Оператор связи, получивший уведомление о пропуске несанкционированного трафика с его сети, в течение трех календарных дней должен выяснить причины и принять меры к устранению такого трафика.</w:t>
+      65. При пропуске несанкционированного трафика (фрода), включая трафик с подменой номера абонента (номера А) принимающий трафик оператор связи, владельцы сетей телекоммуникаций в течении одних суток уведомляют оператора связи, от которого данный трафик получен. Оператор связи, получивший уведомление о пропуске несанкционированного трафика (фрода) с его сети, в течение трех календарных дней должен выяснить причины и принять меры к устранению такого трафика.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
     <w:bookmarkStart w:name="z209" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При не устранении пропуска несанкционированного трафика, оператор связи, владельцы сетей телекоммуникаций, принимающие на свою сеть подобный трафик, обращаются в судебные органы.</w:t>
+      При не устранении пропуска несанкционированного трафика (фрода), оператор связи, владельцы сетей телекоммуникаций, принимающие на свою сеть подобный трафик, обращаются в судебные органы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 65 - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 13.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 181/НҚ</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 65 – в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>