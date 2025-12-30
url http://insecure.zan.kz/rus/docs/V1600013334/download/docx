--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="15cb86a" w14:textId="15cb86a">
+    <w:p w14:paraId="84fff0b" w14:textId="84fff0b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1278,209 +1278,303 @@
         <w:t xml:space="preserve">
       4) региональная квота приема кандасов – предельное число кандасов или кандасов и членов их семей, прибывающих для постоянного проживания в регионы, определенные Правительством Республики Казахстан, которые обеспечиваются мерами государственной поддержки, предусмотренными участникам активных мер содействия занятости в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Социальным</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z433" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 5) предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) переселенец – внутренний мигрант, переселившийся в регионы, определенные Правительством Республики Казахстан, в рамках региональных квот приема переселенцев и кандасов в соответствии с законодательством Республики Казахстан в области миграции, предусматривающих добровольное переселение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z434" w:id="14"/>
+    <w:bookmarkStart w:name="z434" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) региональная квота приема переселенцев – предельное число переселенцев или переселенцев и членов их семей, прибывающих для постоянного проживания в регионы, определенные Правительством Республики Казахстан, которые обеспечиваются мерами государственной поддержки, предусмотренными участникам активных мер содействия занятости в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Социальным</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z435" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z435" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) карьерный центр – филиал центра трудовой мобильности, осуществляющий выполнение его функций в районах, городах областного и республиканского значения, столице;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z436" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z436" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) местный исполнительный орган по вопросам социальной защиты и занятости населения – местный исполнительный орган области, городов республиканского значения, столицы, определяющий направления в сфере социальной защиты и занятости населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z437" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z437" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) веб-портал "электронного правительства" – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z438" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z438" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) этнический казах – иностранец или лицо без гражданства казахской национальности.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z439" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок включения в региональную квоту приема кандасов</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z439" w:id="19"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z440" w:id="20"/>
+    <w:bookmarkStart w:name="z440" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1525,51 +1619,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам с приложением документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) портал "Migration.enbek.kz"; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1642,270 +1736,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z445" w:id="21"/>
+    <w:bookmarkStart w:name="z445" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в Перечне основных требовании к оказанию государственной услуги согласно приложению 2 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z446" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z446" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Государственная корпорация получает сведения, подтверждающие регистрацию по постоянному месту жительства и наличия у кандаса и постоянно проживающих с ним членов семьи жилища, принадлежащего им на праве собственности в населенном пункте прибытия из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z447" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z447" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Государственная корпорация в день поступления заявления и документов заявителя, указанных в пункте 8 Перечня требований к оказанию государственной услуги, направляет их услугодателю по средством шлюза "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z448" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z448" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Специалист Государственной корпорации, принявший заявление, проверяет полноту пакета документов, принимаемых у заявителя для включения в региональную квоту приема кандасов, обеспечивают качество воспроизведения электронных копий документов и их соответствия оригиналам, представленных заявителем в соответствии с перечнем основных требований к оказанию государственной услуги согласно приложению 2 к настоящим Правилам, удостоверяет посредством своего ЭЦП, после чего оригиналы документов возвращает заявителю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z449" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z449" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении через Государственную корпорацию, в случае представления услугополучателем неполного пакета документов, а также документов с истекшим сроком действия специалист Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z450" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z450" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Специалистом Государственной корпорации, принявшим заявление, заявителю вручается расписка о принятии документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z451" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z451" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При обращении через веб-портал в случае подачи полного пакета документов, предусмотренном перечнем основных требований к оказанию государственной услуги, в "личном кабинете" услугополучателя отображается статус о принятии заявления для оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z452" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z452" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В случае представления услугополучателем неполного пакета документов, а также документов с истекшим сроком действия, услугодатель в течении одного рабочего дня уведомляет услугополучателя об отказе в приеме заявления об оказании государственной услуги "Включение в региональную квоту приема кандасов" посредством информационной системы АИС "Кандас".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z453" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z453" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заявление, поданное через портал "Migration.enbek.kz" поступает в АИС "Кандас", и регистрируется услугодателем в день поступления обращения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z454" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z454" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Местные исполнительные органы по вопросам социальной защиты и занятости населения регионов, определенных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 112 Социального Кодекса (далее – Услугодатель) формирует заявления и документы, приложенные к заявлению кандасов, ходатайствующих о включении в региональную квоту приема кандасов и в течении шести рабочих дней после дня поступления заявлений направляет на рассмотрение комиссии по приему кандасов для вынесения рекомендаций о включении в региональную квоту приема кандасов либо об отказе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1924,70 +2018,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z456" w:id="31"/>
+    <w:bookmarkStart w:name="z456" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Комиссия по приему кандасов в течение пяти рабочих дней после получения заявления кандасов, ходатайствующих кандасов выносит рекомендацию о включении либо об отказе во включении в региональную квоту приема кандасов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2006,189 +2100,274 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z457" w:id="32"/>
+    <w:bookmarkStart w:name="z457" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. В случае мотивированных замечаний по представленным документам, исполнитель услугодателя в день получения рекомендации согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет услугополучателю уведомление о предварительном решении об отказе в оказании государственной услуги, а также времени и месте проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z458" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z458" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Возражения услугополучаетеля по предварительному решению принимается услугодателем не позднее двух рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z459" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z459" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам заслушивания местный исполнительный орган принимает решение о включении в региональную квоту приема кандасов или формирует мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z460" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z460" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Местный исполнительный орган в течение трех рабочих дней со дня вынесения комиссией по приему кандасов рекомендации принимает решение о включении в региональную квоту приема кандасов по форме, согласно приложению 4 к настоящим Правилам либо решение об отказе по включению в региональную квоту приема кандасов по форме, согласно приложению 5 к настоящим Правилам и направляет результат оказания государственной услуги услугополучателю в зависимости от способа подачи заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z461" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z461" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подаче документов через Государственную корпорацию, решение о включении в региональную квоту приема кандасов направляется услугодателем в Государственную корпорацию для дальнейшей выдачи заявителю не позднее чем за сутки до истечения срока оказания государственной услуги. При обращении услугополучателя через портал услугодатель направляет услугополучателю в "личный кабинет" уведомление о включении в региональную квоту приема кандасов либо решение об отказе по включению в региональную квоту приема кандасов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z462" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок включения в региональную квоту приема переселенцев</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z462" w:id="37"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z464" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 14 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Для получения государственной услуги "Включение в региональную квоту приема переселенцев" граждане Республики Казахстан из числа лиц, ищущих работу и (или) безработных, зарегистрированных в порядке, предусмотренном Правилами регистрации лиц, ищущих работу, безработных и осуществления трудового посредничества, оказываемого карьерными центрами, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2263,51 +2442,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам с приложением документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственная корпорация в день поступления заявления и документов заявителя, указанных в пункте 8 Перечня требований к оказанию государственной услуги, направляет их услугодателю по средством шлюза "электронного правительства".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2475,71 +2653,147 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z468" w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 15 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. При подаче заявления посредством портала "Migration.enbek.kz" или веб-портала в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявления поступают в карьерные центры регионов посредством АИС "Рынок труда".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2744,70 +2998,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z469" w:id="40"/>
+    <w:bookmarkStart w:name="z469" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Сведения, подтверждающие регистрацию по постоянному месту жительства услугополучателя и членов его семьи получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2934,70 +3188,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z472" w:id="41"/>
+    <w:bookmarkStart w:name="z472" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Заявление и документы, приложенные к заявлению услугополучателя на включение в региональную квоту приема переселенцев в течение пяти рабочих дней со дня поступления направляются на рассмотрение региональной комиссии по вопросам занятости населения (далее – Комиссия по занятости) для вынесения рекомендации о включении в региональную квоту приема переселенцев либо об отказе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3016,70 +3270,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z474" w:id="42"/>
+    <w:bookmarkStart w:name="z474" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Комиссия по занятости в течение трех рабочих дней после дня получения заявлений услугополучателей выносит рекомендацию о включении либо об отказе во включении в региональную квоту приема переселенцев с мотивированным обоснованием причин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Комиссией по занятости при рассмотрении заявлений и документов претендентов проверяется их соответствие требованиям, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3156,111 +3410,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z475" w:id="43"/>
+    <w:bookmarkStart w:name="z475" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В случае мотивированных замечаний услугополучателем по представленным документам, исполнитель услугодателя в день получения рекомендации согласно статьи 73 Административного процедурно-процессуального кодекса Республики Казахстан (далее - АППК РК) направляет услугополучателю уведомление о предварительном решении об отказе в оказании государственной услуги, а также времени и месте проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z476" w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z476" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Возражения услугополучателя по предварительному решению принимается услугодателем в течение 2 (двух) рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z477" w:id="45"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z477" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам заслушивания местный исполнительный орган принимает решение о включении в региональную квоту приема переселенцев или формирует мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z479" w:id="46"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z479" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Услугодатель в течение трех рабочих дней после дня вынесения комиссией по занятости рекомендации принимает решение о включении в региональную квоту приема переселенцев по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3275,51 +3529,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам либо решение об отказе во включении в региональную квоту приема переселенцев по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и направляет услугополучателю в "личный кабинет" уведомление о включении в региональную квоту приема переселенцев либо решение об отказе о включении в региональную квоту приема переселенцев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подаче документов через Государственную корпорацию, решение о включении в региональную квоту приема кандасов направляется услугодателем в Государственную корпорацию для дальнейшей выдачи заявителю не позднее чем за сутки до истечения срока оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3356,248 +3610,248 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z480" w:id="47"/>
+    <w:bookmarkStart w:name="z480" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействия) по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z481" w:id="48"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z481" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Услугополучатель обжалует решение, действие (бездействие) услугодателя, должностного лица в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК. Жалоба на решение, действие (бездействие) услугодателя по вопросам оказания государственной услуги подается на имя руководителя услугодателя либо в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z482" w:id="49"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z482" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Жалоба заявителя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z483" w:id="50"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z483" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Жалоба заявителя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z484" w:id="51"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z484" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Услугополучатель обжалует решение, действие (бездействие) местного исполнительного органа по вопросам оказания государственной услуги, должностного лица в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК. Жалоба на решение, действие (бездействие) местного исполнительного органа по вопросам оказания государственной услуги подается на имя руководителя местного исполнительного органа либо в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z485" w:id="52"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z485" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z486" w:id="53"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z486" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке. В случае, если законом предусмотрена возможность обращения в суд без необходимости обжалования в вышестоящем органе, административный орган, должностное лицо, административный акт, административное действие (бездействие) которых оспариваются, наряду с отзывом представляют в суд мотивированную позицию руководителя вышестоящего административного органа, должностного лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3797,68 +4051,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z489" w:id="54"/>
+    <w:bookmarkStart w:name="z489" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о включении в региональную квоту приема кандасов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5122,50 +5376,146 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Фамилия, имя, отчество (при его наличии), должность лица, принявшего документы)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7638,80 +7988,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z492" w:id="55"/>
+    <w:bookmarkStart w:name="z492" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РАСПИСКА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8184,50 +8534,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦП руководителя</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 4 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8371,80 +8817,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z494" w:id="56"/>
+    <w:bookmarkStart w:name="z494" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ о включении в региональную квоту приема кандасов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"___" _____ 20___ года № _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9673,50 +10119,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦП руководителя</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 5 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9860,92 +10402,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z496" w:id="57"/>
+    <w:bookmarkStart w:name="z496" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об отказе во включении в региональную квоту приема кандасов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"__" ________20__№ _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11545,50 +12087,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦП руководителя</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 6 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11732,80 +12370,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z498" w:id="58"/>
+    <w:bookmarkStart w:name="z498" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о включении в региональную квоту приема переселенцев</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13553,80 +14191,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z500" w:id="59"/>
+    <w:bookmarkStart w:name="z500" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ №_______ от ____ _______ ______года</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о принятии заявления на включение в региональную квоту приема переселенцев</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим уведомляем, что заявление услугополучателя ___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14248,80 +14886,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z502" w:id="60"/>
+    <w:bookmarkStart w:name="z502" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РАСПИСКА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14794,50 +15432,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦП руководителя</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 9 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14981,92 +15715,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z504" w:id="61"/>
+    <w:bookmarkStart w:name="z504" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о включении в региональную квоту приема переселенцев</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"___" _____ 20___ года № _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16275,50 +17009,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦП руководителя местного исполнительного органа</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 10 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16462,92 +17292,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z506" w:id="62"/>
+    <w:bookmarkStart w:name="z506" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об отказе во включении в региональную квоту приема переселенцев</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"___" ________20___ № _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18310,68 +19140,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 января 2016 года № 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="63"/>
+    <w:bookmarkStart w:name="z61" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила включения в региональную квоту приема переселенцев</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 исключено приказом Министра труда и социальной защиты населения РК от 31.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18415,55 +19245,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>