--- v1 (2025-12-30)
+++ v2 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="84fff0b" w14:textId="84fff0b">
+    <w:p w14:paraId="05c66ac" w14:textId="05c66ac">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1278,2580 +1278,2402 @@
         <w:t xml:space="preserve">
       4) региональная квота приема кандасов – предельное число кандасов или кандасов и членов их семей, прибывающих для постоянного проживания в регионы, определенные Правительством Республики Казахстан, которые обеспечиваются мерами государственной поддержки, предусмотренными участникам активных мер содействия занятости в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Социальным</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z433" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) переселенец – внутренний мигрант, переселившийся в регионы, определенные Правительством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z434" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) региональная квота приема переселенцев – предельное число переселенцев или переселенцев и членов их семей, прибывающих для постоянного проживания в регионы, определенные Правительством Республики Казахстан, которые обеспечиваются мерами государственной поддержки, предусмотренными участникам активных мер содействия занятости в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Социальным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z435" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) карьерный центр – филиал центра трудовой мобильности, осуществляющий выполнение его функций в районах, городах областного и республиканского значения, столице;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z436" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) местный исполнительный орган по вопросам социальной защиты и занятости населения – местный исполнительный орган области, городов республиканского значения, столицы, определяющий направления в сфере социальной защиты и занятости населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z437" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) веб-портал "электронного правительства" – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z438" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) этнический казах – иностранец или лицо без гражданства казахской национальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z439" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок включения в региональную квоту приема кандасов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z440" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Для получения государственной услуги "Включение в региональную квоту приема кандасов" этнические казахи, ранее не включавшиеся в региональную квоту и получившие статус кандаса на условиях, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 9 Правил присвоения или продления статуса кандаса, утвержденных приказом Министра труда и социальной защиты населения Республики Казахстан 22 июля 2013 года № 329-Ө-М (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 8624), вдовы кандасов и их общие дети прибывшие после включения кандаса в региональную квоту приема кандасов и (или) родившиеся в Республике Казахстан до получения их родителями гражданства Республики Казахстан, а также этнические казахи, получившие статус кандаса, проживающие на территории Республики Казахстан представляют заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам с приложением документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) портал "Migration.enbek.kz"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) через Государственную корпорацию "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) через веб-портал "электронного правительства" (далее - веб-портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) переселенец – внутренний мигрант, переселившийся в регионы, определенные Правительством Республики Казахстан, в рамках региональных квот приема переселенцев и кандасов в соответствии с законодательством Республики Казахстан в области миграции, предусматривающих добровольное переселение;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z434" w:id="13"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z445" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в Перечне основных требовании к оказанию государственной услуги согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z446" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственная корпорация получает сведения, подтверждающие регистрацию по постоянному месту жительства и наличия у кандаса и постоянно проживающих с ним членов семьи жилища, принадлежащего им на праве собственности в населенном пункте прибытия из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z447" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственная корпорация в день поступления заявления и документов заявителя, указанных в пункте 8 Перечня требований к оказанию государственной услуги, направляет их услугодателю по средством шлюза "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z448" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист Государственной корпорации, принявший заявление, проверяет полноту пакета документов, принимаемых у заявителя для включения в региональную квоту приема кандасов, обеспечивают качество воспроизведения электронных копий документов и их соответствия оригиналам, представленных заявителем в соответствии с перечнем основных требований к оказанию государственной услуги согласно приложению 2 к настоящим Правилам, удостоверяет посредством своего ЭЦП, после чего оригиналы документов возвращает заявителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z449" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через Государственную корпорацию, в случае представления услугополучателем неполного пакета документов, а также документов с истекшим сроком действия специалист Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z450" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалистом Государственной корпорации, принявшим заявление, заявителю вручается расписка о принятии документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z451" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. При обращении через веб-портал в случае подачи полного пакета документов, предусмотренном перечнем основных требований к оказанию государственной услуги, в "личном кабинете" услугополучателя отображается статус о принятии заявления для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z452" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае представления услугополучателем неполного пакета документов, а также документов с истекшим сроком действия, услугодатель в течении одного рабочего дня уведомляет услугополучателя об отказе в приеме заявления об оказании государственной услуги "Включение в региональную квоту приема кандасов" посредством информационной системы АИС "Кандас".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z453" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заявление, поданное через портал "Migration.enbek.kz" поступает в АИС "Кандас", и регистрируется услугодателем в день поступления обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z454" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) региональная квота приема переселенцев – предельное число переселенцев или переселенцев и членов их семей, прибывающих для постоянного проживания в регионы, определенные Правительством Республики Казахстан, которые обеспечиваются мерами государственной поддержки, предусмотренными участникам активных мер содействия занятости в соответствии с </w:t>
-[...28 lines deleted...]
-        <w:jc w:val="both"/>
+      10. Местные исполнительные органы по вопросам социальной защиты и занятости населения регионов, определенных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 112 Социального Кодекса (далее – Услугодатель) формирует заявления и документы, приложенные к заявлению кандасов, ходатайствующих о включении в региональную квоту приема кандасов и в течении шести рабочих дней после дня поступления заявлений направляет на рассмотрение комиссии по приему кандасов для вынесения рекомендаций о включении в региональную квоту приема кандасов либо об отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) карьерный центр – филиал центра трудовой мобильности, осуществляющий выполнение его функций в районах, городах областного и республиканского значения, столице;</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) местный исполнительный орган по вопросам социальной защиты и занятости населения – местный исполнительный орган области, городов республиканского значения, столицы, определяющий направления в сфере социальной защиты и занятости населения;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z437" w:id="16"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z456" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) веб-портал "электронного правительства" – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      11. Комиссия по приему кандасов в течение пяти рабочих дней после получения заявления кандасов, ходатайствующих кандасов выносит рекомендацию о включении либо об отказе во включении в региональную квоту приема кандасов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) этнический казах – иностранец или лицо без гражданства казахской национальности.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z439" w:id="18"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z457" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. В случае мотивированных замечаний по представленным документам, исполнитель услугодателя в день получения рекомендации согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет услугополучателю уведомление о предварительном решении об отказе в оказании государственной услуги, а также времени и месте проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z458" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возражения услугополучаетеля по предварительному решению принимается услугодателем не позднее двух рабочих дней со дня его получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z459" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания местный исполнительный орган принимает решение о включении в региональную квоту приема кандасов или формирует мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z460" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Местный исполнительный орган в течение трех рабочих дней со дня вынесения комиссией по приему кандасов рекомендации принимает решение о включении в региональную квоту приема кандасов по форме, согласно приложению 4 к настоящим Правилам либо решение об отказе по включению в региональную квоту приема кандасов по форме, согласно приложению 5 к настоящим Правилам и направляет результат оказания государственной услуги услугополучателю в зависимости от способа подачи заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z461" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче документов через Государственную корпорацию, решение о включении в региональную квоту приема кандасов направляется услугодателем в Государственную корпорацию для дальнейшей выдачи заявителю не позднее чем за сутки до истечения срока оказания государственной услуги. При обращении услугополучателя через портал услугодатель направляет услугополучателю в "личный кабинет" уведомление о включении в региональную квоту приема кандасов либо решение об отказе по включению в региональную квоту приема кандасов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z462" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок включения в региональную квоту приема кандасов</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z440" w:id="19"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок включения в региональную квоту приема переселенцев</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z512" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Для получения государственной услуги "Включение в региональную квоту приема кандасов" этнические казахи, ранее не включавшиеся в региональную квоту и получившие статус кандаса на условиях, предусмотренных </w:t>
-[...29 lines deleted...]
-        <w:t>приложению 1</w:t>
+        <w:t xml:space="preserve">14. Для включения в региональную квоту приема переселенцев граждане Республики Казахстан из числа лиц, ищущих работу и (или) безработных, зарегистрированных в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрации лиц, ищущих работу, безработных и осуществления трудового посредничества, оказываемого карьерными центрами, утвержденными приказом Заместителя Премьер-Министра - Министра труда и социальной защиты населения Республики Казахстан от 9 июня 2023 года № 214 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32850), имеющих на момент подачи заявления постоянную регистрацию не менее одного года по месту жительства в регионе, предусмотренном пунктом 16, а также срока, предусмотренного подпунктом 4) пункта 12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> добровольного переселения лиц для повышения мобильности рабочей силы (далее - Правила), утвержденных приказом Заместителя Премьер-Министра – Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 234 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32880) (далее - услугополучатель) подают в Государственную корпорацию "Правительство для граждан" (далее - Государственная корпорация) либо посредством объекта информатизации: портала "Migration.enbek.kz" (далее – портал Migration.enbek.kz) или веб-портала "электронного правительства" (далее - веб-портал) заявление о включении в региональную квоту приема переселенцев (далее - заявление) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам с приложением документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z513" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация в день поступления заявления и документов заявителя, указанных в пункте 8 Перечня требований к оказанию государственной услуги, направляет их услугодателю посредством шлюза "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z514" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) портал "Migration.enbek.kz"; </w:t>
-[...1 lines deleted...]
-    </w:p>
+      Специалист Государственной корпорации, принявший заявление, обеспечивает качество воспроизведения электронных копий документов и их соответствия оригиналам, представленных заявителем в соответствии с перечнем основных требований к оказанию государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, удостоверяет посредством своего ЭЦП, после чего оригиналы документов возвращает заявителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z515" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При обращении через Государственную корпорацию, в случае представления услугополучателем неполного пакета документов, а также документов с истекшим сроком действия специалист Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z516" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Специалистом Государственной корпорации, принявшим заявление, заявителю вручается уведомление о принятии заявления на включение в региональную квоту приема переселенцев по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z517" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) через Государственную корпорацию "Правительство для граждан" (далее - Государственная корпорация);</w:t>
-[...19 lines deleted...]
-    </w:p>
+      Заявления, поданные через веб-портал, подписываются или заверяются ЭЦП заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 513</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z445" w:id="20"/>
+    <w:bookmarkStart w:name="z468" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в Перечне основных требовании к оказанию государственной услуги согласно приложению 2 к настоящим Правилам.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z446" w:id="21"/>
+      15. При подаче заявления посредством портала "Migration.enbek.kz" или веб-портала в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z518" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Государственная корпорация получает сведения, подтверждающие регистрацию по постоянному месту жительства и наличия у кандаса и постоянно проживающих с ним членов семьи жилища, принадлежащего им на праве собственности в населенном пункте прибытия из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z447" w:id="22"/>
+      Заявления поступают в карьерные центры регионов посредством АИС "Рынок труда".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z519" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Государственная корпорация в день поступления заявления и документов заявителя, указанных в пункте 8 Перечня требований к оказанию государственной услуги, направляет их услугодателю по средством шлюза "электронного правительства".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z448" w:id="23"/>
+      Карьерные центры регионов в течение одного рабочего дня со дня поступления заявления, направляют заявления претендентов услугодателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z520" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При представлении полного пакета документов, предусмотренных перечнем основных требований к оказанию государственной услуги, услугополучатель получает уведомление о принятии заявления на включение в региональную квоту приема переселенцев по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z521" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Услугодатель в течение двух рабочих дней уведомляет услугополучателя об отказе в приеме заявления для включения в региональную квоту приема переселенцев посредством портала "Migration.enbek.kz" либо веб-портала и выдает расписку об отказе в приеме документов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в случаях представления услугополучателем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z522" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) неполного пакета документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z523" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Специалист Государственной корпорации, принявший заявление, проверяет полноту пакета документов, принимаемых у заявителя для включения в региональную квоту приема кандасов, обеспечивают качество воспроизведения электронных копий документов и их соответствия оригиналам, представленных заявителем в соответствии с перечнем основных требований к оказанию государственной услуги согласно приложению 2 к настоящим Правилам, удостоверяет посредством своего ЭЦП, после чего оригиналы документов возвращает заявителю.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z449" w:id="24"/>
+      2) документов с истекшим сроком действия, и (или) документов, срок действия которых истекает на день принятия решения о включении в региональную квоту приема переселенцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z524" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При обращении через Государственную корпорацию, в случае представления услугополучателем неполного пакета документов, а также документов с истекшим сроком действия специалист Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к настоящим Правилам.</w:t>
-[...122 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+      Заявление, поданное через портал "Migration.enbek.kz", регистрируется услугодателем в день поступления обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 513</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z456" w:id="30"/>
+    <w:bookmarkStart w:name="z469" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Комиссия по приему кандасов в течение пяти рабочих дней после получения заявления кандасов, ходатайствующих кандасов выносит рекомендацию о включении либо об отказе во включении в региональную квоту приема кандасов.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      16. Сведения, подтверждающие регистрацию по постоянному месту жительства услугополучателя и членов его семьи получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...143 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Исключен приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">18. Исключен приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...147 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z472" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Государственная корпорация в день поступления заявления и документов заявителя, указанных в пункте 8 Перечня требований к оказанию государственной услуги, направляет их услугодателю по средством шлюза "электронного правительства".</w:t>
-[...133 lines deleted...]
-    </w:p>
+      19. Заявление и документы, приложенные к заявлению услугополучателя на включение в региональную квоту приема переселенцев в течение пяти рабочих дней со дня поступления направляются на рассмотрение региональной комиссии по вопросам занятости населения (далее – Комиссия по занятости) для вынесения рекомендации о включении в региональную квоту приема переселенцев либо об отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z474" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Комиссия по занятости в течение трех рабочих дней после дня получения заявлений услугополучателей выносит рекомендацию о включении либо об отказе во включении в региональную квоту приема переселенцев с мотивированным обоснованием причин.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Комиссией по занятости при рассмотрении заявлений и документов претендентов проверяется их соответствие требованиям, установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 112 Социального кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 15 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 359</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z475" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. При подаче заявления посредством портала "Migration.enbek.kz" или веб-портала в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      21. В случае мотивированных замечаний услугополучателем по представленным документам, исполнитель услугодателя в день получения рекомендации согласно статьи 73 Административного процедурно-процессуального кодекса Республики Казахстан (далее - АППК РК) направляет услугополучателю уведомление о предварительном решении об отказе в оказании государственной услуги, а также времени и месте проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z476" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заявления поступают в карьерные центры регионов посредством АИС "Рынок труда".</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Возражения услугополучателя по предварительному решению принимается услугодателем в течение 2 (двух) рабочих дней со дня его получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z477" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Карьерные центры регионов в течение одного рабочего дня со дня поступления заявления, направляют заявления претендентов услугодателю.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      По результатам заслушивания местный исполнительный орган принимает решение о включении в региональную квоту приема переселенцев или формирует мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z479" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При предоставлении полного пакета документов, предусмотренных перечнем основных требований к оказанию государственной услуги, услугополучатель получает уведомление о принятии заявления на включение в региональную квоту приема переселенцев его заявления по форме, согласно </w:t>
-[...97 lines deleted...]
-    </w:p>
+      22. Услугодатель в течение трех рабочих дней после дня вынесения комиссией по занятости рекомендации принимает решение о включении в региональную квоту приема переселенцев по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам либо решение об отказе во включении в региональную квоту приема переселенцев по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и направляет услугополучателю в "личный кабинет" уведомление о включении в региональную квоту приема переселенцев либо решение об отказе о включении в региональную квоту приема переселенцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) документов с истекшим сроком действия, и (или) документов, срок действия которых истекает на день принятия решения о включении в региональную квоту приема переселенцев.</w:t>
-[...17 lines deleted...]
-      Заявление, поданное через портал "Migration.enbek.kz" регистрируется услугодателем в день поступления обращения.</w:t>
+      При подаче документов через Государственную корпорацию, решение о включении в региональную квоту приема кандасов направляется услугодателем в Государственную корпорацию для дальнейшей выдачи заявителю не позднее чем за сутки до истечения срока оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z469" w:id="37"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z480" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...591 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействия) по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z481" w:id="45"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z481" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Услугополучатель обжалует решение, действие (бездействие) услугодателя, должностного лица в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК. Жалоба на решение, действие (бездействие) услугодателя по вопросам оказания государственной услуги подается на имя руководителя услугодателя либо в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z482" w:id="46"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z482" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Жалоба заявителя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z483" w:id="47"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z483" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Жалоба заявителя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z484" w:id="48"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z484" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Услугополучатель обжалует решение, действие (бездействие) местного исполнительного органа по вопросам оказания государственной услуги, должностного лица в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК. Жалоба на решение, действие (бездействие) местного исполнительного органа по вопросам оказания государственной услуги подается на имя руководителя местного исполнительного органа либо в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z485" w:id="49"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z485" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z486" w:id="50"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z486" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке. В случае, если законом предусмотрена возможность обращения в суд без необходимости обжалования в вышестоящем органе, административный орган, должностное лицо, административный акт, административное действие (бездействие) которых оспариваются, наряду с отзывом представляют в суд мотивированную позицию руководителя вышестоящего административного органа, должностного лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4051,68 +3873,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z489" w:id="51"/>
+    <w:bookmarkStart w:name="z489" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о включении в региональную квоту приема кандасов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5376,146 +5198,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Фамилия, имя, отчество (при его наличии), должность лица, принявшего документы)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5549,77 +5275,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам включения в</w:t>
+              <w:t>к Правилам включения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>региональную квоту приема</w:t>
+              <w:t>в региональную квоту приема</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кандасов и переселенцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5674,79 +5400,72 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      Сноска. Приложение 2 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 513</w:t>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -5760,176 +5479,106 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Перечень основных требований к оказанию государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Перечень основных требований к оказанию государственной услуги </w:t>
+"Включение в региональную квоту приема кандасов и переселенцев" Наименование подвида государственной услуги:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> и переселенцев" Наименование подвида государственной услуги:</w:t>
+1. Включение в региональную квоту приема кандасов</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...47 lines deleted...]
-              <w:t>2. Включение в региональную квоту приема переселенцев</w:t>
+2. Включение в региональную квоту приема переселенцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6185,51 +5834,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Государственную корпорацию;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Веб-портал "электронного правительства".</w:t>
+3) Веб-портал "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6559,52 +6208,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Решение о включении в региональную квоту приема кандасов либо об отказе. </w:t>
+              <w:t>
+Решение о включении в региональную квоту приема кандасов либо об отказе.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Решение о включении в региональную квоту приема переселенцев либо об отказе.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6832,61 +6481,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) Государственной корпорации – прием заявлений и выдача готовых результатов государственных услуг осуществляется через Государственную корпорацию с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Трудового кодекса</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+              <w:t>Трудового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодекса Республики Казахстан.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Веб-портал – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6972,178 +6621,178 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Для включения в региональную квоту приема кандасов необходимо: </w:t>
+              <w:t>
+Для включения в региональную квоту приема кандасов необходимы следующие документы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) документ, удостоверяющий личность заявителя (для идентификации) и членов его семьи (при наличии) в том числе из сервиса цифровых документов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) копию свидетельства о браке или расторжении брака (при наличии);</w:t>
+2) копия свидетельства о браке или расторжении брака (при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) копия свидетельства о рождении (при наличии).</w:t>
+3) копия свидетельства о рождении членов семьи (при наличии).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на Веб-портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление Веб-портала.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для включения в региональную квоту приема переселенцев необходимо:</w:t>
+Для включения в региональную квоту приема переселенцев необходимы следующие документы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) копии документов, удостоверяющих личность переселенца и членов его семьи (при наличии) в том числе из сервиса цифровых документов; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) копию свидетельства о браке или расторжении брака (при наличии);</w:t>
+2) копия свидетельства о браке или расторжении брака (при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) документ об образовании, квалификации, наличии специальных знаний или профессиональной подготовки (при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7210,68 +6859,50 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) копия свительства о рождении членов семьи (при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Услугодатель получает цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства"; </w:t>
-            </w:r>
-[...16 lines deleted...]
-7) Выпускники в рамках проектов "Мәңгілік ел жастары - индустрияға!" ("Серпін") и "Жарқын Болашак" предоставляют справку с места обучения, подтверждающую их участие в данном проекте.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7340,109 +6971,109 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Основанием отказа в включении в региональную квоту приема кандасов являются условия, предусмотренные </w:t>
+Основанием отказа о включении в региональную квоту приема кандасов являются условия, предусмотренные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона "О миграции".</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О миграции населения" (далее – Закон).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) несоответствие претендентов условиям, установленным </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подпунктом 13)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> статьи 1 Закона "О миграции", а именно кандас – этнический казах и (или) члены его семьи казахской национальности, ранее не состоявшие в гражданстве Республики Казахстан, получившие соответствующий статус в порядке, установленном уполномоченным органом по вопросам миграции населения;</w:t>
+              <w:t xml:space="preserve"> статьи 1 Закона, а именно кандас – этнический казах и (или) члены его семьи казахской национальности, ранее не состоявшие в гражданстве Республики Казахстан, получившие соответствующий статус в порядке, установленном уполномоченным органом по вопросам миграции населения;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) установление недостоверности документов, представленных этническим казахом для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7582,71 +7213,147 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) несоответствие заявителя условиям, установленными пунктами 1 и 2 </w:t>
-[...19 lines deleted...]
-              <w:t>Социального кодекса Республики Казахстан.</w:t>
+3) несоответствие заявителя условиям, установленными </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пунктами 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 112 Социального кодекса Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) отсутствие региональной квоты приема переселенцев в территориально-административной единице или отказ переселенца от предложенной для расселения территориально-административной единицы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) несоответствие претендентов категориям, установленным пунктом 12 Правил добровольного переселения лиц для повышения мобильности рабочей силы, утвержденных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 234 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32880)".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7757,81 +7464,50 @@
               <w:t>
 Сервис цифровых документов доступен для субъектов, авторизованных в мобильном приложении и информационных системах пользователей.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субъект проходит авторизацию методами доступными в мобильном приложении и информационных системах пользователей, далее в разделе "Цифровые документы" просматривает необходимый документ для дальнейшего использования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...29 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7988,80 +7664,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z492" w:id="52"/>
+    <w:bookmarkStart w:name="z492" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РАСПИСКА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8534,146 +8210,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦП руководителя</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8720,51 +8300,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правила включения</w:t>
+              <w:t>к Правилам включения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в региональную квоту приема</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8817,153 +8397,205 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z494" w:id="53"/>
+    <w:bookmarkStart w:name="z494" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> РЕШЕНИЕ о включении в региональную квоту приема кандасов</w:t>
+        <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>о включении в региональную квоту приема кандасов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>"___" _____ 20___ года № _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Местный исполнительный орган)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z527" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Местный исполнительный орган по вопросам социальной защиты и занятости населения согласно рекомендации комиссии по приему кандасов, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О миграции населения", принял положительное решение по включению в региональную квоту приема кандасов:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9048,51 +8680,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при его наличии)</w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9305,68 +8954,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z528" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены семьи (при наличии):</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9417,51 +9068,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ФИО (при его наличии)</w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10026,60 +9694,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...8 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="1765300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -10097,152 +9775,51 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...100 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t>ЭЦП руководителя</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -10305,51 +9882,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правила включения</w:t>
+              <w:t>к Правилам включения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в региональную квоту приема</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10402,125 +9979,152 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z496" w:id="54"/>
+    <w:bookmarkStart w:name="z496" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об отказе во включении в региональную квоту приема кандасов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"__" ________20__№ _____________</w:t>
       </w:r>
-    </w:p>
-[...31 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(Местный исполнительный орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 5 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11045,68 +10649,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z178" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о услугополучателя:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11194,51 +10800,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ФИО (при его наличии)</w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11917,136 +11540,124 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z530" w:id="74"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Согласно рекомендации комиссии по приему кандасов, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 22 июля 2011 года "О миграции населения" отказывает во включении в региональную квоту. Основанием для отказа по включению в региональную квоту приема кандасов является:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________.</w:t>
-[...21 lines deleted...]
-      </w:r>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="1765300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
@@ -12065,152 +11676,51 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...100 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t>ЭЦП руководителя</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -12273,51 +11783,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 6</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правила включения</w:t>
+              <w:t>к Правилам включения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в региональную квоту приема</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12370,131 +11880,156 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z498" w:id="55"/>
+    <w:bookmarkStart w:name="z498" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление</w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+        <w:t xml:space="preserve"> Заявление о включении в региональную квоту приема переселенцев</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 6 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Наименование услугодателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Прошу включить меня/меня и членов моей семьи в региональную квоту приема переселенцев</w:t>
+        <w:t>Прошу включить меня/меня и членов моей семьи в региональную квоту приема переселенцев</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12581,51 +12116,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ФИО (при его наличии)</w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12890,242 +12443,253 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория занятости:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) наемный работник, а также лицо, имеющее иную оплачиваемую работу (избранные, назначенные или утвержденные);</w:t>
-[...135 lines deleted...]
-              <w:t>9) безработный.</w:t>
+              <w:t>
+1) наемный работник, а также лицо, имеющее иную оплачиваемую работу (избранные, назначенные или утвержденные);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) индивидуальный предприниматель;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) лицо, занимающееся частной практикой;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) физическое лицо, осуществляющее деятельность по договору гражданско-правового характера, которые не относятся к наемным работникам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) физическое лицо, являющееся учредителями (участниками) хозяйственных товариществ и учредителями, акционерами (участниками) акционерных обществ, а также членами производственных кооперативов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) независимый работник;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) проходящий службу в Вооруженных Силах Республики Казахстан, других войсках и воинских формированиях, правоохранительных и специальных государственных органах Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) лицо, осуществляющее деятельность в форме крестьянского или фермерского хозяйства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) безработный.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z195" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имею следующий состав семьи:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -13178,51 +12742,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ФИО (при его наличии)</w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13856,62 +13437,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z532" w:id="77"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К заявлению прилагаю следующие документы/:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14191,80 +13774,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z500" w:id="56"/>
+    <w:bookmarkStart w:name="z500" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ №_______ от ____ _______ ______года</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о принятии заявления на включение в региональную квоту приема переселенцев</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим уведомляем, что заявление услугополучателя ___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14886,80 +14469,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z502" w:id="57"/>
+    <w:bookmarkStart w:name="z502" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РАСПИСКА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15432,146 +15015,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦП руководителя</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15618,51 +15105,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 9</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правила включения</w:t>
+              <w:t>к Правилам включения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в региональную квоту приема</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15715,143 +15202,202 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z504" w:id="58"/>
+    <w:bookmarkStart w:name="z504" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о включении в региональную квоту приема переселенцев</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"___" _____ 20___ года № _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 9 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z534" w:id="81"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование Услугодателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Региональная комиссия по вопросам занятости населения, рассмотрев в соответствии с Законом Республики Казахстан "О миграции населения", приняла положительное решение:</w:t>
+        <w:t xml:space="preserve">Региональная комиссия по вопросам занятости населения, рассмотрев в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О миграции населения", приняла положительное решение:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -15938,51 +15484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при его наличии)</w:t>
+Фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16195,68 +15741,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z535" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены семьи (при наличии):</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16307,51 +15855,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О.</w:t>
+Фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16916,60 +16464,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...8 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z203" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="1765300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
@@ -16987,152 +16545,51 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...100 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve">       ЭЦП руководителя местного исполнительного органа</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -17195,51 +16652,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 10</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правила включения</w:t>
+              <w:t>к Правилам включения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в региональную квоту приема</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17292,143 +16749,202 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z506" w:id="59"/>
+    <w:bookmarkStart w:name="z506" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об отказе во включении в региональную квоту приема переселенцев</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"___" ________20___ № _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 10 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z537" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование Услугодателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Согласно Закону Республики Казахстан "О миграции населения"</w:t>
+        <w:t xml:space="preserve">Согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закону</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О миграции населения"</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17953,68 +17469,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z538" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения об услугополучателе:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -18030,51 +17548,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+№ р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18102,51 +17620,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ФИО</w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18825,62 +18360,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z539" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основанием для отказа по включению в региональную квоту приема переселенцев является:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18888,71 +18425,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z211" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="1765300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
@@ -18970,70 +18506,65 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>ЭЦП руководителя местного исполнительного органа</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...16 lines deleted...]
-      ЭЦП руководителя</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19140,68 +18671,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 января 2016 года № 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="60"/>
+    <w:bookmarkStart w:name="z61" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила включения в региональную квоту приема переселенцев</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 исключено приказом Министра труда и социальной защиты населения РК от 31.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19245,55 +18776,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>