--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ea8b9ee" w14:textId="ea8b9ee">
+    <w:p w14:paraId="42e3a18" w14:textId="42e3a18">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -879,1440 +879,726 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 января 2016 года № 107</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень объектов информационно-коммуникационной инфраструктуры "электронного правительства", а также программных продуктов информационно-коммуникационной платформы "электронного правительства", закрепляемых за оператором информационно-коммуникационной инфраструктуры "электронного правительства"</w:t>
+        <w:t xml:space="preserve"> Перечень объектов информационно-коммуникационной инфраструктуры "электронного правительства", а также программных продуктов информационно-коммуникационной платформы "электронного правительства", закрепляемых за оператором информационно-коммуникационной инфраструктуры "электронного правительства"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 30.09.2024 </w:t>
+      Сноска. Перечень - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 611/НҚ</w:t>
+        <w:t>№ 491/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 08.01.2025).</w:t>
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 08.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z78" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Информационные системы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z162" w:id="7"/>
+    <w:bookmarkStart w:name="z79" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) веб-портал "электронного правительства";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z163" w:id="8"/>
+    <w:bookmarkStart w:name="z80" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шлюз "электронного правительства";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z164" w:id="9"/>
+    <w:bookmarkStart w:name="z81" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) информационная система "Государственная база данных "Физические лица";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z165" w:id="10"/>
+    <w:bookmarkStart w:name="z82" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) информационная система "Государственная база данных "Юридические лица";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z166" w:id="11"/>
+    <w:bookmarkStart w:name="z83" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) информационная система "Государственная база данных "Е-лицензирование";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z167" w:id="12"/>
+    <w:bookmarkStart w:name="z84" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) информационная система "Платежный шлюз "электронного правительства";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z168" w:id="13"/>
+    <w:bookmarkStart w:name="z85" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) информационная система "Адресный регистр";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p>
-[...87 lines deleted...]
-      9) информационная система "Интегрированная информационная система центров обслуживания населения";</w:t>
+    <w:bookmarkStart w:name="z86" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) информационная система "Интегрированная информационная система центров обслуживания населения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z171" w:id="15"/>
-[...15 lines deleted...]
-      10) информационная система "Интернет-портал государственных органов Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z87" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) информационная система "Интернет-портал государственных органов Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z172" w:id="16"/>
-[...15 lines deleted...]
-      11) единая система электронного документооборота государственных органов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) единая система электронного документооборота государственных органов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z173" w:id="17"/>
-[...15 lines deleted...]
-      12) таможенная автоматизированная информационная система;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) информационная система "ЗАГС";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z174" w:id="18"/>
-[...15 lines deleted...]
-      13) селективный контроль и управление рисками;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) информационная система "Регистр движимого имущества";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z175" w:id="19"/>
-[...15 lines deleted...]
-      14) статистика, анализ, организация доступа к данным статистики внешней торговли;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) информационная система "Мобильный офис Правительства Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z176" w:id="20"/>
-[...15 lines deleted...]
-      15) контроль над производством и оборотом алкогольной продукции с использованием учетно-контрольных марок с голографическим защитным элементом;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) информационная система "Эталонный контрольный банк нормативных правовых актов Республики Казахстан в электронном виде";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z177" w:id="21"/>
-[...15 lines deleted...]
-      16) контроль за производством и оборотом подакцизной продукции и отдельных видов нефтепродуктов (Акциз);</w:t>
+    <w:bookmarkStart w:name="z93" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) автоматизированная информационная система "Государственный земельный кадастр";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z178" w:id="22"/>
-[...15 lines deleted...]
-      17) интегрированное хранилище данных;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) информационная система "Мобильное правительство";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z179" w:id="23"/>
-[...15 lines deleted...]
-      18) комплекс электронного декларирования "Web-декларант";</w:t>
+    <w:bookmarkStart w:name="z95" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) программное обеспечение "Платформа "ASHYQ" (программа для электронно-вычислительной машины);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z180" w:id="24"/>
-[...15 lines deleted...]
-      19) интегрированная информационная система казначейства;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) информационная система "Е-обращение";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z181" w:id="25"/>
-[...15 lines deleted...]
-      20) информационная система "ЗАГС";</w:t>
+    <w:bookmarkStart w:name="z97" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) информационная система "Единый электронный архив документов";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z182" w:id="26"/>
-[...15 lines deleted...]
-      21) информационная система "Регистр движимого имущества";</w:t>
+    <w:bookmarkStart w:name="z98" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) интегрированная информационная система управление персоналом "Е-қызмет";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z183" w:id="27"/>
-[...15 lines deleted...]
-      22) автоматизированная информационная система "Национальный институт интеллектуальной собственности";</w:t>
+    <w:bookmarkStart w:name="z99" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) единая информационная система юридической помощи "Е-заң көмегі";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z184" w:id="28"/>
-[...15 lines deleted...]
-      23) информационная система электронного обучения "e-learning";</w:t>
+    <w:bookmarkStart w:name="z100" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) информационная система "Единая нотариальная информационная система";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z185" w:id="29"/>
-[...15 lines deleted...]
-      24) информационная система "Web-приложение Кабинет налогоплательщика";</w:t>
+    <w:bookmarkStart w:name="z101" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) информационная система "Контроль, учет и выдача учетно-контрольных марок и другой печатной продукции Республиканского государственного предприятия "Банкнотная фабрика Национального Банка Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z186" w:id="30"/>
-[...15 lines deleted...]
-      25) информационная система "Система обработки налоговой отчетности";</w:t>
+    <w:bookmarkStart w:name="z102" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) информационная система технического регулирования "Е-КТРМ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z187" w:id="31"/>
-[...15 lines deleted...]
-      26) информационная система "Промышленная платформа интеграции информационных систем налогового администрирования";</w:t>
+    <w:bookmarkStart w:name="z103" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) информационная система "Единый государственный кадастр недвижимости";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z188" w:id="32"/>
-[...15 lines deleted...]
-      27) информационная система "Интегрированная налоговая информационная система";</w:t>
+    <w:bookmarkStart w:name="z104" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) информационная система централизованного сбора и хранения электронных информационных ресурсов в сфере жилищных отношений и жилищно-коммунального хозяйства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z189" w:id="33"/>
-[...15 lines deleted...]
-      28) информационная система "Единое хранилище данных";</w:t>
+    <w:bookmarkStart w:name="z105" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) информационная система "Национальный банк данных о состоянии окружающей среды и природных ресурсов Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z190" w:id="34"/>
-[...15 lines deleted...]
-      29) информационная система "Централизованный унифицированный лицевой счет";</w:t>
+    <w:bookmarkStart w:name="z106" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аппаратно-программный комплекс Министерства юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z191" w:id="35"/>
-[...562 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>