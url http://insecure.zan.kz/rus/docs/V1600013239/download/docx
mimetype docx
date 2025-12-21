--- v0 (2025-10-14)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ee77d70" w14:textId="ee77d70">
+    <w:p w14:paraId="f5c24f8" w14:textId="f5c24f8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -688,111 +688,125 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 22 января 2016 года № 37 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила</w:t>
-[...23 lines deleted...]
-        <w:t>подведомственные Министерству обороны Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Правила перевода и восстановления в военные учебные заведения, подведомственные Министерству обороны Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила - в редакции приказа Министра обороны РК от 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 667</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
@@ -1008,630 +1022,752 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При получении неудовлетворительной оценки при ликвидации академической разницы по дисциплине, повторная сдача не допускается, а обучающиеся подлежат отчислению за академическую неуспеваемость из ВУЗа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. При переводе или восстановлении, обучающегося из зарубежной организации образования представляется академическая справка или транскрипт.</w:t>
+      8. При переводе или восстановлении обучающегося из зарубежной организации образования представляется академическая справка или транскрипт.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...15 lines deleted...]
-      При переводе или восстановлении обучающегося из зарубежной организации образования, получившего общее среднее или техническое и профессиональное образование за рубежом, предоставляется документ о завершении образования, который прошел процедуру признания или нострификации в Республике Казахстан в порядке, установленными Правилами признания документов о среднем, техническом и профессиональном, послесреднем образовании, утвержденными приказом Министра просвещения Республики Казахстан от 28 июля 2023 года № 230 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33219).</w:t>
+    <w:bookmarkStart w:name="z68" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При переводе или восстановлении обучающегося из зарубежной организации образования, получившего общее среднее или техническое и профессиональное образование за рубежом, предоставляется документ о завершении образования, который прошел процедуру признания в Республике Казахстан в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> признания документов о среднем, техническом и профессиональном, послесреднем образовании, утвержденными приказом Министра просвещения Республики Казахстан от 28 июля 2023 года № 230 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33219).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z69" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При переводе или восстановлении обучающегося из зарубежной организации образования, получившего высшее или послевузовское образование за рубежом, предоставляется документ о завершении образования, который прошел процедуру признания в Республике Казахстан в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> признания документов об образовании, утвержденными приказом Министра науки и высшего образования Республики Казахстан от 12 июня 2023 года № 268 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32800).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок перевода в ВУЗы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Перевод обучающихся в ВУЗы осуществляется с одной специальности на другую внутри того же ВУЗа, из одного ВУЗа в другой, из другой организации образования (далее – учебное заведение).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Перевод обучающегося из одного учебного заведения в другое осуществляется в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обучающийся подает рапорт (заявление) о переводе на имя руководителя учебного заведения или ВУЗа, где он обучается, с приложением поясняющих причину перевода документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при получении письменного согласия на перевод от руководителя учебного заведения или ВУЗа, рапорт вместе с академической справкой или транскриптом и характеристикой направляется в структурное подразделение, курирующее вопросы военного образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) структурное подразделение, курирующее вопросы военного образования в течении 10 (десяти) рабочих дней на основании представленных документов, принимает решение о переводе обучающегося в ВУЗ или отказе в переводе, при положительном решении в течении 3 (трех) рабочих дней направляет документы в ВУЗ, в который переводится обучающийся;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) руководитель учебного заведения или ВУЗа, где ранее обучался обучающийся, при получении от структурного подразделения, курирующее вопросы военного образования положительного решения, в течении 7 (семи) рабочих дней издает приказ об отчислении обучающегося с формулировкой "отчислен в связи с переводом" и в течение 3 (трех) рабочих дней со дня издания приказа об отчислении направляет обучающегося с предписанием, пересылает личное дело обучающегося по адресу принимающего ВУЗа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) руководитель принимающего ВУЗа по прибытию обучающегося издает приказ о зачислении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок восстановления в ВУЗы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Восстановление обучающихся в ВУЗ осуществляется по соответствующему уровню образования, если ими ранее было успешно завершено не менее одного семестра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Восстановление на обучение граждан осуществляется в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) гражданин подает заявление произвольной форме, на имя руководителя структурного подразделения, курирующего вопросы военного образования о восстановлении в выбранный им ВУЗ, или на веб-портал "электронного правительства" www.egov.kz (далее – портал) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписанным электронной цифровой подписью услугополучателя либо удостоверенным одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала. К заявлению о восстановлении прилагается транскрипт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) структурное подразделение, курирующее вопросы военного образования в течении 10 (десяти) рабочих дней на основании представленных документов, принимает решение о восстановлении в военное высшее учебное заведение или отказе, при положительном решении в течении 3 (трех) рабочих дней направляет документы в выбранный гражданином ВУЗ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отделение документационного обеспечения услугодателя принимает и регистрирует заявление услугополучателя в день его обращения. После регистрации копия заявления передается услугополучателю с проставлением штампа, входящего номера и даты регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении через портал в "личный кабинет" услугополучателя направляется статус о принятии заявления на оказание государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случаях представления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель отказывает услугополучателю в день его обращения в приеме заявления, а при обращении услугополучателя через портал в "личный кабинет" направляется статус об отказе по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) отделение документационного обеспечения услугодателя передает руководителю уполномоченного органа заявление услугополучателя с приложенными документами в день его регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ВУЗ в течении 3 (трех) рабочих дней после получения решения от структурного подразделения, курирующего вопросы военного образования, определяет академическую разницу, специальность и курс обучения и информирует структурное подразделение, курирующего вопросы военного образования о наличии академической разницы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) руководитель уполномоченного органа в течении 1 (одного) рабочего дня направляет заявление на исполнение ответственному исполнителю;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) исполнитель, после приема заявления, направляет запрос в военное учебное заведение о целесообразности и определении академической разницы, специальности и курса обучения для восстановления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) структурное подразделение, курирующее вопросы военного образования в течение 10 (десяти) рабочих дней, извещает военное высшее учебное заведение и гражданина о возможности восстановления, гражданин прибывает в военное высшее учебное заведение в определенный ему срок с подлинниками удостоверения личности, академической справки или транскрипта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) руководитель ВУЗа после проверки подлинников документов издает приказ о восстановлении на обучение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Результат оказания государственной услуги в бумажном виде выдается через отделение документационного обеспечения услугодателя, а в электронном виде направляется в "личный кабинет" услугополучателя по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписанного электронной цифровой подписью уполномоченного лица услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z46" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При получении отрицательного ответа от ВУЗа, услугодатель направляет в "личный кабинет" услугополучателя уведомление об отказе в восстановлении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отказа услугодатель предварительно уведомляет услугополучателя об отказе в оказании услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позиции по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1650,190 +1786,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:bookmarkStart w:name="z48" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления. По результатам заслушивания услугодатель принимает решение о возможности в восстановлении, либо отказе в восстановлении в военное учебное заведение. В случае устранения услугополучателем причин отказа в оказании государственной услуги услугополучатель обратиться повторно для получения государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z49" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Перечень основных требований к оказанию государственной услуги, включающий характеристику процесса, форму, содержание и результат оказания государственной услуги, а также сведения с учетом особенностей оказания государственной услуги (далее – Перечень) определены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложение 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя, определен в пункте 8 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Результат оказания государственной услуги определен в пункте 5 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В соответствии с подпунктом 11) пункта 2 статьи 5 Закона Республики Казахстан "О государственных услугах" и приказом и.о. Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8555) услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z53" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При внесении изменений и (или) дополнений в Правила структурное подразделение, курирующее вопросы военного образования, направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", Единый контакт-центр услугодателя о таких изменениях и (или) дополнениях в течение 3 (трех) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1951,68 +2087,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министерству обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра здравоохранения РК от 01.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3814,126 +3950,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министерства обороны РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:bookmarkStart w:name="z58" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 2 в соответствии с приказом Министра здравоохранения РК от 01.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z59" w:id="54"/>
+      <w:bookmarkStart w:name="z59" w:id="55"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Я гражданин РК ___________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "____"______ ____ года рождения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4102,180 +4238,180 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министерству обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление об отказе в восстановлении в военные учебные заведения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерства обороны Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Восстановление в военные учебные заведения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерства обороны Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование государственной услуги)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 2-1 в соответствии с приказом Министра здравоохранения РК от 01.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z63" w:id="57"/>
+      <w:bookmarkStart w:name="z63" w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4586,157 +4722,157 @@
               <w:t>Министерству обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z65" w:id="58"/>
+      <w:bookmarkStart w:name="z65" w:id="59"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № _______________ "Регистрационный номер"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________ "Дата подачи заявления"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление о восстановлении в военное учебное заведение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 2-2 в соответствии с приказом Министра здравоохранения РК от 01.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z67" w:id="60"/>
+      <w:bookmarkStart w:name="z67" w:id="61"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдано _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5017,55 +5153,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>