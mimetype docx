--- v0 (2025-11-07)
+++ v1 (2025-12-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fc01776" w14:textId="fc01776">
+    <w:p w14:paraId="3a6c56c" w14:textId="3a6c56c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,10455 +85,11623 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в решение акима Кызылжарского района Северо-Казахстанской области от 03 апреля 2014 года № 07 "Об образовании избирательных участков на территории Кызылжарского района Северо-Казахстанской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Решение акима Кызылжарского района Северо-Казахстанской области от 26 февраля 2015 года № 02. Зарегистрировано Департаментом юстиции Северо-Казахстанской области 2 марта 2015 года № 3125</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение акима Кызылжарского района Северо-Казахстанской области от 26 февраля 2015 года № 02. Зарегистрировано Департаментом юстиции Северо-Казахстанской области 2 марта 2015 года № 3125. Утратило силу решением акима Кызылжарского района Северо-Казахстанской области от 30 сентября 2025 года № 13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      В соответствии со </w:t>
+        <w:t xml:space="preserve">
+      В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 24 марта 1998 года "О нормативных правовых актах" аким Кызылжарского района Северо-Казахстанской области </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>РЕШИЛ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>решение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акима Кызылжарского района Северо-Казахстанской области от 03 апреля 2014 года №07 "Об образовании избирательных участков на территории Кызылжарского района Северо-Казахстанской области" (зарегистрированного в Реестре государственной регистрации нормативных правовых актов за №2695 от 30 апреля 2014 года, опубликовано в газете "Маяк" от 30 мая 2014 года за №22 (5473), в газете "Қызылжар" от 30 мая 2014 года №22 (569)) следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> указанного решения изложить в новой редакции согласно </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанного решения изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
-      <w:r>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Контроль за исполнением данного решения возложить на руководителя аппарата акима Кызылжарского района Северо-Казахстанской области Акылбекову Ж.Х.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Настоящее решение вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7791"/>
-        <w:gridCol w:w="4209"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7791" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z9" w:id="1"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Аким Кызылжарского района</w:t>
-[...13 lines deleted...]
-      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Северо-Казахстанской области</w:t>
+              <w:t>Аким Кызылжарского района</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="1"/>
-[...17 lines deleted...]
-          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Б. Жумабеков</w:t>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7791" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z10" w:id="2"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      СОГЛАСОВАНО</w:t>
-[...2 lines deleted...]
-              <w:br/>
+              <w:t>Б. Жумабеков</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-      </w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Председатель</w:t>
-[...13 lines deleted...]
-      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кызылжарской районной</w:t>
-[...95 lines deleted...]
-              <w:t>26 февраля 2015 года</w:t>
+              <w:t>СОГЛАСОВАНО</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="2"/>
-[...17 lines deleted...]
-          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Султангазин Н.К.</w:t>
+              <w:t>Председатель</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...40 lines deleted...]
-          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кызылжарской районной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>избирательной комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>26 февраля 2015 года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
-[...48 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Султангазин Н.К.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z12" w:id="4"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Приложение к решению акима Кызылжарского района Северо-Казахстанской области от 03 апреля 2014 года №07</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к решению акима Кызылжарского района Северо-Казахстанской области от 26 февраля 2015 года № 02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к решению акима Кызылжарского района Северо-Казахстанской области от 03 апреля 2014 года №07</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Избирательные участки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Избирательный участок № 286</w:t>
       </w:r>
-      <w:r>
-[...9513 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Архангельское, здание коммунального государственного учреждения "Архангельская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Архангельское;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Избирательный участок № 287</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Новокаменка, здание коммунального государственного учреждения "Новокаменская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Новокаменка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Избирательный участок № 288</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Асаново, здание коммунального государственного учреждения "Асановскаясредняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка : село Асаново;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) Избирательный участок № 289</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Толмачевка, медицинский пункт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Толмачевка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) Избирательный участок № 290</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Михайловка, здание бывшей школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Михайловка,селоМалое Белое;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) Избирательный участок № 291</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Плоское, здание коммунального государственного учреждения "Плоская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Плоское;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) Избирательный участок № 292</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Большая Малышка, здание коммунального государственного учреждения "Большемалышенская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Большая Малышка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) Избирательный участок № 293</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Барневка, здание коммунального государственного учреждения "Барневская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Барневка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) Избирательный участок № 294</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Гончаровка, здание фельдшерского пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Гончаровка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) Избирательный участок № 295</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Ташкентка, здание конторы товарищества с ограниченной ответственностью "СБИ-Агро" (по согласованию);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Ташкентка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) Избирательный участок № 296</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Октябрьская, 17, здание конторы товарищества с ограниченной ответственностью "Бишкульская птицефабрика" (по согласованию):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Мира - 1,3,5,7,9,11,13,15,17,19,21,23,25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Октябрьская – 1, 2, 3,4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15,16,19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Пирогова-1,3,5,7,9,11,13,15,17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Лесная-1,1а,3,5,7,9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Райавтодор-1,3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Луговая-1,2,2а, 3,5,6,7,8,9,11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Жумабаева – 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Бишкульская – 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Садовая-5,7,12, 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Полевая-2,3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Южная-2,15,17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Кызылжарская-2, 3,4, 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Казахстанская-1, 2, 5, 8, 16, 18, 22,24, 32, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Курмангазы – 1, 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Труда-1,5,8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Солнечная-1,5,6,7,9, 10, 11, 12, 13, 14, 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Фабричная-2,3,3а, 4,7,13, 14,22,24,25,26, 30,32,48,52;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Карима Сутюшева-1,2, 3,5,10,13,15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Есенина - 4, 9, 10, 11, 20, 25, 31, 39,40, 42,43, 44, 46,48,50;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Пушкина-8 - 12, 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Первомайская-22,24, 26,34,36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Сенатская – 5, 7,9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Степная-2,3, 4,11,14, 15, 16, 17, 18, 19,20, 23, 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Энтузиастов – 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Абулхаира-3,8,12,16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Дагестанская-1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улицы: Ч.Валиханова, Г.Мусрепова, С.Сейфуллина, К.Сатпаева, М.Маметовой, Кенесары, Толе би, Казыбек би, Райымбек батыра, Цветочная, Взлетная, Циолковского, Некрасова, Кунаева, Зеленая, Восточная, Магистральная, Конституции, М. Ауэзова, Дня Республики, 60 лет Победы, Юбилейная, Авиаторная;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) Избирательный участок № 297</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Гагарина 10, здание коммунального государственного казенного предприятия "Кызылжарский районный Дом культуры акимата Кызылжарского района Северо-Казахстанской области Министерства культуры и информации Республики Казахстан":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Комарова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37,39,41,43,45,47,49;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улицаКалинина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Озерная – 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23,24,26,28,30,32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Молодежная -1, 2, 3, 4, 5, 6,7,9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23,25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Театральная -1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34,37,41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Пионерская-2,2а,4,6,8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Ленина – 1, 2, 3, 4, 5, 6 , 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35,36,38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Целинная-4,6,8,10,12,14,16,18,20,22,24,26,28,30,32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Ульянова–1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Дорожная-1,2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Строительная-1,2,3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) Избирательный участок № 298</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Новая 20, здание территориальной инспекции Министерства сельского хозяйства Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Комарова – 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70,72, 73;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Рабочая -1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13,14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Куйбышева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31,32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Целинная-36,38,44,56,58,60,62;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Калинина-35,35а,36,36а,37,38,39,40, 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Энергетиков-1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Ломоносова–1, 2, 3, 4, 5, 6, 7, 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Амангельды – 1, 2, 3, 4, 5, 6, 7, 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Абая – 1, 2, 3, 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Интернациональная – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Ипподромная – 1, 2, 3, 4, 5, 6, 7, 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Чайковского – 1, 2, 3, 4, 5, 6, 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Новосельская – 1, 2, 3, 4, 5, 6, 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Аккаинская – 1, 2, 3, 4, 5;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Комсомольская – 1, 2,3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Дзержинского – 1, 2, 3, 4, 5, 6,7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Северная-1, 2, 3, 4, 5, 6, 7,7а, 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Дачная – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10,14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Джамбула-4,6,8,10,12,14,16,18,20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Сенная – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12,13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Новая – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24,25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Монтажников – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Степана Разина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица СабитаМуканова–1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28,29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица 70 лет Октября – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Добровольского – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10 ,11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23 ,24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34,35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) Избирательный участок № 299</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Институтская,5 здание коммунального государственного учреждения "Бескольская средняя школа №2" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Береговая-1,3,5,7,9,11,13,15,17,19,21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Кирова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35,36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Советская – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Почтовая – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Фурманова-1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13,15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Спортивная-1,3,5,7,9,11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Горького-1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Ибраева;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) Избирательный участок № 300</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Институтская 1, здание коммунального государственного учреждения "Школа-лицей "Парасат" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Береговая-23,25,27,29,31,33,35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Кирова – 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 96;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Горького – 41, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85 – 88;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Советская – 43, 44, 45, 46, 47, 48,49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101,102;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Фурманова-14,16,18,21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49,51,53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Спортивная – 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Стройдвор-1,2,3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Почтовая – 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улицы: Институтская, Школьная;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) Избирательный участок № 301</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Подгорное, здание коммунального государственного учреждения "Подгорненская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Подгорное;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) Избирательный участок № 302</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Приишимка, здание коммунального государственного учреждения "Приишимская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Приишимка, село Карлуга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) Избирательный участок № 303</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Чапаево, здание коммунального государственного учреждения "Чапаевская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Чапаево,село Трудовая Нива;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) Избирательный участок № 304</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, аул Байтерек, здание товарищества с ограниченной ответственностью "Элита Север" (по согласованию);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Границы участка: аул Байтерек; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) Избирательный участок № 305</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Бугровое, здание коммунального государственного учреждения "Бугровская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Бугровое, село Николаевка, село Новогеоргиевка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21) Избирательный участок № 306</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Сосновка, здание Лесного государственного лесничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Сосновка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) Избирательный участок № 307</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Красноперовка, здание фельдшерского пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Красноперовка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23) Избирательный участок № 308</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Вагулино, здание Вагулинского сельского клуба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Вагулино;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24) Избирательный участок № 309</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Кустовое, здание Кустовского сельского клуба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Кустовое;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25) Избирательный участок № 310</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Желяково, здание основной школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Желяково;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26) Избирательный участок № 311</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Красноярка, здание коммунального государственного учреждения "Красноярская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Красноярка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27) Избирательный участок № 312</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Сивково, здание коммунального государственного учреждения "Сивковская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Сивково;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28) Избирательный участок № 313</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Сумное, здание коммунального государственного учреждения "Сумная начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Сумное;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29) Избирательный участок № 314</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Исаковка, здание бывшей школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Исаковка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30) Избирательный участок № 315</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Долматово, здание коммунального государственного учреждения "Долматовская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Долматово;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31) Избирательный участок № 316</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село 2-й Красный Яр, здание фельдшерского пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село 2-ой Красный Яр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32) Избирательный участок № 317</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Боголюбово, здание коммунального государственного учреждения "Боголюбовская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Боголюбово;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33) Избирательный участок № 318</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Боголюбово, здание коммунального государственного учреждения "Кызылжарский аграрно-технический колледж";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Боголюбово;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34) Избирательный участок № 319</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Боголюбово, здание кафе "Центр" (по согласованию) центральная усадьба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Боголюбово;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35) Избирательный участок № 320</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Надежка, здание коммунального государственного учреждения "Надеждинская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Надежка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36) Избирательный участок № 321</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Вознесенка, здание коммунального государственного учреждения "Вознесенская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Вознесенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37) Избирательный участок № 322</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Пресновка, здание Пресновского сельского клуба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Пресновка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>38) Избирательный участок № 323</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Глубокое, здание коммунального государственного учреждения "Глубоковская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Глубокое;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>39) Избирательный участок № 324</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Налобино, зданиекоммунального государственного учреждения "Налобинская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Налобино, село Николаевка, село Лебедки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>40) Избирательный участок № 325</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Дубровное, здание коммунального государственного учреждения "Дубровинская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Дубровное;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>41) Избирательный участок № 326</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Гайдуково, здание фельдшерского пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Гайдуково;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42) Избирательный участок № 327</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Новоникольское, здание коммунального государственного казенного предприятия "Дом культуры" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Новоникольское;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43) Избирательный участок № 328</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Новоалександровка, здание Новоалександровского сельского клуба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Новоалександровка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44) Избирательный участок № 329</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Трудовое, здание Трудового сельского клуба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Трудовое;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>45) Избирательный участок № 330</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Петерфельд, здание коммунального государственного учреждения "Петерфельдская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Петерфельд, село Измайловка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>46) Избирательный участок № 331</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Петерфельд, поселок нефтяников, здание ясли-сада "Ак Бота";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Петерфельд;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>47) Избирательный участок № 332</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Кондратовка, здание коммунального государственного учреждения "Кондратовская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Кондратовка, село Боровское, платформа 2603 км;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48) Избирательный участок № 333</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, станция Затон, здание медицинского пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Затон;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49) Избирательный участок № 334</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Прибрежное, здание коммунального государственного учреждения "Прибрежная средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Прибрежное;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>50) Избирательный участок № 335</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Тепличное, здание медицинского пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Тепличное;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51) Избирательный участок № 336</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Шаховское, здание коммунального государственного учреждения "Шаховская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Шаховское;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52) Избирательный участок № 337</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Рассвет, здание коммунального государственного учреждения "Рассветская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Рассвет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53) Избирательный участок № 338</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Семипалатное, здание коммунального государственного учреждения "Семипалатная начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Семипалатное;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>54) Избирательный участок № 339</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Красная Горка, здание коммунального государственного учреждения "Красногоровская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Красная Горка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>55) Избирательный участок № 340</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Водопроводное, здание коммунального государственного учреждения "Водопроводная средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Водопроводное;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>56) Избирательный участок № 341</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Пеньково, здание коммунального государственного учреждения "Пеньковская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Пеньково;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>57) Избирательный участок № 342</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Березовка, здание коммунального государственного учреждения "Березовская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Березовка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>58) Избирательный участок № 343</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Белое, здание коммунального государственного учреждения "Беловская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Белое;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>59) Избирательный участок № 344</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Знаменское, здание коммунального государственного учреждения "Знаменская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Знаменское;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 345</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Байсал, здание фельдшерского пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Байсал;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>60) Избирательный участок № 346</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Метлишино, здание коммунального государственного учреждения "Метлишинская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Метлишино;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>61) Избирательный участок № 347</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Новоникольское, здание коммунального государственного учреждения "Новоникольская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Новоникольское;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>62) Избирательный участок № 348</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Соколовка, здание государственного учреждения "Аппарат акима Соколовского сельского округа":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">улица 40 лет Победы-2,4,6,8, 10,12,14,16,18,20,22, 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Береговая–5,6,7,8,9,10,11,12,13,14,15,16,17,18,19,20,21,22,23,24,25,26,27,28,29, 30,31,32,33,34,35,36,37,38,39,40,41,42,43,44,45,46,47,48,49,50,51,52,53,54,55,56,57,58,59,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>60,61,62,63;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Шухова–7,8,9,10,11,12,13,14,15,16,17,18,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19,20,21,22,23,24,25,26,27,28,29,30, 31,32,33,34,35,36,37,38,39,40,41,42,43,44,45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Абая –3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13,14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39,40,41,42,43,44,45,46,47,48,49,50,51,52,53,54, 55, 56, 57, 58, 59, 60, 61, 62, 63,64,65,66,67,68,69,70,71,72,73,74,75,76,77,78,79,80,81,82,83, 84,85,86,87,88,89,90,91,92,93,94,95,96,97,98;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Комсомольская-1,3,5,6,7,9, 10, 11,13,15,17, 20, 22, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 43,45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Октябрьская - 2,4, 5, 6, 9, 11, 12, 13, 16, 17, 18, 19, 20, 23, 31, 32, 35, 36, 37, 38, 39, 40, 42,44, 45, 46, 47, 49, 50,52,54, 55, 58, 59, 60, 61;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Целинная – 3,4,5,6,7,8,9,10,11,12,13,14,15,16,17,18,20,22, 23, 25, 27, 29, 33, 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Трудовая-3, 4, 5, 6, 7,9, 10, 11,13, 14, 16, 17, 18, 20, 23, 25, 26, 27, 28, 29, 30, 31, 32, 34, 35, 37, 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Интернациональная – 3,4,5,6,7,8,9,10,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Полевая-2,4,6,8,10,12,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Мира – 1, 2,4,5,6,7,8,9,10,11,12,14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Автодора-1,3,5,7,9,11,13,15,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Заречная – 1,2,3,4,5,6,7,8,9,10,12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Приишимская – 1,2,3,4,5,6,8,9,10,11,12,14,15,16,17,19,20,21,22,23,24,25,26,28, 30,34,36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Кирова – 2, 4 - 12, 14, 15, 20, 22, 25, 28, 29, 30, 32, 33, 34, 35,37, 38, 39, 40, 41, 42, 43,45,47, 48, 49, 50, 52, 53, 54, 56, 57, 58, 59, 60, 63, 64, 65,67, 69, 70,72,74,76,78,80, 82,84,86,90,92,94,96, 98,100,102,106,104;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Степная-1, 2, 4, 6, 8 - 20,22,23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Первомайская – 4, 6, 11, 12, 13, 14, 15, 19, 20, 21, 22, 23, 24, 25, 27, 30,32,34,38,40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Строительная-2,4,6,8,10,12,14,18,20,22,23,28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Молодежная – 1,2,3,4,5,6,7,8,9,10,11,12,13,14, 16,17,18,19,20,21, 23, 25, 27, 28, 29, 29а, 30, 31, 32, 34, 35, 36, 37, 41, 43;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>63) Избирательный участок № 349</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Соколовка, здание коммунального государственного учреждения "Соколовская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Село Соколовка, улица Абая – 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198,199,200;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Береговая – 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184,185;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Шухова – 46,47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57,58;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Гайдара – 2, 3, 4, 5, 6, 7, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 25, 26, 28, 29, 30, 31, 33, 35, 37, 39, 41, 41а, 43, 44, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 95, 105,106,107,108,109,110;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Лесная – 3, 4, 5, 6, 7, 8, 9, 10,12,14, 15, 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Пионерская-1, 4, 7, 11, 12, 13, 16, 17,19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 33, 34, 35, 36, 38, 41, 42, 43,45, 46, 47,49,51,53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 68,70,72,74,76,78,82;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Сибирская – 1, 2, 3, 4, 5, 6, 7, 8, 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Школьная-1,3,4,13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Березовая–1, 2, 3, 4, 5, 6, 7, 8, 9, 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Бостандыкская-1,3,7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица Озерная – 1, 2,3,4,5,6, 7, 8,9,10,11,12,13, 14,15,16,17,18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120,121;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>64) Избирательный участок № 350</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Якорь, здание коммунального государственного учреждения "Якорьская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Якорь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>65) Избирательный участок № 351</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Ольшанка, здание коммунального государственного учреждения "Ольшанская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Ольшанка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>66) Избирательный участок № 352</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область, Кызылжарский район, село Вознесенка, здание бывшей начальной школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Вознесенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>67) Избирательный участок № 353</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, село Вишневка, здание коммунального государственного учреждения "Вишневская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Границы участка: село Вишневка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>68) Избирательный участок № 354</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место нахождения избирательного участка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северо-Казахстанская область,Кызылжарский район, аул Бесколь, улица Ипподромная 1, здание комплекса "Кулагер" (по согласованию):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улицы: Целинная, Энергетиков, Ломоносова, Интернациональная, 70 лет Октября, Добровольского, Амангельды, Чайковского, Аккайынская, Новосельская.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -10861,35 +12031,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>