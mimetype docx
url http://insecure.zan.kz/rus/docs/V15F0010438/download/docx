--- v0 (2025-10-16)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0e3f095" w14:textId="0e3f095">
+    <w:p w14:paraId="bf10e58" w14:textId="bf10e58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,783 +93,987 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении требований к планам противопожарных мероприятий, разрабатываемым лесопользователями при долгосрочном лесопользовании</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 18-02/58. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 марта 2015 года № 10438</w:t>
+        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 18-02/58. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 марта 2015 года № 10438.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Лесного кодекса Республики Казахстан от 8 июля 2003 года, </w:t>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 489)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      1. Утвердить прилагаемые </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>требования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к планам противопожарных мероприятий, разрабатываемым лесопользователями при долгосрочном лесопользовании.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан обеспечить в установленном законодательством порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "СОГЛАСОВАН"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Министр внутренних дел   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Республики Казахстан   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________ К. Касымов   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13 февраля 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом Министра сельского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хозяйства Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 января 2015 года № 18-02/58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Требования к планам противопожарных мероприятий, разрабатываемым лесопользователями</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...188 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>при долгосрочном лесопользовании</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лесопользователи, которым участки лесного фонда переданы на долгосрочное лесопользование, ежегодно разрабатывают и реализуют план противопожарных мероприятий (далее – План).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      План включает:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Утверждены              </w:t>
-[...3 lines deleted...]
-      </w:r>
+      1) предупредительные противопожарные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мероприятия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-приказом Министра сельского     </w:t>
-[...3 lines deleted...]
-      </w:r>
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мероприятия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по тушению лесных пожаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В предупредительных противопожарных мероприятиях предусматриваются конкретные объемы работ и места их проведения, основанные на материалах лесоустройства и планах противопожарного устройства лесов государственного лесовладельца, в границах которого находится (находятся) участок (участки) лесного фонда, переданный (переданные) в лесопользование. Планируемые мероприятия предусматривают последовательность действий, продолжение ранее выполненных работ и увязываются с работами, проводимыми на соседних участках лесного фонда лесовладельцами и лесопользователями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В предупредительные противопожарные мероприятия также включаются работы по уходу за имеющимися противопожарными разрывами и полосами, ремонту пожарных наблюдательных вышек, противопожарного оборудования и техники, дорог, найму временных пожарных сторожей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для всех работ по предупредительным противопожарным мероприятиям устанавливаются календарные сроки выполнения и ответственные за выполнение лица, а также указывается объем работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-хозяйства Республики Казахстан    </w:t>
-[...3 lines deleted...]
-      </w:r>
+      3. Мероприятия по тушению лесных пожаров предусматривают работы по организации тушения пожаров как собственными силами, так и в случаях, когда эти пожары по каким-либо причинам невозможно ликвидировать собственными силами и средствами. В последнем случае по согласованию с государственным лесовладельцем определяются силы и технические средства, которые направляются для тушения лесного пожара, а также силы и технические средства других организаций, базирующихся в населенных пунктах в районе расположения соответствующего участка лесного фонда. Мероприятия по тушению лесных пожаров предусматривает формирование добровольных общественных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формирований</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (команд) для тушения лесных пожаров, организация питания людей, занятых тушением лесных пожаров, и медицинской помощи, связи, а также создание за счет лесопользователя резерва горюче-смазочных материалов на пожароопасный сезон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-от 30 января 2015 года № 18-02/58  </w:t>
-[...256 lines deleted...]
-      4. План лесопользователей, которым участки лесного фонда переданы на долгосрочное лесопользование, предоставляются государственным лесовладельцам для согласования не позднее 15 февраля текущего года. План лесопользователя согласовывается государственным лесовладельцем и утверждается самим лесопользователем в соответствии с подпунктом 6) </w:t>
+      4. План лесопользователей, которым участки лесного фонда переданы на долгосрочное лесопользование, предоставляются государственным лесовладельцам для согласования не позднее 15 февраля текущего года. План лесопользователя согласовывается государственным лесовладельцем и утверждается самим лесопользователем в соответствии с подпунктом 6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лесного Кодекса Республики Казахстан от 8 июля 2003 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>