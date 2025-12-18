--- v0 (2025-10-15)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e4e1f89" w14:textId="e4e1f89">
+    <w:p w14:paraId="5b2eb2e" w14:textId="5b2eb2e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,3253 +93,3616 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил установления ширины запретных полос лесов по берегам рек, озер, водохранилищ, каналов и других водных объектов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 27 января 2015 года № 18-02/43. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 марта 2015 года № 10360</w:t>
+        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 27 января 2015 года № 18-02/43. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 марта 2015 года № 10360.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 13 Лесного кодекса Республики Казахстан от 8 июля 2003 года, </w:t>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 212)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
-      </w:r>
-[...135 lines deleted...]
-      3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>      Министр                                    А. Мамытбеков</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра экологии и природных ресурсов РК от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Утверждены           </w:t>
-[...69 lines deleted...]
-№ 18-02/43           </w:t>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установления ширины запретных полос лесов по берегам рек, озер, водохранилищ, каналов и других водных объектов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) размещение настоящего приказа на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сельского хозяйства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 27 января 2015 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 18-02/43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Правила</w:t>
+        <w:t xml:space="preserve"> Правила</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-установления ширины запретных полос лесов по берегам рек, озер,</w:t>
+        <w:t>установления ширины запретных полос лесов по берегам рек, озер,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-водохранилищ, каналов и других водных объектов</w:t>
+        <w:t>водохранилищ, каналов и других водных объектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...24 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила установления ширины запретных полос лесов по берегам рек, озер, водохранилищ, каналов и других водных объектов (далее – Правила), разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 212)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан" и определяют порядок установления ширины запретных полос лесов по берегам рек, озер, водохранилищ, каналов и других водных объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра экологии и природных ресурсов РК от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...317 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z16" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Приложение           </w:t>
-[...55 lines deleted...]
-водных объектов         </w:t>
+      2. К запретным полосам лесов по берегам рек, озер, водохранилищ, каналов и других водных объектов (далее – запретные полосы) относится территория государственного лесного фонда, примыкающая к водоемам, указанным в Перечне водоемов для установления ширины запретных полос лесов (далее – Перечень) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z17" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-      </w:r>
+      3. На территории государственного лесного фонда, примыкающей к водоемам, указанным в Перечне, устанавливается режим ограниченной хозяйственной деятельности, который способствует созданию условий, направленных на сохранение и накопление водных ресурсов, предотвращение загрязнения, засорения и заиления водных объектов, а также сохранение среды обитания объектов животного мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Ширина запретных полос устанавливается при лесоустройстве в соответствии с настоящими Правилами, исходя из физико-географических, почвенных, гидрологических и других условий с учетом рыбохозяйственного значения и экологического состояния водных объектов лесоустроительными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проектами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, утверждаемыми ведомством уполномоченного органа в области лесного хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. На беспойменных реках или участках рек, не имеющих выраженной поймы, ширина запретных полос устанавливается от уреза среднемноголетнего меженного уровня воды, а при расчлененности русла реки на протоки - от берега внешней протоки. При расчлененности реки на протоки, охватывающие высокоподнятое междуречье шириной более 1 километра, ширина запретных полос по берегам каждой протоки устанавливается как и по остальной части реки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Вдоль рек с четко выраженной поймой ширина запретных полос слагается из ширины поймы и прилегающей к ней полосы, ширина которой определяется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пунктами 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У истоков рек, по берегам которых выделяются запретные полосы, в их состав включается территория вокруг истока в радиусе, равном ширине запретной полосы, установленной по берегам этой реки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Внешняя граница запретных полос при их установлении совмещается с естественными рубежами или с квартальными просеками, границами лесных выделов, при этом граница не должна выходить за пределы водосборной площади рек. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Вокруг озер, русловых водохранилищ, каналов ширина запретных полос устанавливается равной полосам, выделенным вдоль впадающих в них или вытекающих из них рек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях, когда в озера, водохранилища или каналы впадают или вытекают несколько рек, ширина запретной полосы вдоль водохранилища, канала принимается по реке, имеющей наибольшую ее ширину. Внутренняя граница запретной полосы вдоль водохранилища, канала проходит по урезу воды при нормальном подпертом уровне, а вдоль озер – по урезу среднемноголетнего уровня воды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Минимальная ширина запретных полос по каждому берегу для малых рек (длиной до 200 километров) и рек с простыми условиями хозяйственного использования и благоприятной экологической обстановкой на водосборе устанавливается – 500 метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Для рек, водоемов и каналов, имеющих рыбохозяйственное значение, при неблагоприятной экологической обстановке на водосборе устанавливается ширина запретных полос в 1000 метров от каждого берега.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Ширина запретных полос вдоль водохранилищ, каналов и озер устанавливается в следующих размерах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при акватории водоема до 2 квадратных километров – 300 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при акватории водоема свыше 2 квадратных километров – 500 метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внутренняя граница запретной полосы для этих озер проходит по урезу среднемноголетнего уровня воды.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам установления ширины</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>запретных полос лесов по берегам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рек, озер, водохранилищ и других</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>водных объектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>                             Перечень</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>     водоемов, для установления ширины запретных полос лесов</w:t>
+        </w:rPr>
+        <w:t>водоемов, для установления ширины запретных полос лесов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7494"/>
-        <w:gridCol w:w="6506"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Наименование водоемов, куда впадают реки</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование водоемов (рек, озер, водохранилищ и каналов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование водоемов, куда впадают реки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Реки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Урал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Каспийское море</w:t>
-[...39 lines deleted...]
-              <w:t>Кигач</w:t>
+              <w:t>
+Каспийское море</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кигач</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кушум</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Урал </w:t>
-[...39 lines deleted...]
-              <w:t>Чаган</w:t>
+              <w:t xml:space="preserve">
+Урал </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чаган</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Утва</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Утва</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Илек</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Илек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Орь</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...109 lines deleted...]
-            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иртыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Уба </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Иртыш</w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Ульба </w:t>
+              <w:t>
+Иртыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ульба </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Тобол </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тобол </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Ишим</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ишим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Черный Иртыш </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бухтарминское водохранилище</w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Бухтарма </w:t>
+              <w:t>
+Бухтарминское водохранилище</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бухтарма </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Курчум </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Курчум </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кальджир </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Черный Иртыш</w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Алкабек </w:t>
+              <w:t>
+Черный Иртыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алкабек </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Бельозек </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бельозек </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...184 lines deleted...]
-            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аккоба </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тополевка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Озеро Маркаколь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аягуз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Озеро Балхаш</w:t>
-[...39 lines deleted...]
-              <w:t>Аксу</w:t>
+              <w:t>
+Озеро Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аксу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Каратал</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каратал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Лепса</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лепса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Или</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Или</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7494" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Аральское море</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыр-Дарья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аральское море</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Озера, водохранилища и каналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Озеро Маркаколь</w:t>
+              <w:t>
+Озеро Маркаколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Озеро Балхаш</w:t>
+              <w:t>
+Озеро Балхаш</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Озеро Кошкарколь</w:t>
+              <w:t>
+Озеро Кошкарколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Озеро Жаланашколь</w:t>
+              <w:t>
+Озеро Жаланашколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Озеро Сасыколь</w:t>
+              <w:t>
+Озеро Сасыколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бухтарминское водохранилище</w:t>
+              <w:t>
+Бухтарминское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Усть-Каменогорское водохранилище</w:t>
+              <w:t>
+Усть-Каменогорское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Новошульбинское водохранилище</w:t>
+              <w:t>
+Новошульбинское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сергеевское водохранилище</w:t>
+              <w:t>
+Сергеевское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Вячеславское водохранилище</w:t>
+              <w:t>
+Вячеславское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Капшагайское водохранилище</w:t>
+              <w:t>
+Капшагайское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Канал имени Сатпаева</w:t>
+              <w:t>
+Канал имени Сатпаева</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Большой Алматинский канал</w:t>
+              <w:t>
+Большой Алматинский канал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>