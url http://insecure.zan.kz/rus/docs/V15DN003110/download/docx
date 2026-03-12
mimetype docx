--- v0 (2025-12-27)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a4f8eb1" w14:textId="a4f8eb1">
+    <w:p w14:paraId="b41d6f4" w14:textId="b41d6f4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,68 +93,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об определении мест для размещения агитационных печатных материалов и предоставления кандидатам помещений для встреч с избирателями в Коксуском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Коксуского района Алматинской области от 17 марта 2015 года № 121. Зарегистрировано Департаментом юстиции Алматинской области 26 марта 2015 года № 3110</w:t>
+        <w:t>Постановление акимата Коксуского района Алматинской области от 17 марта 2015 года № 121. Зарегистрировано Департаментом юстиции Алматинской области 26 марта 2015 года № 3110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В соответствии с пунктами 4 и 6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -184,299 +184,300 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан", акимат района </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. </w:t>
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Определить совместно с Коксуской районной избирательной комиссией (по согласованию) места для размещения агитационных печатных материалов кандидатов согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. </w:t>
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предоставить кандидатам на договорной основе помещения для встреч с избирателями согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. </w:t>
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Возложить на руководителя государственного учреждения "Отдел внутренней политики Коксуского района" Кубиеву Жанар Ануарбековну опубликование настоящего постановления после государственной регистрации в органах юстиции в официальных и периодических печатных изданиях, а также на интернет-ресурсе, определяемом Правительством Республики Казахстан, и на интернет-ресурсе районного акимата.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. </w:t>
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Контроль за исполнением настоящего постановления возложить на заместителя акима района Садыкову Алию Секергалиевну.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. </w:t>
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Настоящее постановление вступает в силу со дня государственной регистрации в органах юстиции и вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аким района</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -501,288 +502,289 @@
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Согласование к постановлению акимата Коксуского района от 17 марта 2015 года № 121 "Об определении мест для размещения агитационных печатных материалов и предоставления кандидатам помещений для встреч с избирателями в Коксуском районе"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7797"/>
-        <w:gridCol w:w="4203"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7797" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"СОГЛАСОВАНО"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7797" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель Коксуской районной</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7797" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      избирательной комиссии</w:t>
+              <w:t>      избирательной комиссии</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -894,1197 +896,1266 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1 к постановлению акимата Коксуского района от 17 марта 2015 года № 121 "Об определении мест для размещения агитационных печатных материалов и предоставления кандидатам помещений для встреч с избирателями в Коксуском районе"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 в редакции постановления акимата Коксуского района области Жетісу от 20.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 08</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Места для размещения агитационных печатных материалов в Коксуском районе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1. </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">станция Айнабулак, улица Б. Агыбаева, № 20, стенд у здания сельского клуба. </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. По Айнабулакскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) станция Айнабулак, улица Б. Агыбаева, № 20, стенд у здания сельского клуба. 2. По Алгабасскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Алгабас, улица Б. Онгарова, № 38 А, стенд у здания средней щколы Алгабас; 2) село Кызылтоган, стенд у здания фельдшерско-акушерского пункта. 3. По Балпыкскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Балпык би, улица Балпык би, № 7, стенд у здания средней школы имени Н. Алдабергенова;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Балпык би, улица Шадрина, № 6, стенд у здания ясли-детского сада "Куаныш";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Балпык би, улица Мырзабекова, № 44, стенд у здания ясли-детского сада "Жулдыз";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) село Балпык би, улица Тазабулак, № 39, стенд у здания ясли-детского сада "Балдаурен";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) село Балпык би, улица Мырзабекова, № 41, стенд у здания районной поликлиники;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) село Акшатоган, улица Ерденбекова, № 13, стенд у здания фельдшерско-акушерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) село Теректы, улица Колбулдинова, № 10, стенд у здания ФАП;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) село Балпык би, улица Исабаева, стенд рядом дома №462;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) село Балпык би, улица Мынбаева, №31, стенд у здания филиала АО "ТАТЕК".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. По Енбекшинскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Каратал, улица Набережная, № 54, стенд у здания сельского клуба;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Бескайнар, улица Кайнар, № 16, стенд у здания сельского клуба;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Зылиха Тамшыбай, стенд у здания средней школы имени З.Тамшыбай;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) село Кенарал, улица Кырыкбаева, № 31, стенд у здания фельдшерско-акушерского пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. По Жарлыозекскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Жарлыозек, улица Идигова, № 9, стенд у здания магазина Айдын;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Бозтоган, улица Идигова, № 22, стенд у зданиямагазина Болашак</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. По Каблисанскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Актекше, улица Егинбаева, № 30, стенд у здания средней школы имени Кабан Жырау;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Актекше, улица Егинбаева , № 29, стенд у здания фельдшерско-акушерского пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Актекше, улица Егинбаева , № 29 б, кафе Сарыой.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. По Лабасинскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Мамбет, улица Алпысбаева, № 7/1, стенд у здания сельской врачебной амбулатории;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Мамбет, улица Алпысбаева, № 7/2, стенд у здания ясли-детского сада "Ер-Тостик";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Мамбет, улица Мамбет, № 5, стенд у здания спортивного комплекса "Жастар";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) село Мамбет, улица А. Адилбекова, № 31, стенд у здания средней школы имени Ж.Егинбаева;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) село Енбекшиказах, улица Бабашева, № 53, стенд у здания фельдшерско-акушерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) село Енбекшиказак, улица Абданбековой, № 1, стенд у здания ясли- детского сада "Еркемай";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) село Жамбыл, улица Жамбыла, № 11, стенд у здания фельдшерско-акушерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) село Талапты, улица Абая, № 26, стенд у здания средней школы Талапты;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) село Талапты, улица Абая, № 1, стенд у здания фельдшерско-акушерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) село Талапты, улица Абая, № 24, стенд у здания ясли-детского сада "Балбобек".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. По Мукринскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село "10 лет Казахстан", улица Сатбаева, № 1, стенд у здания сельского клуба;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село "10 лет Казахстан", улица С. Нурманбет, № 5, стенд у здания фельдшерско-акушерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Мукры, улица Алдабергенова, № 31, стенд у здания сельской врачебной амбулатории;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) село Мукры, улица Сыдыкова, № 9, стенд у здания дом культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. По Мусабекскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Женис, улица Смайла, № 12а, стенд у здания фельдшерско-акушерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Мусабек, улица Алибаева, № 1а, стенд у здания фельдшерско-акушерского пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Станция Быжы, по улиц безымянная, стенд у здания конторы железнодорожников.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. По Муканчинскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Жетыжал, улица Какенова, № 27, стенд у здания дом культуры;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">2. По Алгабасскому сельскому округу: </w:t>
+      2) станция Коксу, стенд у здания политехнического колледжа;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...1041 lines deleted...]
-        <w:t xml:space="preserve"> 4) село "50 лет Казахстана", улица Жапсарбаева, № 58, стенд у здания сельской врачебной амбулатории. </w:t>
+      3) село Муканшы, улица Оракты батыр, № 53, фельдшерский пункт,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) село "50 лет Казахстана", улица Жапсарбаева, № 58, стенд у здания сельской врачебной амбулатории. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2140,1187 +2211,1218 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2 к постановлению акимата Коксуского района от 17 марта 2015 года № 121 "Об определении мест для размещения агитационных печатных материалов и предоставления кандидатам помещений для встреч с избирателями в Коксуском районе"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 2 в редакции постановления акимата Коксуского района области Жетісу от 20.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 08</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Помещения, предоставляемые кандидатам на договорной основе для встреч с избирателями в Коксуском районе</w:t>
+        <w:t xml:space="preserve"> Помещения, предоставляемые кандидатам на договорной основе для встреч с избирателями в Коксуском районе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1. </w:t>
-[...9 lines deleted...]
-        <w:t>По Айнабулакскому сельскому округу:</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. По Айнабулакскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) станция Айнабулак, улица Б. Агыбаева, № 20, актовый зал сельского клуба.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. По Алгабасскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Алгабас, улица Б. Онгарова, № 28, актовый зал дом культуры; 2) село Кызылтоган, фельдшерско-акушерский пункт.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. По Балпыкскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Балпык би, улица Балпык би, № 7, актовый зал средней школы имени Н. Алдабергенова;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Балпык би, улица Шадрина, № 6, актовый зал ясли-детского сада "Куаныш";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Балпык би, улица Мырзабекова, № 44, актовый зал ясли-детского сада "Жулдыз";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) село Балпык би, улица Тазабулак, № 39, актовый зал детского сада "Балдаурен";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) село Балпык би, улица Мырзабекова, № 41, актовый зал районной поликлиники;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) село Акшатоган, улица Ерденбекова, № 13, фельдшерско-акушерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) село Теректы, улица Колбулдинова, № 10, здания ФАП;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) село Балпык би, улица Мынбаева, №31, здания филиала АО "ТАТЕК".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. По Енбекшинскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Каратал, улица Набережная, № 54, зал сельского клуба;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Бескайнар, улица Кайнар, № 16, зал сельского клуба;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Амангельды, актовый зал средней школы имени Амангельды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) село Кенарал, улица Кырыкбаева, № 31, фельдшерско-акушерский пункт.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. По Жарлыозекскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Бозтоган, улица Идигова, № 17, актовый зал Дома культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Жарлыозек, улица Бейсека № 1, актовый зал ясли-детского сада "Балдырган".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. По Каблисанскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Актекше, улица Егинбаева, № 30, актовый зал средней школы имени Кабан Жырау;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Актекше, улица Егинбаева, № 29, фельдшерско-акушерский пункт. 7. По Лабасинскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Мамбет, улица Алпысбаева, № 7/1, сельская врачебная амбулатория;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Мамбет, улица Алпысбаева, № 7/2, актовый зал ясли-детского сада "Ер-Тостик";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Мамбет, улица Мамбет, № 5, зал спортивного комплекса "Жастар";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) село Мамбет, улица А. Адилбекова, № 31, актовый зал средней школы имени Ж.Егинбаева;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) село Енбекшиказак, улица Бабашева, № 53, фельдшерско-акушерский пункт;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) село Енбекшиказак, улица Абданбеков, № 1, актовый зал ясли-детского сада "Еркемай";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) село Жамбыл, улица Жамбыла, № 11, фельдшерско-акушерский пункт;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) село Талапты, улица Абая, № 26, актовый зал средней школы Талапты;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) село Талапты, улица Абая, № 1, фельдшерско-акушерский пункт;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) село Талапты, улица Абая, № 24, актовый зал ясли-детского сада "Балбобек".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. По Мукринскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село "10 лет Казахстан", улица С. Нурманбет, № 5, фельдшерско-акушерский пункт;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Мукыры, улица Алдабергенова, № 31, сельская врачебная амбулатория;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Мукыры, улица Сыдыкова, № 9, актовый зал дом культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. По Мусабекскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Маулимбай, улица Смайыла, № 12а, фельдшерско-акушерский пункт;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Мусабек, улица Алибаева, № 1а, фельдшерско-акушерский пункт.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. По Муканчинскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Жетыжал, улица Какенова, № 27, актовый зал дом культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) станция Коксу, актовый зал политехнического колледжа;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...1079 lines deleted...]
-      </w:t>
+      3) село Муканшы, улица Оракты батыр, № 53, фельдшерский пункт,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) село "50 лет Казахстана", улица Жапсарбаева, № 58, сельская врачебная амбулатория.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3352,55 +3454,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>