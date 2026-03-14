--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5400530" w14:textId="5400530">
+    <w:p w14:paraId="d4b4f65" w14:textId="d4b4f65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -991,100 +991,100 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 5С-42-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Базовые ставки за земельные участки при их предоставлении в частную собственность на территории населенных пунктов Акмолинской области</w:t>
+        <w:t xml:space="preserve"> Базовые ставки платы за земельные участки при их предоставлении в частную собственность на территории населенных пунктов Акмолинской области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции совместного постановления акимата Акмолинской области от 04.07.2024 </w:t>
+      Сноска. Приложение - в редакции совместных решения Акмолинского областного маслихата от 27.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ А-7/318</w:t>
+        <w:t>№ 8С-23-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и решения Акмолинского областного маслихата от 04.07.2024 </w:t>
+        <w:t xml:space="preserve"> и постановления акимата Акмолинской области от 27.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-11-30</w:t>
+        <w:t>№ А-11/616</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -4156,164 +4156,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-516</w:t>
-[...36 lines deleted...]
-            </w:r>
+836</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-город Державинск</w:t>
-[...35 lines deleted...]
-181</w:t>
+село Акана Курманова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4346,2171 +4342,2223 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-город Ерейментау</w:t>
-[...71 lines deleted...]
-25</w:t>
+село Бастау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-город Есиль</w:t>
-[...71 lines deleted...]
-20</w:t>
+село Борисовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-город Макинск</w:t>
-[...71 lines deleted...]
-20</w:t>
+село Мариновка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-город Степняк</w:t>
-[...71 lines deleted...]
-40</w:t>
+село Шуйское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-поселок Аршалы</w:t>
-[...68 lines deleted...]
-            </w:pPr>
+село Новосельское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Жибек жолы</w:t>
-[...67 lines deleted...]
-120</w:t>
+село Покровка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Жалтырколь</w:t>
-[...67 lines deleted...]
-90</w:t>
+село Полтавка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Костомар</w:t>
-[...67 lines deleted...]
-80</w:t>
+село Сергеевка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Елтоқ</w:t>
-[...67 lines deleted...]
-70</w:t>
+село Сепе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Михайловка</w:t>
-[...67 lines deleted...]
-60</w:t>
+село Тельмана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-разъезд 42</w:t>
-[...67 lines deleted...]
-60</w:t>
+село Сочинское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Арнасай</w:t>
-[...67 lines deleted...]
-60</w:t>
+село Тимашевка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-станция Бабатай</w:t>
-[...67 lines deleted...]
-60</w:t>
+остальные населенные пункты Атбасарского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-остальные населенные пункты Аршалынского района</w:t>
-[...68 lines deleted...]
-            </w:r>
+город Ерейментау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+495</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-поселок Шортанды</w:t>
-[...68 lines deleted...]
-            </w:pPr>
+остальные населенные пункты Ерейментауского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+123,75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Бозайгыр</w:t>
-[...68 lines deleted...]
-            </w:r>
+село Жаксы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+391</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-станция Тонкерис</w:t>
-[...67 lines deleted...]
-90</w:t>
+остальные населенные пункты Жаксынского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-поселок Научный</w:t>
-[...67 lines deleted...]
-80</w:t>
+город Есиль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+298</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Дамса</w:t>
-[...67 lines deleted...]
-80</w:t>
+город Макинск</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+440</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-остальные населенные пункты Шортандинского района</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+город Степняк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+184</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6542,87 +6590,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Акмол</w:t>
-[...35 lines deleted...]
-550</w:t>
+поселок Аршалы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+340</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6651,160 +6699,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Караоткель</w:t>
-[...67 lines deleted...]
-90</w:t>
+село Жибек жолы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Коянды</w:t>
+село Жалтырколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6869,160 +6917,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Талапкер</w:t>
-[...67 lines deleted...]
-90</w:t>
+село Костомар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Кабанбай батыра</w:t>
+село Елтоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7087,1141 +7135,1141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Кызыл суат</w:t>
-[...67 lines deleted...]
-90</w:t>
+село Михайловка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Кызылжар</w:t>
-[...67 lines deleted...]
-70</w:t>
+разъезд 42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Шубар</w:t>
-[...67 lines deleted...]
-70</w:t>
+село Арнасай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Нуресиль</w:t>
-[...67 lines deleted...]
-50</w:t>
+станция Бабатай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Каражар</w:t>
-[...67 lines deleted...]
-70</w:t>
+остальные населенные пункты Аршалынского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Софиевка</w:t>
-[...68 lines deleted...]
-            </w:r>
+поселок Шортанды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Рахымжана Кошкарбаева</w:t>
-[...67 lines deleted...]
-40</w:t>
+село Бозайгыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Ыбырая Алтынсарина</w:t>
-[...67 lines deleted...]
-70</w:t>
+станция Тонкерис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Кажымукан</w:t>
-[...67 lines deleted...]
-40</w:t>
+поселок Научный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Аккайын</w:t>
-[...67 lines deleted...]
-55</w:t>
+село Дамса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Арайлы</w:t>
+остальные населенные пункты Шортандинского района</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8286,902 +8334,2646 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Нура</w:t>
-[...68 lines deleted...]
-            </w:r>
+село Акмол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Отемис</w:t>
-[...67 lines deleted...]
-40</w:t>
+село Караоткель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-остальные населенные пункты Целиноградского района</w:t>
-[...67 lines deleted...]
-30</w:t>
+село Коянды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Астраханка</w:t>
-[...71 lines deleted...]
-40</w:t>
+село Талапкер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Балкашино</w:t>
-[...71 lines deleted...]
-40</w:t>
+село Кабанбай батыра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Егиндыколь</w:t>
-[...71 lines deleted...]
-40</w:t>
+село Кызыл суат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Зеренда</w:t>
-[...71 lines deleted...]
-25</w:t>
+село Кызылжар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Жаксы</w:t>
-[...36 lines deleted...]
-            </w:r>
+село Шубар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Нуресиль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Каражар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Софиевка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Рахымжана Кошкарбаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Ыбырая Алтынсарина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Кажымукан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Аккайын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Арайлы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Нура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Отемис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+остальные населенные пункты Целиноградского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Астраханка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Балкашино</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Егиндыколь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Зеренда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Державинск</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+181</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9326,55 +11118,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9700,31 +11492,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>