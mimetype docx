--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b3bfcb9" w14:textId="b3bfcb9">
+    <w:p w14:paraId="b397189" w14:textId="b397189">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,106 +76,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Реестра должностей гражданских служащих в области сельского хозяйства</w:t>
+        <w:t>Об утверждении Реестра должностей гражданских служащих в области сельского и рыбного хозяйства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 25 декабря 2015 года № 8-2/1132. Зарегистрирован в Министерстве юстиции Республики Казахстан 17 февраля 2016 года № 13096.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа и.о. Министра сельского хозяйства РК от 21.07.2021 </w:t>
+      Сноска. Заголовок - в редакции приказа Министра сельского хозяйства РК от 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 215</w:t>
+        <w:t>№ 430</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -292,100 +292,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Реестр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> должностей гражданских служащих в области сельского хозяйства.</w:t>
+        <w:t xml:space="preserve"> должностей гражданских служащих в области сельского и рыбного хозяйства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра сельского хозяйства РК от 21.07.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра сельского хозяйства РК от 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 215</w:t>
+        <w:t>№ 430</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -484,181 +484,185 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Министр сельского хозяйства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...75 lines deleted...]
-А. Мамытбеков</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А. Мамытбеков</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "СОГЛАСОВАН"   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -851,262 +855,263 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утвержден</w:t>
+              <w:t>Утвержден приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приказом</w:t>
+              <w:t>Министра сельского хозяйства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра сельского хозяйства</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>от 25 декабря 2015 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 25 декабря 2015 года № 8-2/1132</w:t>
+              <w:t xml:space="preserve"> № 8-2/1132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Реестр должностей гражданских служащих в области сельского хозяйства</w:t>
+        <w:t xml:space="preserve"> Реестр должностей гражданских служащих в области сельского и рыбного хозяйства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Реестр – в редакции приказа Министра сельского хозяйства РК от 29.112021 </w:t>
+      Сноска. Реестр – в редакции приказа Министра сельского хозяйства РК от 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 351</w:t>
+        <w:t>№ 430</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="585"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10812"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Звено</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ступень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10812" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1145,3662 +1150,3232 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Блок А (управленческий персонал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10812" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z17" w:id="6"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руководитель:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="6"/>
-[...127 lines deleted...]
-Республиканского центра карантина растений (далее – ГУ и РГУ республиканского значения)</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканского методического центра фитосанитарной диагностики и прогнозов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканского противоэпизоотического отряда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственной комиссии по сортоиспытанию сельскохозяйственных культур;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканского научно-методического центра агрохимической службы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканского центра карантина растений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственного природного резервата "Каспий итбалығы";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атырауского осетрового рыбоводного завода;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Камышлыбашского рыбопитомника;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Петропавловского рыбопитомника (далее – ГУ, РГУ и РГКП республиканского значения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10812" w:type="dxa"/>
-[...29 lines deleted...]
-Заместитель руководителя ГУ и РГУ республиканского значения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заместитель руководителя ГУ, РГУ и РГКП республиканского значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...154 lines deleted...]
-Южно-Казахстанской гидрогеолого-мелиоративной экспедиции (далее – РГУ областного значения)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Главный бухгалтер ГУ, РГУ и РГКП республиканского значения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель областного филиала РГУ и РГКП республиканского значения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель республиканской лаборатории РГУ республиканского значения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель регионального филиала РГУ республиканского значения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель областной (зональной, города республиканского значения) карантинной лаборатории ГУ республиканского значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
-[...65 lines deleted...]
-Заместитель руководителя РГУ областного значения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заместитель главного бухгалтера ГУ, РГУ и РГКП республиканского значения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заместитель руководителя областного филиала РГУ республиканского значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...206 lines deleted...]
-Руководитель областной (зональной, города республиканского значения) карантинной лаборатории ГУ республиканского значения</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель государственного сортоиспытательного участка, государственной сортоиспытательный станции (филиалы РГУ республиканского значения);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель районного филиала ГУ и РГУ республиканского значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...12 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1-1</w:t>
-[...55 lines deleted...]
-Заместитель руководителя областного филиала РГУ республиканского значения</w:t>
+А3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель структурного подразделения (отдела) ГУ, РГУ и РГКП республиканского значения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель лаборатории, гидрохимической и гидробиологической лаборатории РГУ и РГКП республиканского значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...62 lines deleted...]
-Руководитель районного филиала ГУ и РГУ республиканского значения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заместитель руководителя структурного подразделения (отдела) РГУ и РГКП республиканского значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
-[...85 lines deleted...]
-Руководитель подразделения РГУ областного значения</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитан, заведующий музеем (визит центром) РГУ и РГКП республиканского значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
-[...65 lines deleted...]
-Заместитель главного бухгалтера РГУ областного значения</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Главный: агроном, инженер, инженер основного персонала, инспектор основного персонала, механик, фитопатолог, экономист, энтомолог, бактериолог, вирусолог, герболог, гельминтолог, рыбовод, ихтиолог, инспектор ГУ, РГУ и РГКП республиканского значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...122 lines deleted...]
-Руководитель лаборатории РГУ республиканского значения</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Блок В (основной персонал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-Заместитель руководителя структурного подразделения (отдела) РГУ республиканского значения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Главный научный сотрудник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-Главный: агроном, инженер, инженер основного персонала, инспектор основного персонала, механик, фитопатолог, экономист, энтомолог, бактериолог, вирусолог, герболог, гельминтолог ГУ и РГУ республиканского значения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведущий научный сотрудник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-Руководитель отдела РГУ областного значения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Старший научный сотрудник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-Главный: агроном-агрохимик, гидрогеолог, инженер основных служб, экономист РГУ областного значения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Научный сотрудник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Блок B (основной персонал)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Младший научный сотрудник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+В2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10812" w:type="dxa"/>
-[...29 lines deleted...]
-Главный научный сотрудник</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты основного персонала высшего уровня квалификации высшей категории: лаборант, химик, инженер-гидротехник (гидротехник), специалист по водным ресурсам и водопользованию, специалист по мелиорации, рекультивации и охране земель, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, териолог, метеоролог, инженер по природопользованию, инспектор по охране территории, экскурсовод, специалист по рекреации и туризму, специалист по экологическому просвещению, техник по вылову производителей осетровых видов рыб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10812" w:type="dxa"/>
-[...29 lines deleted...]
-Ведущий научный сотрудник</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты основного персонала высшего уровня квалификации первой категории: агроном, агроном по семеноводству, агроном по защите растений, агроном по карантину растений, агрохимик, бактериолог, вирусолог, врач ветеринарный, врач ветеринарной лаборатории, герболог, гельминтолог, инженер по мелиорации, лаборант, почвовед, фитопатолог, химик, эколог, энтомолог, инженер-гидротехник (гидротехник), специалист по водным ресурсам и водопользованию, специалист по мелиорации, рекультивации и охране земель, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, териолог, метеоролог, эколог, инженер по природопользованию, инспектор по охране территории, экскурсовод, специалист по рекреации и туризму, специалист по экологическому просвещению, техник по вылову производителей осетровых видов рыб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10812" w:type="dxa"/>
-[...29 lines deleted...]
-Старший научный сотрудник</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты основного персонала высшего уровня квалификации второй категории: агроном, агроном по семеноводству, агроном по защите растений, агроном по карантину растений, агрохимик, бактериолог, вирусолог, врач ветеринарный, врач ветеринарной лаборатории, герболог, гельминтолог, инженер по мелиорации, лаборант, почвовед, фитопатолог, химик, эколог, энтомолог, инженер-гидротехник (гидротехник), специалист по водным ресурсам и водопользованию, специалист по мелиорации, рекультивации и охране земель, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, териолог, метеоролог, эколог, инженер по природопользованию, инспектор по охране территории, экскурсовод, специалист по рекреации и туризму, специалист по экологическому просвещению, техник по вылову производителей осетровых видов рыб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10812" w:type="dxa"/>
-[...29 lines deleted...]
-Научный сотрудник</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты основного персонала высшего уровня квалификации без категории: агроном, агроном по семеноводству, агроном по защите растений, агроном по карантину растений, агрохимик, бактериолог, вирусолог, врач ветеринарный, врач ветеринарной лаборатории, герболог, гельминтолог, инженер по мелиорации, лаборант, почвовед, фитопатолог, химик, эколог, энтомолог, инженер-гидротехник (гидротехник), специалист по водным ресурсам и водопользованию, специалист по мелиорации, рекультивации и охране земель, инспектор, рыбовод, ихтиолог, биолог, гидробиолог, орнитолог, териолог, метеоролог, эколог, инженер по природопользованию, инспектор по охране территории, экскурсовод, хранитель фондов, специалист по рекреации и туризму, специалист по экологическому просвещению, механик судовой, старший помощник капитана, первый помощник капитана, второй помощник капитана, третий помощник капитана, техник по вылову производителей осетровых видов рыб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-Младщий научный сотрудник</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты основного персонала среднего уровня квалификации высшей категории: лаборант, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, инженер по природопользованию, инспектор по охране территории, экскурсовод, специалист по рекреации и туризму, специалист по экологическому просвещению, техник по вылову производителей осетровых видов рыб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...102 lines deleted...]
-Специалисты основного персонала высшего уровня квалификации высшей категории: лаборант, химик, инженер-гидротехник (гидротехник), специалист по водным ресурсам и водопользованию, специалист по мелиорации, рекультивации и охране земель</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты основного персонала среднего уровня квалификации первой категории: ветеринарный фельдшер, лаборант, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, инженер по природопользованию, инспектор по охране территории, экскурсовод, специалист по рекреации и туризму, специалист по экологическому просвещению, техник по вылову производителей осетровых видов рыб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
-[...65 lines deleted...]
-Специалисты основного персонала высшего уровня квалификации первой категории: агроном, агроном по семеноводству, агроном по защите растений, агроном по карантину растений, агрохимик, бактериолог, вирусолог, врач ветеринарный, врач ветеринарной лаборатории, герболог, гельминтолог, гидрогеолог, инженер по мелиорации, лаборант, почвовед, фитопатолог, химик, эколог, энтомолог, инженер-гидротехник (гидротехник), специалист по водным ресурсам и водопользованию, специалист по мелиорации, рекультивации и охране земель</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты основного персонала среднего уровня квалификации второй категории: агрохимик, ветеринарный фельдшер, лаборант, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, инженер по природопользованию, инспектор по охране территории, экскурсовод, специалист по рекреации и туризму, специалист по экологическому просвещению, техник по вылову производителей осетровых видов рыб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
-[...65 lines deleted...]
-Специалисты основного персонала высшего уровня квалификации второй категории: агроном, агроном по семеноводству, агроном по защите растений, агроном по карантину растений, агрохимик, бактериолог, вирусолог, врач ветеринарный, врач ветеринарной лаборатории, герболог, гельминтолог, гидрогеолог, инженер по мелиорации, лаборант, почвовед, фитопатолог, химик, эколог, энтомолог, инженер-гидротехник (гидротехник), специалист по водным ресурсам и водопользованию, специалист по мелиорации, рекультивации и охране земель</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты основного персонала среднего уровня квалификации без категории: агрохимик, ветеринарный фельдшер, лаборант, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, инженер по природопользованию, инспектор по охране территории, экскурсовод, специалист по рекреации и туризму, специалист по экологическому просвещению, механик судовой, старший помощник капитана, первый помощник капитана, второй помощник капитана, третий помощник капитана, техник по вылову производителей осетровых видов рыб, техник по обслуживанию котельных и насосных установок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...77 lines deleted...]
-Специалисты основного персонала высшего уровня квалификации без категории: агроном, агроном по семеноводству, агроном по защите растений, агроном по карантину растений, агрохимик, бактериолог, вирусолог, врач ветеринарный, врач ветеринарной лаборатории, герболог, гельминтолог, гидрогеолог, инженер по мелиорации, лаборант, почвовед, фитопатолог, химик, эколог, энтомолог, инженер-гидротехник (гидротехник), специалист по водным ресурсам и водопользованию, специалист по мелиорации, рекультивации и охране земель</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Блок С (административный персонал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...36 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10812" w:type="dxa"/>
-[...29 lines deleted...]
-Специалисты основного персонала среднего уровня квалификации высшей категории: лаборант</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель (заведующий) цеха, производственным цехом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...12 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10812" w:type="dxa"/>
-[...29 lines deleted...]
-Специалисты основного персонала среднего уровня квалификации первой категории: ветеринарный фельдшер, лаборант, техник-гидрогеолог</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты высшего уровня квалификации, выполняющие административные функции: бухгалтер, лаборант, инженер по безопасности и охране труда, инспектор, инструктор, менеджер, менеджер по государственным закупкам, методист, механик, переводчик, редактор, референт, программист, технолог, инженер-программист (программист), инженер по снабжению, инспектор по кадрам, экономист, юрист, менеджер по контролю качества, инженер-инспектор, энергетик, инженер-механик, инженер-электроник, специалист по связям с общественностью, специалист по системному и сетевому администрированию (системный администратор), инженер-программист (специалист геоинформационной системы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...12 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10812" w:type="dxa"/>
-[...29 lines deleted...]
-Специалисты основного персонала среднего уровня квалификации второй категории: агрохимик, ветеринарный фельдшер, лаборант, техник-гидрогеолог</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель (заведующий) структурного подразделения, занятого хозяйственным обслуживанием РГУ: складом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
-[...65 lines deleted...]
-Специалисты основного персонала среднего уровня квалификации без категории: агрохимик, ветеринарный фельдшер, лаборант, техник-гидрогеолог</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты среднего уровня квалификации, выполняющие административные функции: библиотекарь, инженер по снабжению, инспектор по кадрам, мастер, механик, референт, техник всех наименований, экономист, юрист, статистик, инженер-инспектор, энергетик, инженер-механик, инженер-электроник, инженер связи, специалист по системному и сетевому администрированию (системный администратор), инженер-программист (специалист геоинформационной системы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Блок С (административный персонал)</w:t>
+Блок D (вспомогательный персонал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...449 lines deleted...]
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
-[...61 lines deleted...]
-Технические исполнители: архивариус, делопроизводитель, комендант, секретарь</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Технические исполнители: архивариус, диспетчер, делопроизводитель, комендант, секретарь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z33" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расшифровка аббревиатур:</w:t>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>ГУ – государственное учреждение;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>РГУ – республиканское государственное учреждение.</w:t>
+        <w:t>
+      ГУ – государственное учреждение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РГУ – республиканское государственное учреждение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РГКП – республиканское государственное казенное предприятие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МСХ – Министерство сельского хозяйства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МВРИ – Министерство водных ресурсов и ирригации Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Служба – Национальная гидрогеологическая служба.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4840,55 +4415,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5214,31 +4789,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>