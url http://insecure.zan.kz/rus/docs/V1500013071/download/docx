--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0b6fad5" w14:textId="0b6fad5">
+    <w:p w14:paraId="f329010" w14:textId="f329010">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -160,110 +160,110 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 27)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан" Правление Национального Банка Республики Казахстан </w:t>
+        <w:t>подпунктом 22)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 84</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -961,468 +961,440 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p>
-[...76 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящие Правила проведения операций с переводными и простыми векселями банками второго уровня, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций (далее – Правила), разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 22)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", и определяют порядок проведения банками второго уровня, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций (далее – банки), операций с переводными и простыми коммерческими векселями (далее – вексель/векселя).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 30.11.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 139</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В Правилах используются понятия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о вексельном обращении, а также следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инкассо векселя (инкассирование) – операция по предъявлению векселя к платежу и получению по ним платежа банком по поручению клиента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) домицилиант – плательщик по переводному векселю и векселедатель по простому векселю; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) домицилиат – банк, указанный в векселе в качестве посредника, осуществляющего платеж по векселю. Домицилиат не является лицом, обязанным по векселю; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) домицилиация – совершение платежа по векселю третьим лицом (домицилиатом) по поручению, от имени и за счет плательщика по переводному векселю или векселедателя по простому векселю; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) домициль – место совершения платежа, указанное в векселе; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) инкассат – банк, получивший вексель по препоручительному индоссаменту для инкассо векселя (инкассирования), который выступает банком-ремитентом или инкассирующим банком; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) инкассирующий банк – банк, участвующий в инкассо векселя (инкассировании), не являющийся банком-ремитентом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>поручение на инкассо</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – указание клиента банку-ремитенту о получении платежа по векселю в срок, указанный в векселе, и/или своевременном совершении протеста в неплатеже по векселю;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) банк-ремитент – банк, принимающий поручение на инкассо; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) доверитель – клиент банка, который поручает банку осуществить инкассо векселя (инкассирование). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Банк отказывает в проведении операции с векселем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в случае его несоответствия </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1549,128 +1521,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при истечении срока платежа по векселю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) если с момента выдачи векселя, подлежащего оплате в определенное время после предъявления, истек один год, за исключением случая, если в самом векселе указан более продолжительный срок для его предъявления к оплате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Принятие векселей на инкассо</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Инкассо векселей (инкассирование) осуществляется инкассатом на основании соответствующего договора между ним и доверителем или банком-ремитентом в соответствии с поручением на инкассо. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Поручение на инкассо по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам содержит следующие сведения: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) дата составления; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1843,111 +1815,111 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) указания в отношении протеста или иного действия в случае неакцепта или неплатежа по векселю.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Количество экземпляров поручений на инкассо определяется банком-ремитентом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Инкассат выполняет действия в соответствии с указаниями, предусмотренными в поручении на инкассо. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. После принятия векселя на инкассо инкассат в срок, не позднее указанного в векселе или в поручении на инкассо, уведомляет плательщика о поступлении документов на инкассо в соответствии с договором между инкассатом и плательщиком. Если на инкассо передан вексель сроком по предъявлении или в определенное время по предъявлении и в поручении на инкассо не содержится указание о сроке предъявления, инкассат направляет плательщику или векселедателю по простому векселю извещение о поступлении векселя на инкассо не позднее следующего операционного дня после принятия векселя на инкассо. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. В случае получения полного платежа по векселю инкассат передает вексель плательщику, за исключением случаев получения частичного платежа по векселю. Если при осуществлении платежа плательщик потребует поставить на векселе отметку о получении платежа или его части, инкассат проставляет на самом векселе такую отметку. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Инкассо векселя (инкассирование) в иностранной валюте осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1962,51 +1934,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О валютном регулировании и валютном контроле" (далее – Закон о валютном регулировании), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 30 марта 2019 года № 40 "Об утверждении Правил осуществления валютных операций в Республике Казахстан", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 18512 (далее – Правила осуществления валютных операций) и Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2025,51 +1997,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Инкассо векселя (инкассирование) на территории Республики Казахстан, место платежа по которым находится вне территории Республики Казахстан, осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2084,52 +2056,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о валютном регулировании, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществления валютных операций и Правилами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Если инкассат, предъявив вексель плательщику к оплате, получит отказ от оплаты по векселю либо не получит платеж по векселю в срок, указанный на векселе, инкассат предъявляет вексель к нотариусу для совершения </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2144,267 +2116,267 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>о неакцепте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или неплатеже по векселю от имени своего доверителя, если условие о протесте векселя содержится в поручении на инкассо.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. После совершения нотариусом протеста о неплатеже банк от имени доверителя при наличии указания в поручении на инкассо осуществляет действия в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о вексельном обращении для взыскания сумм по векселю с плательщика без его согласия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Инкассирующий банк предъявляет плательщику или домицилиату вексель к платежу в срок, указанный на самом векселе. В случае если срок платежа по векселю указан по предъявлении или в определенное время после предъявления, вексель предъявляется к платежу не позднее следующего операционного дня после получения векселя инкассирующим банком, если иное не предусмотрено договором между инкассатом и доверителем или в поручении на инкассо. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Инкассирующий банк осуществляет перевод в банк-ремитент суммы по векселю после ее получения. Банк-ремитент, получивший сумму по векселю, осуществляет платеж в пользу доверителя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. За оказание услуг по инкассо векселя (инкассированию) инкассат получает вознаграждение в размере и порядке, предусмотренных договором между инкассатом и доверителем или банком-ремитентом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. В случае отсутствия по месту нахождения (месту жительства), плательщика по векселю, указанному в поручении на инкассо, инкассирующий банк уведомляет о данном факте банк-ремитент в соответствии с договором между инкассатом и доверителем или банком-ремитентом. Банк-ремитент уведомляет доверителя для осуществления дальнейших действий в соответствии с договором между инкассатом и доверителем или банком-ремитентом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено в поручении на инкассо, в случае непоступления в последний день, установленный для оплаты векселя, указаний доверителя или банка-ремитента инкассирующий банк предпринимает меры к поиску плательщика или домицилиата в соответствии с договором между инкассатом и доверителем или банком-ремитентом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Оплата домицилированных векселей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Банк выступает в качестве домицилиата на основании договора с клиентом. Клиент (векселедатель по простому векселю или плательщик по векселю) указывает на векселе в качестве места платежа место нахождения домицилиата. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Порядок обеспечения домицилиата суммой денег, необходимой для осуществления платежа по векселю, в том числе процентов, суммы регресса и других необходимых для платежа по векселю сумм, определяется договором между клиентом и домицилиатом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Если в обеспечение платежа по векселю клиент предоставил домицилиату право на изъятие денег со своего банковского счета без его согласия, а денег на банковском счете клиента в момент предъявления к платежу домицилированного векселя недостаточно для осуществления платежа, банк: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отказывает в платеже, и векселедержатель совершает протест в неплатеже векселя путем предъявления требований к плательщику или векселедателю по простому векселю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2417,126 +2389,126 @@
         </w:rPr>
         <w:t xml:space="preserve">
       2) либо осуществляет платеж по векселю в той части вексельной суммы, которая имеется на банковском счете домицилианта в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о вексельном обращении. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Залог векселей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Залог векселя оформляется включением в индоссамент, совершенный на имя банка, оговорки "валюта в обеспечение" либо "валюта в залог" или иной оговорки, имеющей ввиду залог. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банк-залогодержатель векселя осуществляет все права, вытекающие из векселя, и поставленный им индоссамент имеет силу препоручительного индоссамента. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Срок погашения банковского займа, обеспеченного залогом векселя, не превышает срок платежа по векселю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2732,68 +2704,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Поручение на инкассо</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции постановления Правления Национального Банка РК от 30.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3572,55 +3544,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3946,31 +3918,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>