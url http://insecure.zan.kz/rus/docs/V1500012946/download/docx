--- v0 (2025-10-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f37fa72" w14:textId="f37fa72">
+    <w:p w14:paraId="d7ffd05" w14:textId="d7ffd05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -122,130 +122,120 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 8)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан" Правление Национального Банка Республики Казахстан </w:t>
+        <w:t>подпунктом 7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правления Национального Банка РК от 22.06.2022 </w:t>
-[...19 lines deleted...]
-        <w:t>2 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правления Национального Банка РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -876,110 +866,110 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила замены находящихся в обращении денежных знаков национальной валюты Республики Казахстан при изменении их дизайна (формы) (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Законом</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О Национальном Банке Республики Казахстан" и определяют порядок замены находящихся в обращении денежных знаков национальной валюты Республики Казахстан (далее – денежные знаки) при изменении их дизайна (формы).</w:t>
+        <w:t>подпунктом 7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан" и определяют порядок замены находящихся в обращении денежных знаков национальной валюты Республики Казахстан (далее – денежные знаки) при изменении их дизайна (формы).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции постановления Правления Национального Банка РК от 22.06.2022 </w:t>
-[...19 lines deleted...]
-        <w:t>2 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Национального Банка РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1014,62 +1004,106 @@
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изменение дизайна (формы) денежного знака – изменение и введение графических изображений, текста, дополнительных элементов защиты от подделок, изменение размеров, формы, цвета, исходных материалов и других признаков денежного знака;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      2) банки – банки второго уровня Республики Казахстан;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен постановлением Правления Национального Банка РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) денежные знаки старого образца – денежные знаки, находящиеся в обращении, подлежащие изъятию из обращения в связи с изменением их дизайна (формы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1096,52 +1130,114 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) филиалы Национального Банка Республики Казахстан – территориальные филиалы Национального Банка Республики Казахстан и Центр кассовых операций и хранения ценностей (филиал) Национального Банка Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      6) Национальный оператор почты - созданное по решению Правительства акционерное общество, единственным акционером которого является национальный управляющий холдинг, на которое возложены обязательства по предоставлению универсальных услуг почтовой связи, услуг специальной связи и финансовых услуг и осуществлению финансовой деятельности. </w:t>
+        <w:t>
+      6) Национальный оператор почты - созданное по решению Правительства акционерное общество, единственным акционером которого является национальный управляющий холдинг, на которое возложены обязательства по предоставлению универсальных услуг почтовой связи, услуг специальной связи и финансовых услуг и осуществлению финансовой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным постановлением Правления Национального Банка РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Выпуск в обращение денежных знаков нового образца</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1211,69 +1307,69 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При замене денежных знаков старого образца, находящихся в обращении, на денежные знаки нового образца Национальный Банк Республики Казахстан (далее – Национальный Банк):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) публикует в периодических печатных изданиях постановление Правления Национального Банка о замене денежных знаков старого образца, находящихся в обращении, на денежные знаки нового образца;</w:t>
-[...17 lines deleted...]
-      2) размещает в периодических печатных изданиях, теле-, радиоканалах официальное сообщение Национального Банка о замене денежных знаков старого образца, находящихся в обращении, на денежные знаки нового образца.</w:t>
+      1) дату выпуска в обращение денежного знака нового образца, его номинал и краткое описание дизайна (формы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) период параллельного обращения денежных знаков нового и старого образцов, начиная с даты выпуска в обращение денежного знака нового образца, а также порядок замены денежных знаков старого образца на денежные знаки нового образца;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Официальное сообщение Национального Банка о замене денежных знаков старого образца, находящихся в обращении, на денежные знаки нового образца содержит:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1304,116 +1400,178 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) период параллельного обращения денежных знаков нового и старого образцов, начиная с даты введения в обращение денежного знака нового образца, а также порядок замены денежных знаков старого образца на денежные знаки нового образца;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дату завершения периода параллельного обращения денежных знаков нового и старого образцов, начиная с которой денежные знаки старого образца перестают быть законным платежным средством на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным постановлением Правления Национального Банка РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Национальный Банк со дня введения в действие постановления Правления Национального Банка о замене денежных знаков старого образца, находящихся в обращении, на денежные знаки нового образца доводит до сведения представительств и филиалов Национального Банка, банков, Национального оператора почты, филиалов банков-нерезидентов Республики Казахстан, центральных (национальных) банков зарубежных стран и Международной организации уголовной полиции (Интерпол) информацию о сроках замены находящихся в обращении денежных знаков.</w:t>
+      6. Национальный Банк со дня введения в действие постановления Правления Национального Банка о замене денежных знаков старого образца, находящихся в обращении, на денежные знаки нового образца доводит до сведения представительств и филиалов Национального Банка, банков второго уровня, филиалов банков-нерезидентов Республики Казахстан (далее - банки), Национального оператора почты, центральных (национальных) банков зарубежных стран и Международной организации уголовной полиции (Интерпол) информацию о сроках замены находящихся в обращении денежных знаков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции постановления Правления Национального Банка РК от 22.06.2022 </w:t>
-[...19 lines deleted...]
-        <w:t>2 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции постановления Правления Национального Банка РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1458,90 +1616,90 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Период параллельного обращения денежных знаков старого и нового образцов составляет 12 (двенадцать) месяцев с даты введения в обращение денежного знака нового образца.</w:t>
+      7. Период параллельного обращения денежных знаков старого и нового образцов составляет 12 (двенадцать) месяцев с даты выпуска в обращение денежного знака нового образца.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции постановления Правления Национального Банка РК от 24.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 51</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции постановления Правления Национального Банка РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2546,55 +2704,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2920,31 +3078,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>