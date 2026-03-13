--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eadac88" w14:textId="eadac88">
+    <w:p w14:paraId="cad61d7" w14:textId="cad61d7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,3127 +86,4313 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнения в приказ исполняющего обязанности Министра экономического развития и торговли Республики Казахстан от 6 августа 2010 года № 136 "Об утверждении Требований к разработке или корректировке, а также проведению необходимых экспертиз технико-экономического обоснования инвестиционного проекта для предоставления государственных гарантий"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ и.о. Министра национальной экономики Республики Казахстан от 15 декабря 2015 года № 775. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 января 2016 года № 12901. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 23 декабря 2025 года № 133.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра экономического развития и торговли Республики Казахстан от 6 августа 2010 года № 136 "Об утверждении Требований к разработке или корректировке, а также проведению необходимых экспертиз технико-экономического обоснования инвестиционного проекта для предоставления государственных гарантий" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 6402) следующие изменения и дополнение:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>преамбулу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  статьи 217 Бюджетного кодекса Республики Казахстан от 4 декабря 2008 года, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Требованиях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к разработке или корректировке, а также проведению необходимых экспертиз технико-экономического обоснования инвестиционного проекта для предоставления государственных гарантий, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. ТЭО инвестиционного проекта, предлагаемого к финансированию за счет средств негосударственных займов под государственную гарантию Республики Казахстан, представляются в уполномоченный орган по государственному планированию Республики Казахстан на бумажном и электронном носителе с приложением:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) положительного заключения комплексной вневедомственной экспертизы, осуществляемой юридическим лицом, уполномоченным Правительством Республики Казахстан в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 39-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 1 Закона Республики Казахстан от 16 июля 2001 года "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан", (далее – Юридическое лицо), в случае если по проекту предполагается проведение строительных (строительно-монтажных) работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заключения экспертизы уполномоченного органа соответствующей отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) финансовой отчетности заемщика (отдельная и консолидированная) с печатью и за подписью первого руководителя и главного бухгалтера за последние три года, предшествующие внесению ТЭО инвестиционного проекта в центральный уполномоченный орган по государственному планированию, а также пояснительные записки к финансовой отчетности. Для заемщиков, аудит финансовой отчетности которых в соответствии с законодательством Республики Казахстан об аудиторской деятельности является обязательным, представляются аудированная финансовая отчетность и аудиторские отчеты, составленные за последние три года.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. В паспорте проекта раскрывается краткая информация о проекте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Паспорт проекта содержит следующую информацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование заемщика (заявителя инвестиционного проекта) – заказчика ТЭО инвестиционного проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование разработчика ТЭО инвестиционного проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      место реализации проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      цель и задачи проекта, в том числе в количественном выражении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      масштаб проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мощность проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      период реализации проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      период строительства объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      период эксплуатации объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      планируемая общая стоимость проекта в национальной валюте и иностранной валюте, принятой для расчетов в рамках ТЭО инвестиционного проекта, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инвестиционные издержки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эксплуатационные издержки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прочие издержки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предполагаемые источники финансирования проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      основные выгодополучатели от реализации проекта.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. В финансовом разделе в соответствии с Перечнем коэффициентов, представляемых в расчетах к обоснованию предоставления государственной гарантии согласно Приложению к данному приказу, приводится анализ финансовых выгод и затрат, с учетом альтернативных схем и источников финансирования проекта, влияния инфляции на реализуемость проекта, оценка финансовой эффективности проекта, раскрываются принятые в рамках ТЭО инвестиционного проекта финансовые решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данный раздел включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расчет общих инвестиционных издержек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расчет эксплуатационных издержек (производственных издержек, текущих расходов на содержание);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расчет себестоимости продукции (товаров/услуг), отпускных цен на товары (тарифы на услуги);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расчет доходов от продаж;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расчет потока денежных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расчет нераспределенной и чистой прибыли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учет инфляции, курса валют, определение нормы дисконта и поправок на риск;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализ наименьших затрат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализ наибольшей прибыли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализ проекта с помощью методов дисконтирования, в том числе расчет чистой приведенной стоимости (Net Present Value – NPV), внутренней нормы доходности (Internal Rate of Return, IRR), отношения дисконтируемых выгод и затрат, дисконтированного срока окупаемости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определение приемлемых параметров привлечения заемных средств для финансирования проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      источники финансирования эксплуатационных расходов, с определением, кем и когда такие расходы будут финансироваться;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализ финансового состояния заемщика, в том числе горизонтальный и вертикальный анализ финансовой отчетности заемщика, а также коэффициентный анализ заемщика согласно приложению к настоящим Требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализ чувствительности проекта и расчет границ безубыточности.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>пункт 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "22. Экспертиза инвестиционного проекта проводится на основании представленного ТЭО инвестиционного проекта, финансовой отчетности заемщика за последние три года, предшествующие внесению ТЭО инвестиционного проекта, и соответствующих положительных экспертиз, необходимых к проведению на ТЭО инвестиционного проекта в зависимости от специфики проекта, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) комплексной вневедомственной экспертизы, осуществляемой Юридическим лицом, уполномоченным Правительством Республики Казахстан, в случае если по проекту предполагается проведение строительных (строительно-монтажных) работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) экспертизы уполномоченного органа соответствующей отрасли.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дополнить приложением согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту бюджетных инвестиций и развития государственно-частного партнерства Министерства национальной экономики Республики Казахстан обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направление его копии на официальное опубликование в периодических печатных изданиях и информационно-правовой системе "Әділет";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) опубликование настоящего приказа на официальном интернет-ресурсе Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на первого вице-министра национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исполняющий обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министра национальной экономики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М. Кусаинов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> исполняющего обязанности Министра экономического развития и торговли Республики Казахстан от 6 августа 2010 года № 136 «Об утверждении Требований к разработке или корректировке, а также проведению необходимых экспертиз технико-экономического обоснования инвестиционного проекта для предоставления государственных гарантий» (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 6402) следующие изменения и дополнение:</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполняющего обязанности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра национальной экономики</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 15 декабря 2015 года № 775 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Требованиям к разработке или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>корректировке, а также проведению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>необходимых экспертиз технико-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>экономического обоснования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концессионного проекта,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инвестиционного проекта для</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления государственных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гарантий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень коэффициентов, представляемых в расчетах</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>к обоснованию предоставления государственной гарантии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Коэффициентный анализ заключается в изучении финансовой отчетности заемщика при помощи набора финансовых показателей (коэффициентов) на предмет соответствия (отклонения) от нормативных значений таких коэффициентов и их изменений в динамике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для проведения коэффициентного анализа принимаются данные из всех форм финансовой отчетности заемщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коэффициенты ликвидности – финансовые показатели, рассчитываемые для определения способности заемщика погашать текущую задолженность за счет имеющихся текущих (оборотных) активов. При этом проводится сравнение величины текущих задолженностей заемщика и ее оборотных средств, которые должны обеспечить погашение этих задолженностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коэффициент текущей ликвидности (current ratio, CR) характеризует текущую способность заемщика выполнить краткосрочные обязательства за счет имеющихся оборотных средств. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...29 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...1393 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="876300" cy="520700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="876300" cy="520700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       где:</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      CA – текущие активы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      CL – текущие обязательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемое значение CR: 1 – 2 (кроме финансовых организаций). Значение &lt;1 свидетельствует о возможной утрате платежеспособности, значение &gt;4 – о недостаточной активности использования заемных средств и, как следствие, меньшее значение рентабельности собственного капитала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Коэффициент обеспеченности собственными средствами (Own Funds Ratio, OFR) характеризует наличие собственных оборотных средств у заемщика, необходимых для обеспечения его финансовой устойчивости. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...65 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1435100" cy="495300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1435100" cy="495300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       где:</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕС – собственный капитал;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      FА – внеоборотные активы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СА – текущие активы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемое значение OFR: &gt;0,1 (кроме финансовых организаций). Структура баланса нефинансового заемщика признается неудовлетворительной, а заемщик неплатежеспособным, если коэффициент на конец отчетного периода имеет значение &lt;0,1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Коэффициенты рентабельности – предназначены для оценки общей эффективности вложения средств заемщика и характеризуют уровень отдачи от затрат и степень использования средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Коэффициент рентабельности активов (return on assets, ROA) свидетельствует о том, сколько чистой прибыли приходится на каждый тенге, вложенный в активы заемщика. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...93 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1701800" cy="533400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1701800" cy="533400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       где:</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      NI – чистая прибыль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      TA – среднегодовая сумма активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемое значение ROA: повышающееся значение показателя (в динамике) свидетельствует о способности активов заемщика порождать прибыль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Коэффициент рентабельности собственного капитала (return on equity, ROE) показывает, сколько заемщик имеет чистой прибыли с единицы собственного капитала. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...65 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1549400" cy="482600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1549400" cy="482600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       NI – чистая прибыль;</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      EC – среднегодовая сумма собственного капитала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемое значение ROE: различны в зависимости от отрасли, вместе с тем, высокое значение коэффициента оценивается положительно, поскольку свидетельствует о чистой прибыли, приходящейся на каждый тенге, авансированный в капитал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Коэффициент рентабельности заемного капитала, эффект финансового рычага (degree of financial leverage, DFL) характеризует эффективность использования заемного капитала. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4876800" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4876800" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       где:</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ROA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>EBIT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – рентабельность активов по EBIT;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      WACLP – средневзвешенная цена заемного капитала (средний размер ставки процентов за кредит);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      TRP – ставка налога на прибыль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      LC – средняя сумма заемного капитала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      EC – средняя сумма собственного капитала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемое значение DFL: полагается, что чем выше значение DFL, тем выше прибыль, которая приходится на заемный капитал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Коэффициент рентабельности инвестиций (return on investment, ROI) показывает отдачу на сумму вложенных в проект денежных средств. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...127 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3251200" cy="520700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3251200" cy="520700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       где:</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      NI – чистая прибыль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      IC – инвестированный капитал;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      EC – среднегодовая сумма собственного капитала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      LTL – долгосрочные обязательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемое значение ROI: чем выше значение коэффициента, тем более эффективно используются инвестиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Коэффициенты платежеспособности (финансовой устойчивости в долгосрочной перспективе) характеризуют состояние финансовых ресурсов заемщика и их способность обеспечить рост ее деловой активности при сохранении платежеспособности в условиях допустимого уровня риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Коэффициент финансовой независимости (equity to total assets, EtTA) характеризует долю собственного капитала в общей сумме авансированных средств. Чем выше значение коэффициента, тем финансово более устойчиво и независимо от внешних кредиторов предприятие. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...107 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1193800" cy="558800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1193800" cy="558800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       где:</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      EC – собственный капитал;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      TA – сумма активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемые значения EtTA: нормативное значение для данного показателя равно 0,6 (кроме финансовых организаций).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Коэффициент финансового левереджа (debt ratio, DR) прямо пропорционален финансовому риску предприятия и отражает долю заемных средств в источниках финансирования активов предприятия. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...65 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1104900" cy="469900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1104900" cy="469900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       где:</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      LC – заемный капитал;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      EC – собственный капитал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемое значение DR: в диапазоне: 0,5 - 0,8 (кроме финансовых организаций).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Коэффициент обеспеченности кредитов прибылью (percentage of loans profit, PLP) применяется для оценки возможности предприятия погасить долги по кредитам. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...65 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1625600" cy="546100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1625600" cy="546100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       где:</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      EBIT – прибыль до уплаты налогов и процентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A – амортизация;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      CL – краткосрочные обязательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      LTL – долгосрочные обязательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемое значение PLP: повышающееся (в динамике) значение показателя свидетельствует об улучшении ситуации с кредитоспособностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Коэффициент покрытия процентов (times interest earned, TIE) показывает возможную степень снижения операционной прибыли предприятия, при которой оно может обслуживать выплаты процентов. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...93 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1244600" cy="533400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1244600" cy="533400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       EBIT – прибыль до уплаты налогов и процентов;</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      PP – проценты к уплате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемое значение: &gt;1 (кроме финансовых организаций).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Коэффициенты оборачиваемости отражают интенсивность использования задействованных ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Коэффициент оборачиваемости дебиторской задолженности (receivables turnover, RT) показывает, сколько раз в среднем дебиторская задолженность превращалась в денежные средства в течение одного периода. Рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...65 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="952500" cy="584200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="952500" cy="584200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       NS – выручка от реализации продукции;</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      AR – среднегодовая стоимость дебиторской задолженности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемое значение: высокое значение показателя. Низкое значение коэффициента свидетельствует о трудностях с взысканием средств от дебиторов, соответственно о повышении потребности заемщика в оборотном капитале. Важно рассмотрение значений данного показателя в тренде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Коэффициент оборачиваемости кредиторской задолженности (payables turnover, PT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1473200" cy="736600"/>
+            <wp:extent cx="1549400" cy="482600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1473200" cy="736600"/>
+                      <a:ext cx="1549400" cy="482600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       NS – выручка от реализации продукции;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       AP – среднегодовая стоимость кредиторской задолженности.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рекомендуемое значение: высокое значение показателя. Низкое значение показателя может свидетельствовать с одной стороны, о проблемах с оплатой с кредиторами, с другой стороны, об эффективно налаженных отношениях с кредиторами. В целях исключения варианта с первой причиной, значение коэффициента необходимо анализировать в динамике.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3214,63 +4402,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3592,35 +4802,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId16"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>