--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="165ab7b" w14:textId="165ab7b">
+    <w:p w14:paraId="0798d9a" w14:textId="0798d9a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -770,468 +770,658 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Распределению между частными судебными исполнителями посредством государственной автоматизированной информационной системы исполнительного производства подлежат:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) исполнительные документы, поступившие в региональную палату частных судебных исполнителей (далее – региональная палата) на бумажном носителе или в форме электронного документа.</w:t>
+      1) исполнительные документы, поступившие в региональную палату частных судебных исполнителей (далее – региональная палата) на бумажном носителе или в форме электронного документа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) исполнительные производства, находящиеся на исполнении у частных судебных исполнителей, действие лицензии которых приостановлено, прекращено или исключенных из членства Республиканской палаты частных судебных исполнителей (далее – Республиканская палата), отсутствующих длительное время (более одного месяца), поступившие по территориальности;</w:t>
+      2) исполнительные производства, находящиеся на исполнении у частных судебных исполнителей, действие лицензии которых приостановлено, прекращено либо лишенных лицензии, или исключенных из членства Республиканской палаты частных судебных исполнителей (далее – Республиканская палата), отсутствующих длительное время (более одного месяца), переведенных в другой исполнительный округ, поступившие по территориальности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
-[...15 lines deleted...]
-      3) исполнительные документы действующих частных судебных исполнителей при образовании, реорганизации или закрытии контор частных судебных исполнителей специализирующихся на исполнении отдельных категории исполнительных документов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен приказом Министра юстиции РК от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 538</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнительные документы автоматически распределяются региональной палатой посредством государственной автоматизированной информационной системы исполнительного производства (далее – АИСОИП) равномерно между частными судебными исполнителями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
-[...15 lines deleted...]
-      Исполнительные документы распределяются региональной палатой посредством государственной автоматизированной информационной системы исполнительного производства (далее – АИСОИП).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказом Министра юстиции РК от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 538</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Исполнительный документ подлежит распределению среди частных судебных исполнителей района, города соответствующего месту регистрации должника. При отсутствии в районе частного судебного исполнителя, исполнительный документ распределяется между частными судебными исполнителями, закрепленными за данным районом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
-[...15 lines deleted...]
-      3. При распределении исполнительных документов между частными судебными исполнителями учитываются:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнительный документ, ранее возвращенный без исполнения либо направленный по территориальности, при повторном поступлении подлежит распределению частному судебному исполнителю, инициировавшему возврат без исполнения либо направление по территориальности последним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае поступления исполнительного документа о взыскании алиментов, по которому лицо является должником в рамках другого исполнительного производства о взыскании алиментов, поступивший исполнительный документ подлежит распределению тому частному судебному исполнителю, в производстве которого находится исполнительный документ о взыскании алиментов в отношении того же должника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается распределение исполнительных документов частным судебным исполнителям, не зарегистрированным или не закрепленным к району регистрации должника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Допускается приостановление распределения исполнительных документов частным судебным исполнителям, одновременно занимающим неоплачиваемую должность руководителя региональной палаты, его заместителя, а также иную неоплачиваемую должность в органах управления Республиканской палаты, на основании их соответствующего заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра юстиции РК от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 538</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Распределение и передача исполнительных документов частным судебным исполнителям осуществляется региональной палатой в течение одного рабочего дня с момента наступления обстоятельств, послуживших основанием для их поступления в региональную палату, а в случаях, когда судебный акт подлежит немедленному исполнению, – распределение исполнительного документа осуществляется незамедлительно с момента его поступления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...15 lines deleted...]
-      1) место регистрации должника и конторы частного судебного исполнителя;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Контроль за равномерным распределением исполнительных документов между частными судебными исполнителями осуществляет Республиканская палата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
-[...15 lines deleted...]
-      2) ходатайство частного судебного исполнителя, специализирующего на взыскании алиментных платежей.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Прием исполнительных документов, поступивших от региональной палаты на бумажном носителе, осуществляются нарочно частными судебными исполнителями в течении трех рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
-[...15 lines deleted...]
-      Исполнительный документ подлежит распределению среди частных судебных исполнителей района, города соответствующего месту регистрации должника. При отсутствии в районе частного судебного исполнителя, исполнительный документ распределяется между частными судебными исполнителями, закрепленными за данным районом.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае нахождения конторы частного судебного исполнителя за пределами городов республиканского значения, областных центров, исполнительный документ направляется заказным письмом, с соответствующей отметкой о получении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
-[...15 lines deleted...]
-      Не допускается распределение исполнительных документов частным судебным исполнителям, не зарегистрированным или не закрепленным к району регистрации должника.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вместе с исполнительным документом подлежат передаче приложенные к нему материалы. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
-[...15 lines deleted...]
-      Допускается приостановление распределения исполнительных документов частным судебным исполнителям, одновременно занимающим неоплачиваемую должность руководителя региональной палаты, его заместителя, а также иную неоплачиваемую должность в органах управления Республиканской палаты, на основании их соответствующего заявления.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Частный судебный исполнитель, получивший исполнительный документ, в течение трех рабочих дней уведомляет об этом взыскателя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
-[...15 lines deleted...]
-      При наличии заявления взыскателя, исполнительный документ распределяется тому частному судебному исполнителю, который указан в заявлении и зарегистрирован или закреплен к району регистрации должника. В случае отсутствия такого заявления исполнительный документ подлежит распределению между частными судебными исполнителями.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчет о распределении исполнительных документов между частными судебными исполнителями формируется в АИСОИП.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
-[...15 lines deleted...]
-      4. Распределение и передача исполнительных документов частным судебным исполнителям осуществляется региональной палатой в течение одного рабочего дня с момента наступления обстоятельств, послуживших основанием для их поступления в региональную палату, а в случаях, когда судебный акт подлежит немедленному исполнению, – распределение исполнительного документа осуществляется незамедлительно с момента его поступления.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Частный судебный исполнитель, в случаях приостановления или прекращения действия лицензии либо лишения лицензии, или исключения из членства Республиканской палаты, временного замещения (трудовой или учебный отпуск, болезнь, командировка), перевода в другой исполнительный округ, в течение трех рабочих дней направляет материалы исполнительного производства в региональную палату. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Министра юстиции РК от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 538</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>