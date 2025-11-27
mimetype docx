--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="48c11af" w14:textId="48c11af">
+    <w:p w14:paraId="d23c7a0" w14:textId="d23c7a0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,51 +103,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра по инвестициям и развитию Республики Казахстан от 30 октября 2015 года № 1023. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 января 2016 года № 12804.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 41-33) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -176,51 +281,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -239,110 +343,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> допуска к полетам эксплуатантов авиации общего назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету гражданской авиации Министерства по инвестициям и развитию Республики Казахстан (Сейдахметов Б.К.) обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -391,90 +495,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства по инвестициям и развитию Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего приказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра по инвестициям и развитию Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -914,137 +1018,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 октября 2015 года № 1023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>допуска к полетам эксплуатантов авиации общего назначения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила в редакции приказа Министра индустрии и инфраструктурного развития РК от 23.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 540</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила допуска к полетам эксплуатантов авиации общего назначения (далее – настоящие Правила) разработаны в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1079,51 +1288,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 15 апреля 2013 года "О государственных услугах" и Приложения 6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конвенции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Международной гражданской авиации ратифицированный постановлением Верховного Совета Республики Казахстан от 2 июля 1992 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1142,70 +1350,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящие Правила определяют порядок допуска к полетам эксплуатантов авиации общего назначения, эксплуатирующих самолеты с максимальной сертифицированной взлетной массой свыше пяти тысяч семисот килограмм и (или) самолеты, оснащенные одним или несколькими турбореактивными двигателями, вертолеты с максимальной сертифицированной взлетной массой свыше три тысячи сто восемьдесят килограмм (далее – эксплуатант) и порядок оказания государственной услуги "Выдача свидетельства на право выполнения полетов (эксплуатант авиации общего назначения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1224,211 +1432,211 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В настоящих Правилах применяются следующие термины и определения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) эксплуатант – физическое или юридическое лицо, занимающееся эксплуатацией гражданских воздушных судов или предлагающее свои услуги в этой области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) авиация общего назначения – гражданская авиация, находящаяся в собственности физических и (или) юридических лиц и используемая в целях перевозки пассажиров, багажа, груза и почтовых отправлений (воздушные перевозки), выполнения авиационных работ и проведения поисково-спасательных и аварийно-спасательных работ, оказания помощи в случае стихийных бедствий не за плату и не по найму, а также в целях проведения учебных, спортивных, культурно-просветительных мероприятий, развития технического творчества и удовлетворения личных потребностей эксплуатанта воздушного судна;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заявитель – физическое или юридическое лицо, обратившееся в уполномоченную организацию в сфере гражданской авиации для получения допуска к полетам в качестве эксплуатанта авиации общего назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) руководство эксплуатанта по регулированию технического обслуживания – документ, содержащий описание процедур эксплуатанта, которые обеспечивают возможность управления своевременным и удовлетворительным выполнением всех плановых и неплановых работ по техническому обслуживанию воздушных судов данного эксплуатанта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) свидетельство на право выполнения полетов – документ, выдаваемый уполномоченной организацией (уполномоченным органом) в сфере гражданской авиации, удостоверяющий допуск к полетам эксплуатанта авиации общего назначения и соответствие требованиям, установленным настоящими Правилами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) руководство по производству полетов – документ, содержащий правила, инструкции и рекомендации для использования эксплуатационным персоналом при выполнении своих обязанностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Допуск к полетам осуществляется в следующем порядке: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) подача заявителем заявки, веб-портал "электронного правительства" на получение допуска к полетам по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1443,149 +1651,149 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам с приложением перечня документов, прилагаемых к заявке, приведенного в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       К заявке также прилагается Руководство по производству полетов по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, Руководство эксплуатанта по регулированию технического обслуживания в соответствии с Приложением 6 к Конвенции о международной гражданской авиации ратифицированный постановлением Верховного Совета Республики Казахстан от 2 июля 1992 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проверка документов уполномоченной организацией в сфере гражданской авиации (далее – уполномоченная организация);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проведение уполномоченной организацией обследования заявителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) допуск к полетам – выдача свидетельства на право выполнения полетов (эксплуатант авиации общего назначения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1604,125 +1812,125 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня их первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок допуска к полетам эксплуатантов авиации общего назначения и описание порядка оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 12.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Подача заявки и документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Для получения государственной услуги "Выдача свидетельства на право выполнения полетов (эксплуатант авиации общего назначения)" заявитель за 60 (шестьдесят) рабочих дней до планируемой даты начала выполнения полетов через веб-портал "электронного правительства" (далее – портал) направляет в Акционерное общество "Авиационная администрация Казахстана" (далее – уполномоченная организация) заявку на получение свидетельства на право выполнения полетов эксплуатантам авиации общего назначения (далее – заявка) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1737,51 +1945,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и документы, предусмотренные пунктом 8 перечня основных требований к оказанию государственной услуги Выдача свидетельства на право выполнения полетов (эксплуатант авиации общего назначения) (далее – Перечень основных требований к оказанию государственной услуги) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень основных требований к оказанию государственной услуги, включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены в Перечне основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1908,108 +2116,212 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Заявитель обеспечивает достоверность предоставляемых сведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Проверка документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 7 предусматривается в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В день поступления заявки с пакетом документов услугодатель осуществляет регистрацию и назначает исполнителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Срок рассмотрения заявки и документов составляет 20 (двадцать) рабочих дней с момента регистрации заявки. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2171,149 +2483,245 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 8 предусматривается исключить приказом Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. После рассмотрения заявки и документов уполномоченной организацией создается комиссия для проведения обследования заявителя (далее – Комиссия) с включением в ее состав авиационных инспекторов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Проведение обследования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Уполномоченная организация проводит обследование в течение восьми рабочих дней на наличие у заявителя сертифицированных воздушных судов, подготовленного персонала, документации, оборудования, необходимыми для летной, технической эксплуатации воздушных судов и обеспечения выполнения полетов, а также обязательных видов страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. По результатам обследования составляется Акт обследования эксплуатанта (далее – Акт) в течение 4 (четырех) рабочих дней по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в двух экземплярах с указанием фактического состояния объектов заявителя, выводов, рекомендаций и заключения о допуске либо не допуске к полетам эксплуатанта. Акт обследования подписывается членами Комиссии, который является основанием для выдачи свидетельства на право выполнения полетов эксплуатантам авиации общего назначения и представляется заявителю для ознакомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении оснований для отказа в оказании государственной услуги, уполномоченная организация уведомляет заявителя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить заявителю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2424,208 +2832,322 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Свидетельство на право выполнения полетов не подлежит передаче другому лицу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Свидетельство на право выполнения полетов выдается бессрочно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Копия свидетельства на право выполнения полетов, заверенная подписью и печатью (при наличии) эксплуатанта авиации общего назначения и копии, связанных с ним эксплуатационных спецификаций, находятся на борту воздушного судна.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выполнении международных полетов на борту воздушного судна находится копия свидетельства на право выполнения полетов, заверенная подписью руководителя или лица, уполномоченного им и печатью уполномоченной организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 14 предусматривается в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Эксплуатант авиации общего назначения обеспечивает безопасность полетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Принятие решения о допуске к полетам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. После получения акта уполномоченная организация в течение 3 (трех) рабочих дней осуществляет выдачу свидетельства на право выполнения полетов по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2644,70 +3166,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Уполномоченная организация обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений, данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2761,209 +3283,305 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок главы 3 предусматривается в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Приостановление и возобновление действия свидетельства на право выполнения полетов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Уполномоченная организация приостанавливает действие свидетельства на право выполнения полетов в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несоблюдения эксплуатантом (владельцем) воздушного судна требований и ограничений, установленных настоящими Правилами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) необеспечения страхования в соответствии с требованиями законов Республики Казахстан об обязательных видах страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) выявления нарушений, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 16-3 Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) письменного заявления эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении нарушений предусмотренных подпунктами 1), 2) и 3) пункта 17 настоящих Правил уполномоченная организация направляет эксплуатанту письменное уведомление о приостановлении свидетельства на право выполнения полетов в течение трех рабочих дней со дня выявления нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2982,90 +3600,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Эксплуатант после получения уведомления в течение семи рабочих дней направляет уполномоченную организацию план корректирующих действий по устранению выявленных нарушений (далее – план).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Уполномоченная организация контролирует выполнение плана эксплуатантом в установленные сроки путем проведения проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По итогам проверки выполнения плана уполномоченная организация в течение трех рабочих дней:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3138,70 +3756,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Решение по возобновлению либо отказу в допуске эксплуатанта авиации общего назначения уполномоченная организация сообщает эксплуатанту в письменной форме в срок – два рабочих дня с момента окончания проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3219,71 +3837,159 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z348" w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Глава 3 предусматривается дополнить пунктами 20-1, 20-2, 20-3, 20-4, 20-5, 20-6, 20-7 в соответствии с приказом Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z348" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Рассмотрение жалобы на административное действие (бездействие) уполномоченной организации, связанное с принятием административного акта в административном (досудебном) порядке производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3322,90 +4028,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z349" w:id="50"/>
+    <w:bookmarkStart w:name="z349" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Жалоба заявителя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уполномоченной организации – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3480,168 +4186,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z350" w:id="51"/>
+    <w:bookmarkStart w:name="z350" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Жалоба подается в уполномоченную организацию и (или) в уполномоченный орган в сфере гражданской авиации и (или) должностному лицу, чье решение, действие (бездействие) обжалуются, а также в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченная организация, уполномоченный орган в сфере гражданской авиации, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="52"/>
+    <w:bookmarkStart w:name="z43" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, уполномоченная организация, уполномоченный орган в сфере гражданской авиации, должностное лицо, чье решение, действие (бездействие) обжалуются, не направляют жалобу в орган, рассматривающий жалобу, если в течение 3 (трех) рабочих дней принято решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z44" w:id="53"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z44" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Срок рассмотрения жалобы уполномоченной организацией, уполномоченным органом в сфере гражданской авиации, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" продлевается не более чем на 10 (десять) рабочих дней в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z45" w:id="54"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z45" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4006,88 +4712,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Руководителю уполномоченной организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Заявка на получение допуска к полетам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z63" w:id="50"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Прошу провести обследование _____________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (полное название заявителя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4424,68 +5130,164 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к полетам эксплуатантов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации общего назначения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z351" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z351" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача свидетельства на право выполнения полетов" (эксплуатант авиации общего назначения)"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6220,548 +7022,548 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:bookmarkStart w:name="z70" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Руководство по производству полетов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z71" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководство по производству полетов разрабатывается заявителем в соответствии с Приложением 6 к </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конвенции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о международной гражданской авиации ратифицированный постановлением Верховного Совета Республики Казахстан от 2 июля 1992 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Содержание руководства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Оглавление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) страница учета поправок и перечень действующих страниц, если при каждой поправке не перевыпускается весь документ и на документе не указана дата вступления в силу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) служебные обязанности, ответственность и субординация руководящего и эксплуатационного персонала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) система управления безопасностью полетов эксплуатанта (воздушные суда с сертифицированной взлетной массой свыше 5700 кг.);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) система руководства полетами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) правила в отношении MEL (когда применяются);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z79" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) производство полетов в нормальных условиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) стандартные эксплуатационные процедуры (SOP);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) метеорологические ограничения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) ограничения полетного и рабочего времени;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) чрезвычайные ситуации в полете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) анализ авиационных происшествий и инцидентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) квалификация и подготовка персонала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) ведение учетной документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) описание системы управления техническим обслуживанием;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) эксплуатационные ограничения летно-технических характеристик;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) использование/сохранение записей регистраторов полетных и речевых данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) инструкции по перевозке опасных грузов, включая действия, которые надлежит предпринять в случае возникновения аварийной ситуации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z91" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) инструкции и требования к подготовке в области использования расширенных эксплуатационных возможностей для полетов воздушных судов, оборудованных системами автоматической посадки, коллиматорными (HUD) или эквивалентными индикаторами, системами технической визуализации (EVS, SVS или CVS);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z92" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) инструкции и требования к подготовке в области использования электронной полетной документации (EFB);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z93" w:id="81"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z93" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) выполнение полетов в воздушном пространстве с RVSM, MNPS, RNAV или RNP.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6840,80 +7642,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> эксплуатантов авиации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>общего назначения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Руководство эксплуатанта по регулированию </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>технического обслуживания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 исключено приказом и.о. Министра индустрии и инфраструктурного развития РК от 17.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7095,88 +7897,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="83"/>
+    <w:bookmarkStart w:name="z135" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт обследования эксплуатанта авиации общего назначения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z136" w:id="84"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z136" w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с приказом________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наименование уполномоченной организации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7609,228 +8411,228 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z139" w:id="85"/>
+    <w:bookmarkStart w:name="z139" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Свидетельство на право выполнения полетов </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>и эксплуатационные спецификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z140" w:id="86"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z140" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________________________________________________________ Наименование уполномоченной организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z141" w:id="87"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z141" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> СВИДЕТЕЛЬСТВО</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на право выполнения полетов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(эксплуатант авиации общего назначения)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z142" w:id="88"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z142" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № KAZ – 03/001</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z143" w:id="89"/>
+          <w:bookmarkStart w:name="z143" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7935,111 +8737,111 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z149" w:id="90"/>
+          <w:bookmarkStart w:name="z149" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оперативная связь в эксплуатации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Контактная информация:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z152" w:id="91"/>
+      <w:bookmarkStart w:name="z152" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящее свидетельство удостоверяет допуск эксплуатанта авиации общего</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>назначения ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8186,293 +8988,293 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Руководитель уполномоченной организации (фамилия имя отчество (при наличии) (далее – Ф.И.О.) (подпись) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>либо лицо, им уполномоченное</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="92"/>
+    <w:bookmarkStart w:name="z153" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       место печати (при наличии) (далее – МП) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z154" w:id="93"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z154" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата выдачи: "___" ________ 20__года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z155" w:id="94"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z155" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Наименование уполномоченной организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z156" w:id="95"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z156" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______________________________________________________________________________ (название эксплуатанта, свидетельство №____)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z157" w:id="96"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z157" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Эксплуатационные спецификации (эксплуатационные требования и ограничения)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z158" w:id="97"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z158" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Часть А – Общие положения </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z159" w:id="98"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z159" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие эксплуатационные спецификации выдаются в соответствии с Правилами допуска к полетам эксплуатантов авиации общего назначения и в соответствии с Приложением 6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конвенции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Международной гражданской авиации ратифицированный постановлением Верховного Совета Республики Казахстан от 2 июля 1992 года. Эксплуатант, подготовлен к выполнению полетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z160" w:id="99"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z160" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Эксплуатанту разрешается эксплуатировать для выполнения полетов авиации общего назначения на внутренних (международных) воздушных линиях воздушные суда следующих изготовителей и моделей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z161" w:id="100"/>
+          <w:bookmarkStart w:name="z161" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Изготовитель</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="94"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8524,80 +9326,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z165" w:id="101"/>
+          <w:bookmarkStart w:name="z165" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="101"/>
+          <w:bookmarkEnd w:id="95"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8730,389 +9532,389 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z173" w:id="102"/>
+    <w:bookmarkStart w:name="z173" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графе 1 указывается завод – изготовитель воздушного судна;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z174" w:id="103"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z174" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 2 указываются тип и номер государственной регистрации воздушного судна;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z175" w:id="104"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z175" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 3 – показатель в тоннах или килограммах и количество пассажирских мест.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z176" w:id="105"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z176" w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________             _________             __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель уполномоченной организации (Ф.И.О.) (подпись) либо лицо, им уполномоченное</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="106"/>
+    <w:bookmarkStart w:name="z177" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       М.П.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z178" w:id="107"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z178" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата выдачи: "___" ________ 20__года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z179" w:id="108"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z179" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование уполномоченной организации ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z180" w:id="109"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z180" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Эксплуатационные спецификации (эксплуатационные требования и ограничения)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z181" w:id="110"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z181" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Часть В - Разрешение и ограничения на маршрутах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z182" w:id="111"/>
+          <w:bookmarkStart w:name="z182" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Контактная информация о выдающей уполномоченной организации </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="111"/>
+          <w:bookmarkEnd w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tелефон: ______________; Факс: _____________; E-mail: _____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z185" w:id="112"/>
+          <w:bookmarkStart w:name="z185" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Свидетельство №: ____ Название эксплуатанта: ______________ Дата: _______ </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="112"/>
+          <w:bookmarkEnd w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9139,134 +9941,134 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z189" w:id="113"/>
+          <w:bookmarkStart w:name="z189" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Модель воздушного судна: Регистрационный номер:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="107"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z191" w:id="114"/>
+          <w:bookmarkStart w:name="z191" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Виды полетов: Некоммерческие воздушные перевозки: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+          <w:bookmarkEnd w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="241300" cy="254000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -9505,187 +10307,187 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z193" w:id="115"/>
+          <w:bookmarkStart w:name="z193" w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Район(ы) полетов: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="115"/>
+          <w:bookmarkEnd w:id="109"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z195" w:id="116"/>
+          <w:bookmarkStart w:name="z195" w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Специальные ограничения: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="116"/>
+          <w:bookmarkEnd w:id="110"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z197" w:id="117"/>
+          <w:bookmarkStart w:name="z197" w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Специальные</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Разрешения:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9827,80 +10629,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z204" w:id="118"/>
+          <w:bookmarkStart w:name="z204" w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Опасные грузы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="112"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10128,80 +10930,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z210" w:id="119"/>
+          <w:bookmarkStart w:name="z210" w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Полеты в условиях ограниченной видимости: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="119"/>
+          <w:bookmarkEnd w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10250,70 +11052,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расширенные эксплуатационные возможности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z214" w:id="120"/>
+          <w:bookmarkStart w:name="z214" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="120"/>
+          <w:bookmarkEnd w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="241300" cy="254000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
@@ -10552,70 +11354,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z217" w:id="121"/>
+          <w:bookmarkStart w:name="z217" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
+          <w:bookmarkEnd w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 САТ RVR: м; DH м (фут);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10663,80 +11465,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z221" w:id="122"/>
+          <w:bookmarkStart w:name="z221" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">RVSM </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ☐Неприменимо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10978,80 +11780,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z228" w:id="123"/>
+          <w:bookmarkStart w:name="z228" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">EDTO </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
+          <w:bookmarkEnd w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ☐ Неприменимо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11224,70 +12026,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z232" w:id="124"/>
+          <w:bookmarkStart w:name="z232" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пороговое время:_______мин</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="124"/>
+          <w:bookmarkEnd w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Максимальное время полета до запасного эродрома:___мин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11317,80 +12119,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z236" w:id="125"/>
+          <w:bookmarkStart w:name="z236" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Навигационные</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="125"/>
+          <w:bookmarkEnd w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11660,80 +12462,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z244" w:id="126"/>
+          <w:bookmarkStart w:name="z244" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сохранение летной годности</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="126"/>
+          <w:bookmarkEnd w:id="120"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11841,80 +12643,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z250" w:id="127"/>
+          <w:bookmarkStart w:name="z250" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>EFB</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="127"/>
+          <w:bookmarkEnd w:id="121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12138,80 +12940,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z256" w:id="128"/>
+          <w:bookmarkStart w:name="z256" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Прочее </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="128"/>
+          <w:bookmarkEnd w:id="122"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12415,250 +13217,250 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z262" w:id="129"/>
+    <w:bookmarkStart w:name="z262" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Наименование уполномоченной организации __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z263" w:id="130"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z263" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Эксплуатационные спецификации (эксплуатационные требования и ограничения)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z264" w:id="131"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z264" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Часть В/1 - Разрешение и ограничения на маршрутах (вертолеты)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z265" w:id="132"/>
+          <w:bookmarkStart w:name="z265" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Контактная информация о выдающей уполномоченной организации </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="132"/>
+          <w:bookmarkEnd w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tелефон: ______________; Факс: _____________; E-mail: _____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z268" w:id="133"/>
+          <w:bookmarkStart w:name="z268" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Свидетельство №: ____ Название эксплуатанта: ______________ Дата: _______ </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="133"/>
+          <w:bookmarkEnd w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12685,134 +13487,134 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z272" w:id="134"/>
+          <w:bookmarkStart w:name="z272" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Модель воздушного судна: Регистрационный номер:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="134"/>
+          <w:bookmarkEnd w:id="128"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z274" w:id="135"/>
+          <w:bookmarkStart w:name="z274" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Виды полетов: Некоммерческие воздушные перевозки: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="135"/>
+          <w:bookmarkEnd w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="241300" cy="254000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:stretch>
@@ -13051,187 +13853,187 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z276" w:id="136"/>
+          <w:bookmarkStart w:name="z276" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Район(ы) полетов: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="136"/>
+          <w:bookmarkEnd w:id="130"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z278" w:id="137"/>
+          <w:bookmarkStart w:name="z278" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Специальные ограничения: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="137"/>
+          <w:bookmarkEnd w:id="131"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z280" w:id="138"/>
+          <w:bookmarkStart w:name="z280" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Специальные</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="138"/>
+          <w:bookmarkEnd w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Разрешения:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13373,80 +14175,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z287" w:id="139"/>
+          <w:bookmarkStart w:name="z287" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Опасные грузы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="139"/>
+          <w:bookmarkEnd w:id="133"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13674,80 +14476,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z293" w:id="140"/>
+          <w:bookmarkStart w:name="z293" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Полеты в условиях ограниченной видимости: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="140"/>
+          <w:bookmarkEnd w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13796,70 +14598,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расширенные эксплуатационные возможности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z297" w:id="141"/>
+          <w:bookmarkStart w:name="z297" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="141"/>
+          <w:bookmarkEnd w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="241300" cy="254000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
@@ -14026,70 +14828,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z300" w:id="142"/>
+          <w:bookmarkStart w:name="z300" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="142"/>
+          <w:bookmarkEnd w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="241300" cy="254000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
@@ -14238,70 +15040,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z302" w:id="143"/>
+          <w:bookmarkStart w:name="z302" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="143"/>
+          <w:bookmarkEnd w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 САТ RVR: м; DH м (фут);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14349,80 +15151,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z306" w:id="144"/>
+          <w:bookmarkStart w:name="z306" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Навигационные</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="144"/>
+          <w:bookmarkEnd w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14692,80 +15494,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z314" w:id="145"/>
+          <w:bookmarkStart w:name="z314" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Полеты по ППП на вертолетах с ЛТХ класса ___</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
+          <w:bookmarkEnd w:id="139"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14989,80 +15791,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z320" w:id="146"/>
+          <w:bookmarkStart w:name="z320" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Полеты с грузом на внешней подвеске</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="146"/>
+          <w:bookmarkEnd w:id="140"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15286,80 +16088,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z326" w:id="147"/>
+          <w:bookmarkStart w:name="z326" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сохранение летной годности</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="147"/>
+          <w:bookmarkEnd w:id="141"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15467,80 +16269,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z332" w:id="148"/>
+          <w:bookmarkStart w:name="z332" w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>EFB</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="148"/>
+          <w:bookmarkEnd w:id="142"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15764,80 +16566,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z338" w:id="149"/>
+          <w:bookmarkStart w:name="z338" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Прочее </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="149"/>
+          <w:bookmarkEnd w:id="143"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16045,52 +16847,159 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматривается дополнить приложением 7 в соответствии с приказом Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16125,55 +17034,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16499,31 +17408,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/><Relationship Target="media/document_image_rId42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId42"/><Relationship Target="media/document_image_rId43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId43"/><Relationship Target="media/document_image_rId44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId44"/><Relationship Target="media/document_image_rId45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId45"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>