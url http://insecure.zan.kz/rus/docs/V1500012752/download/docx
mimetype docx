--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a1ac6a0" w14:textId="a1ac6a0">
+    <w:p w14:paraId="fce18c2" w14:textId="fce18c2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,340 +102,256 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра национальной экономики Республики Казахстан от 26 ноября 2015 года № 735. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 декабря 2015 года № 12752.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 23-20)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...180 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и разрешительные требования по аккредитации негосударственных аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -446,90 +362,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего приказа на интернет-ресурсе Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -969,125 +885,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 ноября 2015 года № 735</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила и разрешительные требования по аккредитации негосударственных аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 01.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила и разрешительные требования по аккредитации негосударственных аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства" (далее – Правила и разрешительные требования) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1102,1673 +1018,1461 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 16 июля 2001 года "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правила и разрешительные требования регламентируют процедуру аккредитации аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства и разрешительные требования, предъявляемые к ним и определяют порядок оказания государственной услуги "Аккредитация негосударственных аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В настоящих Правилах и разрешительных требованиях применяются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аккредитация – процедура официального признания уполномоченным органом по аккредитации полномочий негосударственного аттестационного центра по аттестации инженерно-технических работников участвующих в процессе проектирования и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) свидетельство об аккредитации (далее – свидетельство) – свидетельство установленного образца, удостоверяющее статус аттестационного центра по установленной форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аттестационный центр – юридическое лицо, прошедшее в установленном порядке процедуру аккредитации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) инженерно-технический работник – физическое лицо, имеющее среднее профессиональное или высшее образование, осуществляющее организацию и руководство производственным процессом в сфере архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заявитель – негосударственное юридическое лицо, претендующее на аккредитацию в качестве аттестационного центра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) уполномоченный орган – ведомство центрального государственного органа, осуществляющее руководство в сфере государственного управления архитектурной, градостроительной и строительной деятельностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная услуга "Аккредитация негосударственных аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства" (далее - государственная услуга) оказывается Комитетом по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан (далее – услугодатель) согласно настоящим Правилам и разрешительным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Юридические лица (далее – услугополучатель) для получения государственной услуги направляет заявление с документами в форме электронного документа, удостоверенного электронно-цифровой подписью (далее - ЭЦП) услугодателю через веб-портал "электронного правительства" www.egov.kz (далее - портал) или объект информатизации "информационная система в сфере архитектуры, градостроительства и строительства e-Qurylys.kz" (www.equrylys.kz) (далее – информационная система).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z213" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      приложение с перечнем основных требований к оказанию государственной услуги, которое содержит "Аккредитация негосударственных аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства" (далее – государственная услуга) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень основных требований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...41 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Перечень документов необходимых для оказания государственной услуги определены в пункте 8 Перечня основных требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 19.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 367</w:t>
-[...93 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Действия структурных подразделений (работников) услугодателя при получении свидетельства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z202" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодатель осуществляет регистрацию заявления с документами, указанными в пункте 6 настоящих Правил и разрешительных требований, в день их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z203" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z204" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) услугодатель рассматривает заявление с документами на соответствие к разрешительным требованиям, указанным в приложении 4 к настоящим Правилам и разрешительным требованиям в течении 7 (семи) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z205" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении услугополучателем неполного пакета документов услугодатель в течение 2 (двух) рабочих дней с момента регистрации представленных документов, указанных пунктом 6 настоящих Правил и разрешительных требований, готовит мотивированный отказ в дальнейшем рассмотрении заявления и направляет в "личный кабинет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z206" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) услугодатель по результатам рассмотрения заявления с документами оформляет, подписывает и направляет в "личный кабинет" услугополучателя свидетельство об аккредитации согласно пункту 9 Перечня основных требований в течении (2 двух) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z207" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении оснований для отказа в оказании государственной услуги, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z208" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z209" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугодатель выдает свидетельство об аккредитации либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 19.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Действий структурных подразделений (работников) услугодателя при переоформлении свидетельства в случаях, указанных пунктом 9 настоящих Правил и разрешительных требований:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) услугодатель осуществляет регистрацию заявления с документами, указанных подпунктом 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил и разрешительных требований, в день их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) услугодатель рассматривает заявление с документами оформляет, подписывает и направляет в "личный кабинет" услугополучателя свидетельство об аккредитации в течении – 2 (двух) рабочих дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Свидетельства об аккредитации подлежат переоформлению при изменении наименования и (или) места нахождения юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Приостановление, возобновление действия, лишение (отзыв) свидетельства об аккредитации осуществляется в порядке и (или) по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Не допускается осуществление деятельности организацией, без наличия действующего свидетельства об аккредитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Аттестационные центры, прошедшие аккредитацию, включаются в Реестр негосударственных аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям, который содержит совокупность информации о реквизитах юридического лица, дату выдачи и номер свидетельства об аккредитации, о наличии в штате специалистов, а также сведения о принятых в отношении данного юридического лица мерах ответственности, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z210" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1. Уполномоченный орган в течение 3 (трех) рабочих дней с даты утверждения или изменения Правил, актуализируют информацию о порядке ее оказания и направляют услугодателю, оператору информационно-коммуникационной инфраструктуры "электронного правительства" и в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...185 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 13-1 в соответствии с приказом и.о. Министра индустрии и инфраструктурного развития РК от 19.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и (или) его должностных лиц по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Жалоба по вопросам оказания государственных услуг услугополучателем подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...285 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 13-1 в соответствии с приказом и.о. Министра индустрии и инфраструктурного развития РК от 19.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 372</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Исключен приказом Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...164 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Исключен приказом Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...204 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2857,551 +2561,564 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>требованиям по аккредитации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>негосударственных аттестационных</w:t>
+              <w:t>негосударственных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>центров по аттестации</w:t>
+              <w:t>аттестационных центров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>инженерно-технических работников,</w:t>
+              <w:t>по аттестации инженерно-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технических работников,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>участвующих в процессе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проектирования и строительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 19.05.2023 </w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 372</w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень основных требований к оказанию государственной услуги</w:t>
-[...33 lines deleted...]
-              <w:t>инженерно-технических работников, участвующих в процессе проектирования и строительства"</w:t>
+Перечень основных требований к оказанию государственной услуги "Аккредитация негосударственных аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Наименование услугодателя </w:t>
+              <w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Комитет по делам строительства и жилищно-коммунального хозяйства Министерства индустрии и инфраструктурного развитию Республики Казахстан</w:t>
+Комитет по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Способы предоставления государственной услуги (каналы доступа)</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веб-портал "электронного правительства": www.egov.kz.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Информационная система в сфере архитектуры, градостроительства и строительства e-Qurylys.kz" (www.equrylys.kz).</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3416,238 +3133,236 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) переоформление свидетельства при изменении наименования и (или) места нахождения юридического лица – 3 (три) рабочих дня.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (полностью автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3662,944 +3377,806 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+График работы услугодателя, объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). </w:t>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) на портал при выдаче свидетельства:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям;</w:t>
+              <w:t>
+заявление по установленной форме согласно приложению 3 к настоящим Правилам и разрешительным требованиям;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям;</w:t>
+              <w:t>
+сведения и документы в соответствии с разрешительными требованиями согласно приложению 4 к настоящим Правилам и разрешительным требованиям;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) на портал при переоформлении свидетельства:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям.</w:t>
+              <w:t>
+заявление по форме согласно приложению 7 к настоящим Правилам и разрешительным требованиям.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги Разрешительным требованиям;</w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги разрешительным требованиям;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель получает информации о статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...26 lines deleted...]
-          </w:tcPr>
+              <w:t>
+Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа по делам архитектуры, градостроительства и строительства и услугодателя: www.gov.kz.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...38 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый контакт-центр по вопросам оказания государственных услуг: 1414.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4812,69 +4389,69 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="38"/>
+    <w:bookmarkStart w:name="z107" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Свидетельство об аккредитации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z108" w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z108" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    N 00000 Настоящее свидетельство об аккредитации выдано</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -4895,71 +4472,71 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             __________________________________________________________________,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (юридический адрес)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z109" w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z109" w:id="44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на право осуществления аттестации инженерно-технических работников,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>участвующих в процессе проектирования и строительства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5270,88 +4847,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="41"/>
+    <w:bookmarkStart w:name="z112" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z113" w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z113" w:id="46"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5782,166 +5359,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (подпись)       (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата заполнения: "___" __________ 20__ года</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6055,77 +5516,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инженерно-технических</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>работников,</w:t>
+              <w:t>работников, участвующих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>участвующих в процессе</w:t>
+              <w:t>в процессе проектирования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проектирования и строительства</w:t>
+              <w:t>и строительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6152,104 +5613,124 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z212" w:id="43"/>
+    <w:bookmarkStart w:name="z212" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Разрешительные требования к аттестационным центрам по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 4 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 19.05.2023 </w:t>
+      Сноска. Приложение 4 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 372</w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -6599,140 +6080,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-наличие не менее одного преподавателя, ответственного за проведение повышения квалификации</w:t>
+Наличие не менее одного преподавателя, ответственного за проведение повышения квалификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям, копии дипломов, копии документов, подтверждающих наличие стажа работы, копии документов подтверждающих трудовые отношения с заявителем</w:t>
+              <w:t>
+Форма сведений согласно приложению 5 к настоящим Правилам и разрешительным требованиям, копии дипломов, копии документов, подтверждающих наличие стажа работы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случае наличия информация о дипломах, трудовых отношениях и стаже работы получается из информационных систем государственных органов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -6764,140 +6229,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-наличие не менее одного технического работника, ответственного за проведение аттестации</w:t>
+Наличие не менее одного технического работника, ответственного за проведение аттестации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям, копии документов подтверждающих трудовые отношения с заявителем</w:t>
+              <w:t>
+Форма сведений согласно приложения 5 к настоящим Правилам и разрешительным требованиям, копии документов подтверждающих трудовые отношения с заявителем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случае наличия информация о трудовых отношениях получается из информационных систем государственных органов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -6929,51 +6378,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-наличие административно-бытовых помещений на праве собственности или ином законном основании, удовлетворяющих санитарным требованиям для проведения обучения и аттестации, площадью не менее 100 (ста) квадратных метров, при этом помещения для проведения тестирования и обучения составляли не менее 45 (сорока пяти) квадратных метров.</w:t>
+Наличие административно-бытовых помещений на праве собственности или аренды на срок не менее одного года (с государственной регистрацией в правовом кадастре), удовлетворяющих санитарным требованиям для проведения обучения и аттестации, площадью не менее 100 (ста) квадратных метров, при этом помещения для проведения тестирования и обучения составляли не менее 45 (сорока пяти) квадратных метров.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При этом, помещения для проведения тестирования и обучения могут быть совмещены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -6982,148 +6431,111 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям.</w:t>
+              <w:t>
+Форма сведений согласно приложению 5 к настоящим Правилам и разрешительным требованиям.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При наличии административно-бытовых помещений: копия свидетельства о регистрации объекта недвижимости, копия технического паспорта. При ином законном основании: копия договора аренды, копия свидетельства о регистрации объекта недвижимости арендодателя, копия технического паспорта</w:t>
+При наличии административно-бытовых помещений: копия технического паспорта. При ином законном основании: копия договора аренды, копия технического паспорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случае наличия информация о владельце объекта недвижимости, об аренде административно-бытовых помещений получается из информационных систем государственных органов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7332,88 +6744,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z166" w:id="44"/>
+    <w:bookmarkStart w:name="z166" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Форма сведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z167" w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z167" w:id="49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Фамилия, имя, отчество (при его наличии)__________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) Должность _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7523,88 +6935,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) Квалификация по диплому __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8) Специализация по диплому _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="46"/>
+    <w:bookmarkStart w:name="z168" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Сведения об административно-бытовых помещениях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z169" w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z169" w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Адрес: ___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7646,88 +7058,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12) Номер договора об аренде ________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="48"/>
+    <w:bookmarkStart w:name="z170" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Сведения о материально-технической оснащенности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z171" w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z171" w:id="53"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Наименование: ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7956,88 +7368,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21) Срок эксплуатации _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="50"/>
+    <w:bookmarkStart w:name="z172" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Сведения о нормативно-технической и методологической литературе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z173" w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z173" w:id="55"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) Наименование: ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8062,100 +7474,100 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24) Количество ______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="52"/>
+    <w:bookmarkStart w:name="z174" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Сведения о утвержденных уполномоченным органом тестовых вопросов,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> утвержденных внутренних правил и регламентов для проведения обучения и аттестации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z175" w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z175" w:id="57"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) Наименование: ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8551,68 +7963,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z178" w:id="54"/>
+    <w:bookmarkStart w:name="z178" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр аккредитованных негосударственных аттестационных центров по аттестации инженерно-технических работников участвующих в процессе проектирования и строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9359,88 +8771,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z199" w:id="55"/>
+    <w:bookmarkStart w:name="z199" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">               Заявление юридического лица для переоформления свидетельства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z200" w:id="56"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z200" w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>