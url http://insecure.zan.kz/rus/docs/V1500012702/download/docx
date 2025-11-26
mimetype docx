--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="191e669" w14:textId="191e669">
+    <w:p w14:paraId="2f35841" w14:textId="2f35841">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,440 +102,356 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра национальной экономики Республики Казахстан от 26 ноября 2015 года № 733. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 декабря 2015 года № 12702.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 23-24)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...180 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по аккредитации организаций по управлению проектами в области архитектуры, градостроительства и строительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего приказа на интернет-ресурсе Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -975,125 +891,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 ноября 2015 года № 733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила по аккредитации организаций по управлению проектами в области архитектуры, градостроительства и строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 01.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила по аккредитации организаций по управлению проектами в области архитектуры, градостроительства и строительства (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1108,1421 +1024,1237 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 16 июля 2001 года "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правила регламентируют процедуру аккредитации организаций по управлению проектами в области архитектуры, градостроительства и строительства и определяют порядок оказания государственной услуги "Аккредитация организаций по управлению проектами в области архитектуры, градостроительства и строительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В настоящих Правилах применяются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аккредитация – процедура официального признания уполномоченным органом полномочий организации по управлению проектами в области архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) свидетельство об аккредитации – свидетельство удостоверяющее статус организации по управлению проектами в области архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заявитель – юридическое лицо, претендующее на аккредитацию в качестве организации по управлению проектами в области архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уполномоченный орган – местные исполнительные органы областей, города республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Правила и квалификационные требования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная услуга "Аккредитация организаций по управлению проектами в области архитектуры, градостроительства и строительства" (далее – государственная услуга) оказывается местными исполнительными органами областей, городов Астана, Алматы и Шымкента (далее - услугодатель) согласно настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Государственная услуга "Аккредитация организаций по управлению проектами в области архитектуры, градостроительства и строительства" (далее – государственная услуга) оказывается местными исполнительными органами областей, городов Нур-Султана, Алматы и Шымкента (далее - услугодатель) согласно настоящим Правилам.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      5. Юридические лица (далее – услугополучатель) для получения государственной услуги направляет заявление с документами в форме электронного документа, удостоверенного электронно-цифровой подписью (далее - ЭЦП) услугодателю через веб-портал "электронного правительства" www.egov.kz (далее - портал) или объект информатизации "информационная система в сфере архитектуры, градостроительства и строительства e-Qurylys.kz" (www.equrylys.kz) (далее – информационная система).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z165" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      приложение с перечнем основных требований к оказанию государственной услуги, которое содержит "Аккредитация организаций по управлению проектами в области архитектуры, градостроительства и строительства" (далее – государственная услуга) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень основных требований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Перечень документов необходимых для оказания государственной услуги определены пунктом 8 Перечня основных требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z166" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения документов, о государственной регистрации (перерегистрации) юридического лица предоставляются услугодателю из информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z167" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z168" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучателю в "личный кабинет" направляется статус о принятии заявления для оказания государственной услуги с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...63 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Действия, входящих в состав процесса оказания государственной услуги, длительность выполнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) автоматическая регистрация заявления с документами, указанных подпунктами 1) и 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выдача, переоформление свидетельства в электронной форме осуществляется информационной системой (компьютером) без участия услугодателя – в течение 20-40 (двадцать - сорок) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Свидетельства об аккредитации подлежат переоформлению при изменении наименования и (или) места нахождения юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Организации по управлению проектами в области архитектуры, градостроительства и строительства, прошедшие аккредитацию, включаются в Реестр аккредитованных организаций по управлению проектами в области архитектуры, градостроительства и строительства, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, который содержит совокупность информации о реквизитах юридического лица, дату выдачи и номер свидетельства об аккредитации, о наличии в штате специалистов, а также сведения о принятых в отношении данного юридического лица мерах ответственности, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Приостановление, возобновление действия, лишение (отзыв) свидетельства об аккредитации осуществляется в порядке и (или) по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Не допускается осуществление деятельности организацией, без наличия действующего свидетельства об аккредитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. В Реестр аккредитованных организаций, предусмотренный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил вносятся изменения и дополнения на основании заявления аккредитованной организаций по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При этом, любые внесенные изменения и дополнения не влекут за собой нарушения разрешительных требований, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и (или) его должностных лиц по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Жалоба по вопросам оказания государственных услуг услугополучателем подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 6 предусматривается в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 367</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...571 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Исключен приказом Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Исключен приказом Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...204 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2624,444 +2356,472 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в области архитектуры,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>градостроительства и</w:t>
+              <w:t>градостроительства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>строительства</w:t>
+              <w:t>и строительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...13 lines deleted...]
-          <w:bookmarkEnd w:id="33"/>
+              <w:t xml:space="preserve">
+Перечень основных требований к оказанию государственной услуги "Аккредитация организаций по управлению проектами в области архитектуры, градостроительства и строительства": </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="34"/>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Наименование услугодателя </w:t>
+              <w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Местные исполнительные органы областей, городов Нур-Султана, Алматы и Шымкента</w:t>
+Местные исполнительные органы областей, городов Астана, Алматы и Шымкента</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="35"/>
+2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги (каналы доступа) </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веб-портал "электронного правительства": www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Информационная система в сфере архитектуры, градостроительства и строительства e-Qurylys.kz" (www.equrylys.kz).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="36"/>
+3</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3113,80 +2873,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="37"/>
+4</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3238,80 +2986,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="38"/>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3322,161 +3058,127 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...23 lines deleted...]
-          <w:bookmarkEnd w:id="39"/>
+              <w:t>
+Выдача либо переоформление свидетельства об аккредитации по форме согласно приложению 5 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="40"/>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3528,245 +3230,219 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="41"/>
+7</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+График работы услугодателя, объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z77" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
-[...22 lines deleted...]
-          <w:bookmarkEnd w:id="42"/>
+1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). </w:t>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="43"/>
+8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3777,305 +3453,181 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) при получении свидетельства:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+заявление по установленной форме согласно приложению 2 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...49 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+форма сведения согласно приложению 4 к настоящим Правилам в соответствии с разрешительными требованиями предъявляемым к организациям по управлению проектами в области архитектуры, градостроительства и строительства согласно приложению 3 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2) при переоформлении свидетельства об аккредитации:</w:t>
+2) при переоформлении свидетельства об аккредитации:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+              <w:t>
+заявление по форме согласно приложению 6 к настоящим Правилам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="45"/>
+9</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4127,170 +3679,174 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="46"/>
+10</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель получает информации о статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа по делам архитектуры, градостроительства и строительства: www.kds.miid.gov.kz, услугодателя. Единый контакт-центр по вопросам оказания государственных услуг: 1414. </w:t>
+              <w:t>
+Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа по делам архитектуры, градостроительства и строительства и услугодателя: www.gov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый контакт-центр по вопросам оказания государственных услуг: 1414.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4478,88 +4034,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="48"/>
+    <w:bookmarkStart w:name="z99" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z100" w:id="49"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z100" w:id="38"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5239,140 +4795,140 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="50"/>
+    <w:bookmarkStart w:name="z103" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Разрешительные требования предъявляемые к организациям по управлению проектами в области архитектуры, градостроительства и строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z104" w:id="51"/>
+          <w:bookmarkStart w:name="z104" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkEnd w:id="40"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5460,80 +5016,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z109" w:id="52"/>
+          <w:bookmarkStart w:name="z109" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="41"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5621,118 +5177,118 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z114" w:id="53"/>
+          <w:bookmarkStart w:name="z114" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkEnd w:id="42"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z115" w:id="54"/>
+          <w:bookmarkStart w:name="z115" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наличие не менее трех аттестованных экспертов по осуществлению технического надзора по объектам первого уровня ответственности по следующим специализациям:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5854,80 +5410,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z122" w:id="55"/>
+          <w:bookmarkStart w:name="z122" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="44"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6031,80 +5587,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z127" w:id="56"/>
+          <w:bookmarkStart w:name="z127" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="45"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6188,80 +5744,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z132" w:id="57"/>
+          <w:bookmarkStart w:name="z132" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="46"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6345,80 +5901,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z137" w:id="58"/>
+          <w:bookmarkStart w:name="z137" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6695,88 +6251,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z144" w:id="59"/>
+    <w:bookmarkStart w:name="z144" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Форма сведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z145" w:id="60"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z145" w:id="49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Фамилия, имя, отчество (при его наличии)________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) Должность ___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6920,88 +6476,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9) Наличие аттестата эксперта______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать номер и дату выдачи)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="61"/>
+    <w:bookmarkStart w:name="z146" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                              Сведения об административно-бытовых помещениях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z147" w:id="62"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z147" w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Адрес: __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7060,88 +6616,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="63"/>
+    <w:bookmarkStart w:name="z148" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                              Сведения о материально-технической оснащенности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z149" w:id="64"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z149" w:id="53"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Наименование:____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14) Единица измерения________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7426,69 +6982,69 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z152" w:id="65"/>
+    <w:bookmarkStart w:name="z152" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            Свидетельство об аккредитации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z153" w:id="66"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z153" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                N 00000 Настоящее свидетельство об аккредитации выдано</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -7509,109 +7065,109 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         __________________________________________________________________,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           (юридический адрес)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z154" w:id="67"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z154" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на право управления проектами в области архитектуры, градостроительства и строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z155" w:id="68"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z155" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                АККРЕДИТОВАНО и внесен в реестр уполномоченного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z156" w:id="69"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z156" w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок действия свидетельства до ________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Уполномоченный орган ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7828,88 +7384,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z159" w:id="70"/>
+    <w:bookmarkStart w:name="z159" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   Заявление юридического лица для переоформления свидетельства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z160" w:id="71"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z160" w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8725,88 +8281,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z163" w:id="72"/>
+    <w:bookmarkStart w:name="z163" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z164" w:id="73"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z164" w:id="62"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>