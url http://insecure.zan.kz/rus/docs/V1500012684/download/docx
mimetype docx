--- v0 (2025-11-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0867736" w14:textId="0867736">
+    <w:p w14:paraId="234814f" w14:textId="234814f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -226,51 +226,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 31.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1458,50 +1458,136 @@
         <w:t>
       7) строительство – деятельность по созданию основных фондов производственного и непроизводственного назначения путем возведения новых и (или) изменения (расширения, модернизации, технического перевооружения, реконструкции, реставрации, капитального ремонта) существующих объектов (зданий, сооружений и их комплексов, коммуникаций), монтажа (демонтажа), связанного с ними технологического и инженерного оборудования, изготовления (производства) строительных материалов, изделий и конструкций, а также осуществления работ по консервации строительства незавершенных объектов и постутилизации объектов, выработавших свой ресурс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) строительная площадка – территория, используемая для размещения возводимого объекта, временных строений и сооружений, техники, отвалов грунта, складирования строительных материалов, изделий, оборудования и выполнения строительно-монтажных работ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается дополнить подпунктом 9)  в соответствии с приказом Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) орган государственного архитектурно-строительного контроля и надзора – структурное подразделение местного исполнительного органа, осуществляющее государственный архитектурно-строительный контроль за безопасностью, качеством, надежностью и устойчивостью строительных объектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1756,612 +1842,706 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в военных городках и специальных военных технологических комплексах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К объектам также относятся помещения (отдельные части) существующих зданий (сооружений), в которых намечается произвести реконструкцию, перепланировку, переоборудование;ъ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z532" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 12-1) предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1) уникальный номер объекта (далее - УНО) – идентификационный восемнадцатизначный номер, формируемый в системе государственного градостроительного кадастра для сбора информации (сведений) об объекте строительства от получения исходных материалов на разработку проектов строительства, реконструкцию (перепланировку и переоборудование) до приемки в эксплуатацию, с целью мониторинга объекта;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) заявитель – заинтересованное физическое или юридическое лицо (собственник, заказчик, застройщик), имеющее намерение осуществить новое строительство либо провести реконструкцию, перепланировку или переоборудование отдельных помещений или иных частей существующего здания (сооружения);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
-[...15 lines deleted...]
-      13) заявитель – заинтересованное физическое или юридическое лицо (собственник, заказчик, застройщик), имеющее намерение осуществить новое строительство либо провести реконструкцию, перепланировку или переоборудование отдельных помещений или иных частей существующего здания (сооружения);</w:t>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) реконструкция – изменение отдельных помещений, иных частей здания или здания в целом, как правило, связанное с необходимостью обновления и модернизации изменяемого объекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
-[...15 lines deleted...]
-      14) реконструкция – изменение отдельных помещений, иных частей здания или здания в целом, как правило, связанное с необходимостью обновления и модернизации изменяемого объекта;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) разрешительные документы – документы, предоставляющие заявителю право на реализацию его замысла по строительству или изменению помещений (отдельных частей) существующих зданий, которые включают:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
-[...15 lines deleted...]
-      15) разрешительные документы – документы, предоставляющие заявителю право на реализацию его замысла по строительству или изменению помещений (отдельных частей) существующих зданий, которые включают:</w:t>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      решение местного исполнительного органа о предоставлении соответствующего права на землю;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
-[...15 lines deleted...]
-      решение местного исполнительного органа о предоставлении соответствующего права на землю;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      решение местного исполнительного органа на проведение реконструкции, перепланировки, переоборудования помещений (отдельных частей) существующих зданий (сооружений);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
-[...15 lines deleted...]
-      решение местного исполнительного органа на проведение реконструкции, перепланировки, переоборудования помещений (отдельных частей) существующих зданий (сооружений);</w:t>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) схема трасс наружных инженерных сетей – схема расположения проектируемых и существующих инженерных сетей, разработанная в соответствии с техническими условиями на подключение к инженерным сетям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
-[...15 lines deleted...]
-      16) схема трасс наружных инженерных сетей – схема расположения проектируемых и существующих инженерных сетей, разработанная в соответствии с техническими условиями на подключение к инженерным сетям;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) заказчик (застройщик) – физическое или юридическое лицо, уполномоченное инвестором (либо само являющееся инвестором) осуществлять реализацию проекта по строительству предприятий, зданий, сооружений для собственных или государственных нужд либо в коммерческих целях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
-[...15 lines deleted...]
-      17) заказчик (застройщик) – физическое или юридическое лицо, уполномоченное инвестором (либо само являющееся инвестором) осуществлять реализацию проекта по строительству предприятий, зданий, сооружений для собственных или государственных нужд либо в коммерческих целях;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) технический проект – вид предпроектной документации, разрабатываемый в целях проведения реконструкции, перепланировки, переоборудования помещений (отдельных частей) существующих зданий (сооружений);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
-[...15 lines deleted...]
-      18) технический проект – вид предпроектной документации, разрабатываемый в целях проведения реконструкции, перепланировки, переоборудования помещений (отдельных частей) существующих зданий (сооружений);</w:t>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) топографическая съемка – электронная либо графическая модель местности, выполненная в масштабе, в местной системе координат, в Балтийской системе высот и отображающая существующие надземные и подземные сети и сооружения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
-[...15 lines deleted...]
-      19) топографическая съемка – электронная либо графическая модель местности, выполненная в масштабе, в местной системе координат, в Балтийской системе высот и отображающая существующие надземные и подземные сети и сооружения;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) эскиз (эскизный проект) – упрощенный вид проектного (планировочного, пространственного, архитектурного, технологического, конструктивного, инженерного, декоративного или другого) решения, выполненный в форме схемы, чертежа, первоначального наброска (рисунка) и объясняющий замысел этого решения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
-[...15 lines deleted...]
-      20) эскиз (эскизный проект) – упрощенный вид проектного (планировочного, пространственного, архитектурного, технологического, конструктивного, инженерного, декоративного или другого) решения, выполненный в форме схемы, чертежа, первоначального наброска (рисунка) и объясняющий замысел этого решения;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) нежилое помещение – отдельное внутреннее пространство в многоквартирном жилом доме, соответствующее строительным, санитарным, экологическим, противопожарным и другим обязательным нормам и правилам, предусмотренное на стадии проекта, границами которого являются внутренние поверхности стен, пола и потолка (межэтажных перекрытий), если иное не предусмотрено законодательством Республики Казахстан, используемое в иных, чем постоянное проживание, целях (офис, магазин, кафе, гостиница, хостел и другие объекты сферы услуг населению) и находящееся в индивидуальной (раздельной) собственности, за исключением общего имущества объекта кондоминиума.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
-[...15 lines deleted...]
-      21) нежилое помещение – отдельное внутреннее пространство в многоквартирном жилом доме, соответствующее строительным, санитарным, экологическим, противопожарным и другим обязательным нормам и правилам, предусмотренное на стадии проекта, границами которого являются внутренние поверхности стен, пола и потолка (межэтажных перекрытий), если иное не предусмотрено законодательством Республики Казахстан, используемое в иных, чем постоянное проживание, целях (офис, магазин, кафе, гостиница, хостел и другие объекты сферы услуг населению) и находящееся в индивидуальной (раздельной) собственности, за исключением общего имущества объекта кондоминиума.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом и.о. Министра промышленности и строительства РК от 07.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Градостроительные требования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Самовольное строительство объектов различного назначения на территории населенных пунктов не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом и.о. Министра промышленности и строительства РК от 07.12.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа и.о. Министра промышленности и строительства РК от 07.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2024).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
-[...33 lines deleted...]
-      5. Самовольное строительство объектов различного назначения на территории населенных пунктов не допускается.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Развитие и застройка территорий населенных пунктов осуществляется на основании утвержденных градостроительных проектов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:p>
-[...77 lines deleted...]
-      6. Развитие и застройка территорий населенных пунктов осуществляется на основании утвержденных градостроительных проектов.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основным градостроительным документом, определяющим комплексное планирование развития населенного пункта, является утвержденный генеральный план населенного пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
-[...15 lines deleted...]
-      Основным градостроительным документом, определяющим комплексное планирование развития населенного пункта, является утвержденный генеральный план населенного пункта.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Градостроительные требования к использованию земельных участков при их предоставлении для целей строительства устанавливаются на основании утвержденного генерального плана, проектов детальной планировки и застройки, градостроительного зонирования, а также настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Использование земельных участков физическими и юридическими лицами на территории населенного пункта для застройки (включая прокладку коммуникаций, инженерную подготовку территории, благоустройство, озеленение и другие виды обустройства участка) осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Земельным Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и настоящими Правилами на основании проектной (проектно-сметной) документации, если иное не предусмотрено законодательством Республики Казахстан и соблюдением целевого назначения или сервитута, зонирования территории, красных линий и линий регулирования застройки, правил застройки и эксплуатации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Предоставление земельного участка для строительства объектов осуществляется вместе с архитектурно-планировочным заданием, техническими условиями на подключение к инженерным сетям и топографической съемкой.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
-[...15 lines deleted...]
-      9. Предоставление земельного участка для строительства объектов осуществляется вместе с архитектурно-планировочным заданием, техническими условиями на подключение к инженерным сетям и топографической съемкой.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Застройка и использование земельных участков допускаются в строгом соответствии с целевым назначением, отражаемом в правоустанавливающих и (или) идентификационных документах на земельные участки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
-[...15 lines deleted...]
-      Застройка и использование земельных участков допускаются в строгом соответствии с целевым назначением, отражаемом в правоустанавливающих и (или) идентификационных документах на земельные участки.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В целях формирования актуальной информации о состоянии застройки территории населенных пунктов структурным подразделением МИО, осуществляющим функции в сфере архитектуры и градостроительства ведется дежурный топографический план (коммуникации, топографический изыскания, здания и сооружения), обновление и изменение которого осуществляется на постоянной основе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2379,1925 +2559,2001 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 11 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Информация и (или) сведения из дежурного топографического плана вносятся в автоматизированную информационную систему Государственного градостроительного кадастра в соответствии с Правилами ведения и предоставления информации и (или) сведений из государственного градостроительного кадастра Республики Казахстан, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 20 марта 2015 года № 244 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11111) и представляются по запросу физических и юридических лиц на бумажных или электронных носителях, либо обеспечивается доступ к дежурному топографическому плану посредством интернет-портала.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В соответствии с установленными государственными нормативами в области архитектуры, градостроительства и строительства, территории садоводческих и дачных товариществ размещаются с учетом перспективного развития населенных пунктов за пределами резервных территорий и санитарно-защитных зон соседствующих предприятий, на расстоянии доступности на общественном транспорте, а также в соответствии с градостроительными проектами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Градостроительные проекты населенных пунктов, входящих в пригородную зону согласовываются МИО города.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пригородные зоны включают в себя примыкающие к границе (черте) города земли, предназначенные для развития территории данного города, других населенных пунктов, входящих в пригородную зону, а также выполнения санитарно-защитных функций, размещения мест отдыха населения, садоводческих и дачных обществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Установление границ пригородных зон осуществляется на основе утвержденной градостроительной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При проектировании населенных пунктов, формировании жилых районов, благоустройстве вновь осваиваемых и реконструируемых территорий и населенных пунктов обеспечивается доступ маломобильных групп населения к жилым, общественным и производственным зданиям, сооружениям и помещениям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z536" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проектировании автомобильных стоянок, размещаемых на территории жилых и общественных зданий, предусматриваются места для личных автотранспортных средств маломобильных групп населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z537" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Застройка многоквартирными жилыми зданиями (домами) жилых зон без учета размещения объектов социальной инфраструктуры (объектов образования и здравоохранения) не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 149</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции Министра промышленности и строительства РК от 25.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
-[...200 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Проектирование и строительство в зонах (районах) повышенной сейсмической опасности осуществляется с учетом требований государственных нормативов в области архитектуры, градостроительства и строительства, регулирующих указанные вопросы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z429" w:id="64"/>
+    <w:bookmarkStart w:name="z429" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16-1. Проектирование, строительство и развитие городских и сельских поселений, а также строительство и реконструкция промышленных, сельскохозяйственных и иных объектов в пределах приаэродромной территории проводится с соблюдением требований безопасности полетов с учетом возможных негативных воздействий оборудования аэродрома и полетов воздушных судов на здоровье людей и деятельность физических и юридических лиц, а также с учетом требований предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выдачи разрешений на осуществление деятельности, которая может представлять угрозу безопасности полетов воздушных судов, утвержденными постановлением Правительства Республики Казахстан от 12 мая 2011 года № 504.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 16-1 в соответствии с приказом и.о. Министра индустрии и инфраструктурного развития РК от 29.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 392</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. При проектировании жилых и общественных зданий подземное пространство для размещения автопаркингов, гаражей и сооружений инженерного оборудования используется с учетом инженерно-геологических условий площадки строительства в соответствии со строительными, экологическими, санитарными и противопожарными требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При эксплуатации объектов не допускается:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:p>
-[...77 lines deleted...]
-      17. При проектировании жилых и общественных зданий подземное пространство для размещения автопаркингов, гаражей и сооружений инженерного оборудования используется с учетом инженерно-геологических условий площадки строительства в соответствии со строительными, экологическими, санитарными и противопожарными требованиями.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушение архитектурного стиля здания, сооружения, за исключением случаев, когда мероприятием по капитальному ремонту и реконструкции здания или сооружения предусматривается комплексное оформление фасада в едином стиле с применением идентичных строительных материалов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z69" w:id="66"/>
-[...15 lines deleted...]
-      18. При эксплуатации объектов не допускается:</w:t>
+    <w:bookmarkStart w:name="z71" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещение на фасадах многоквартирных жилых и общественных зданий спутниковых и эфирных приемных устройств для приема спутникового или эфирного сигнала операторов связи и (или) телерадиовещания, не имеющих лицензию на распространение телерадиоканалов на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z70" w:id="67"/>
-[...15 lines deleted...]
-      нарушение архитектурного стиля здания, сооружения, за исключением случаев, когда мероприятием по капитальному ремонту и реконструкции здания или сооружения предусматривается комплексное оформление фасада в едином стиле с применением идентичных строительных материалов;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Проектирование и строительство кабельных сетей, систем коллективного и индивидуального приема телерадиоканалов в жилых и общественных зданиях, в том числе национального спутникового или цифрового эфирного телерадиовещания осуществляется в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z71" w:id="68"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Размещение временных строений и сооружений (торговые палатки (павильоны), киоски, объекты наружной (визуальной) рекламы и другие объекты сервиса) осуществляется в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Земельного кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z74" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Демонтаж и снос зданий и сооружений (постутилизация) осуществляется в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства на основании разработанной проектной (проектно-сметной документации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z75" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Предпроектные процедуры и проектирование</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z74" w:id="71"/>
-[...15 lines deleted...]
-      21. Демонтаж и снос зданий и сооружений (постутилизация) осуществляется в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства на основании разработанной проектной (проектно-сметной документации).</w:t>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Реализация проектов по строительству осуществляется на основании соответствующего права на земельный участок и следующими этапами:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z588" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получение исходных материалов для разработки проектов строительства (кроме случаев выдачи исходных материалов вместе с земельным участком для строительства);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z589" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разработка и согласование эскиза (эскизного проекта);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z590" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) разработка проектно-сметной документации (далее - проектирование) и проведение комплексной вневедомственной экспертизы проектов строительства (далее – экспертиза);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z591" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уведомление органов, осуществляющих государственный архитектурно-строительный контроль и надзор о начале производства строительно-монтажных работ, осуществление строительно-монтажных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z592" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) приемка и ввод в эксплуатацию построенного объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z593" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Строительство технически несложных объектов третьего уровня ответственности и реконструкция индивидуальных жилых домов не выше двух этажей, не требующая отвода дополнительного земельного участка (прирезки территории), не превышающая двух этажей после реконструкции осуществляется по эскизу (эскизному проекту). Разработка проекта строительства, ее экспертиза, уведомление органов, осуществляющих государственный архитектурно-строительный контроль и надзор, о начале производства строительно-монтажных работ не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="73"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра промышленности и строительства РК от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 457</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Реализация проектов по реконструкции (перепланировке, переоборудованию) помещений (отдельных частей) существующих зданий и сооружений, связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования осуществляется следующими этапами:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z539" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получение исходных материалов для реконструкции (перепланировки, переоборудования) помещений (отдельных частей) существующих зданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z540" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проектирование и экспертиза проектов для реконструкции (перепланировки, переоборудования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z541" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уведомление органов, осуществляющих государственный архитектурно-строительный контроль и надзор о начале производства строительно-монтажных работ и осуществление строительно-монтажных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z542" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) приемка и ввод в эксплуатацию построенного объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z543" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Реконструкция (перепланировка, переоборудование) помещений (отдельных частей) существующих зданий и сооружений, не связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования (в рамках одного функционального назначения) осуществляется на основании технического проекта, разработанного в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства и выполненного лицами, имеющими лицензию. Получение решения МИО, проектирование и экспертиза проекта не требуется. При вводе в эксплуатацию объекта технический проект прилагается к акту приемки объекта в эксплуатацию собственником самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...155 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра промышленности и строительства РК от 30.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 457</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра промышленности и строительства РК от 25.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="81"/>
-[...181 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="87"/>
+    <w:bookmarkStart w:name="z90" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Заказчик (застройщик) осуществляет свою деятельность по строительству объектов в соответствии с Правилами организации деятельности и осуществления функций заказчика (застройщика), утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 19 марта 2015 года № 229 "Об утверждении Правил организации деятельности и осуществления функций заказчика (застройщика)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10795).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 21.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Исходные материалы для разработки проектов строительства включают:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z92" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) архитектурно-планировочное задание (далее – АПЗ);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z93" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) технические условия на подключение к источникам инженерного и коммунального обеспечения (далее – технические условия);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z94" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) поперечные профили дорог и улиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z95" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вертикальные планировочные отметки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z96" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выкопировку из проекта детальной планировки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z97" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) схемы трасс наружных инженерных сетей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z98" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Исходные материалы для реконструкции (перепланировки, переоборудования) помещений (отдельных частей) существующих зданий и сооружений, связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования включают:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z291" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) решение МИО о реконструкции (перепланировке, переоборудовании) помещений (отдельных частей) существующих зданий и сооружений, связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z292" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) АПЗ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z293" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) технические условия (при подаче заявителем опросного листа для технических условий на подключение к источникам инженерного и коммунального обеспечения (далее – опросный лист));</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z294" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) схемы трасс наружных инженерных сетей (при подаче заявителем опросного листа).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 21.06.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 352</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="88"/>
-[...215 lines deleted...]
-      3) технические условия (при подаче заявителем опросного листа для технических условий на подключение к источникам инженерного и коммунального обеспечения (далее – опросный лист));</w:t>
+    <w:bookmarkStart w:name="z103" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Выдача технических условий на подключение к проектируемым инженерным сетям не допускается, за исключением магистральных и распределительных сетей газопровода "Сарыарка".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z294" w:id="99"/>
-[...15 lines deleted...]
-      4) схемы трасс наружных инженерных сетей (при подаче заявителем опросного листа).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 27 - в редакции приказа и.о. Министра промышленности и строительства РК от 07.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. АПЗ и технические условия действуют в течение всего срока нормативной продолжительности строительства, утвержденного в составе проектной (проектно-сметной) документации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:p>
-[...77 lines deleted...]
-      27. Выдача технических условий на подключение к проектируемым инженерным сетям не допускается, за исключением магистральных и распределительных сетей газопровода "Сарыарка".</w:t>
+    <w:bookmarkStart w:name="z545" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае превышения нормативной продолжительности строительства более трех лет срок действия АПЗ и технических условий продлевается на период строительства при условии представления подтверждающих документов о начале строительства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:p>
-[...77 lines deleted...]
-      28. АПЗ и технические условия действуют в течение всего срока нормативной продолжительности строительства, утвержденного в составе проектной (проектно-сметной) документации.</w:t>
+    <w:bookmarkStart w:name="z546" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредставления подтверждающих документов о начале строительства АПЗ и технические условия по истечении трех лет с даты выдачи считаются недействительными.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z545" w:id="102"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z547" w:id="104"/>
+    <w:bookmarkStart w:name="z547" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Подтверждающими документами о начале строительства для объектов первого и второго уровня ответственности являются талон о приеме уведомления о начале строительно-монтажных работ и отчеты технического надзора, формируемые в соответствии с Правилами оказания инжиниринговых услуг в сфере архитектурной, градостроительной и строительной деятельности, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 3 февраля 2015 года № 71 "Об утверждении Правил оказания инжиниринговых услуг в сфере архитектурной, градостроительной и строительной деятельности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10401).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z548" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение МИО на реконструкцию (перепланировку, переоборудование) действует до введения объекта в эксплуатацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции приказа Министра промышленности и строительства РК от 25.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Разработка предпроектной и проектной (проектно-сметной) документации осуществляется физическими и юридическими лицами, имеющими лицензии на соответствующие виды работ.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z548" w:id="105"/>
-[...15 lines deleted...]
-      Решение МИО на реконструкцию (перепланировку, переоборудование) действует до введения объекта в эксплуатацию.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Разработка проектной (проектно-сметной) документации осуществляется в соответствии с выданным заказчиком заданием на проектирование с учетом основных требований и рекомендаций АПЗ, а также согласно требованиям государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z108" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. По проектам реконструкции (переоборудования, перепланировки), за исключением случаев, когда не затрагиваются несущие и ограждающие (наружные) конструкции, инженерные системы и оборудование, разрабатывается проектная (проектно-сметная) документация, которая подлежит обязательной экспертизе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z489" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В указанных случаях строительно-монтажные работы по реализации проекта осуществляются только после получения положительного заключения экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z490" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перед разработкой проектной (проектно-сметной) документации заказчик с привлечением аттестованных экспертов осуществляет техническое обследование физического состояния, надежности и устойчивости конструкций существующего помещения, здания или сооружения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции приказа Министра промышленности и строительства РК от 25.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 228</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 - в редакции приказа и.о. Министра промышленности и строительства РК от 07.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="106"/>
-[...161 lines deleted...]
-    <w:bookmarkStart w:name="z111" w:id="111"/>
+    <w:bookmarkStart w:name="z111" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Проекты строительства дорог согласовываются с уполномоченным органом по обеспечению безопасности дорожного движения в порядке, определенном Правилами согласования и утверждения нормативной, проектной и технической документации на проектирование, строительство, ремонт, содержание дорог и управление ими в части обеспечения безопасности дорожного движения, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 12 марта 2015 года № 208 "Об утверждении Правил согласования и утверждения нормативной, проектной и технической документации на проектирование, строительство, ремонт, содержание дорог и управление ими в части обеспечения безопасности дорожного движения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10690).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4316,51 +4572,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="112"/>
+    <w:bookmarkStart w:name="z112" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Экспертиза разработанной проектной (проектно-сметной) документации проводится в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4375,394 +4631,470 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проведения комплексной вневедомственной экспертизы технико-экономических обоснований и проектно-сметной документации, предназначенных для строительства новых, а также изменения (реконструкции, расширения, технического перевооружения, модернизации и капитального ремонта) существующих зданий и сооружений, их комплексов, инженерных и транспортных коммуникаций независимо от источников финансирования, утвержденными приказом Министра национальной экономики Республики Казахстан от 1 апреля 2015 года № 299 "Об утверждении Правил проведения комплексной вневедомственной экспертизы технико-экономических обоснований и проектно-сметной документации, предназначенных для строительства новых, а также изменения (реконструкции, расширения, технического перевооружения, модернизации и капитального ремонта) существующих зданий и сооружений, их комплексов, инженерных и транспортных коммуникаций независимо от источников финансирования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10722).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 33 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 21.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок предоставления исходных материалов для разработки проектов строительства и реконструкции (перепланировки, переоборудования) и оказания государственной услуги "Предоставление исходных материалов при разработке проектов строительства и реконструкции (перепланировки и переоборудования)"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Государственная услуга "Предоставление исходных материалов при разработке проектов строительства и реконструкции (перепланировки и переоборудования)" (далее – государственная услуга 1) осуществляется МИО городов Астана, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 33 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 21.06.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 352</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 34 - в редакции приказа Министра национальной экономики РК от 05.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 34 - в редакции приказа Министра национальной экономики РК от 05.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 493</w:t>
+        <w:t xml:space="preserve">      Пункт 35 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z586" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Для получения государственной услуги 1 заявитель посредством веб-портала "электронного правительства" (далее – портал) направляет услугодателю заявление о предоставлении исходных материалов на новое строительство /архитектурно-планировочного задания и технических условий/ исходных материалов для реконструкции (перепланировки, переоборудования) помещений (отдельных частей) существующих зданий и сооружений, связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования (далее – заявление) по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам с приложением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z595" w:id="116"/>
+    <w:bookmarkStart w:name="z595" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для получения исходных материалов на новое строительство (далее – пакет 1) и АПЗ и технических условий (далее – пакет 2):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z596" w:id="117"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z596" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электронной копии правоустанавливающего документа на земельный участок (в случае отсутствия регистрации в информационной системе "Единый государственный кадастр недвижимости");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z597" w:id="118"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z597" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) электронной копии опросного листа по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (в случае необходимости получения технических условий и/или увеличения нагрузок);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z598" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) письменное согласие собственников (сособственников) объекта на намечаемое изменение и его параметры (в случае реконструкции индивидуальных жилых домов не выше двух этажей, не требующей отвода дополнительного земельного участка (прирезки территории), не превышающей двух этажей после реконструкции);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z599" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нотариально засвидетельствованное письменное согласие собственников других помещений (частей дома), смежных с изменяемыми помещениями (частями дома), в случае, если планируемая реконструкция затрагивают их интересы (в случае реконструкции индивидуальных жилых домов не выше двух этажей, не требующей отвода дополнительного земельного участка (прирезки территории), не превышающей двух этажей после реконструкции) (не требуется для лиц, имеющих нарушения опорно-двигательного аппарата, передвигающихся на кресло-колясках, в случае если изменения связаны с обеспечением доступа к жилищу);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z600" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для получения исходных материалов для реконструкции (перепланировки, переоборудования) помещений (отдельных частей) существующих зданий и сооружений, связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования (далее – пакет 3):</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z598" w:id="119"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z601" w:id="122"/>
+    <w:bookmarkStart w:name="z601" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) электронной копии письменного согласия не менее двух третей от общего числа собственников квартир, нежилых помещений жилого дома или протокол собственников квартир, нежилых помещений жилого дома в случаях, если изменения затрагивают общее имущество объекта кондоминиума (не требуется для лиц, имеющих нарушения опорно-двигательного аппарата, передвигающихся на кресло-колясках, в случае если изменения связаны с обеспечением доступа к жилищу) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4777,693 +5109,975 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 40 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 42-1 Закона Республики Казахстан "О жилищных отношениях";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z602" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронной копии технического паспорта изменяемого помещения (при его наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z603" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронной копии опросного листа (при необходимости в дополнительном подключении к источникам инженерного и коммунального обеспечения и/или увеличении нагрузок);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z604" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электронной копии правоустанавливающего документа на земельный участок (если реконструкция предусматривает дополнительный отвод (прирезку) земельного участка) (в случае отсутствия регистрации в информационной системе "Единый государственный кадастр недвижимости");</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z602" w:id="123"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z605" w:id="126"/>
+    <w:bookmarkStart w:name="z605" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) электронной копии технического проекта (состав и содержание изложены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z606" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в случаях если в техническом проекте проектировщиком указано, что планируемые реконструкция (перепланировка, переоборудование) помещений (частей жилого дома) или перенос границ помещений затрагивают интересы собственников смежных помещений (частей дома) дополнительно прилагается электронная копия нотариально засвидетельствованного письменного согласия собственников помещений (частей дома), смежных с изменяемыми помещениями (частями дома), в случае, если планируемые реконструкции (перепланировки, переоборудование) помещений (частей жилого дома) или перенос границ помещений затрагивают их интересы (не требуется для лиц, имеющих нарушения опорно-двигательного аппарата, передвигающихся на кресло-колясках, в случае если изменения связаны с обеспечением доступа к жилищу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z607" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Интересы собственников других помещений (частей дома), смежных с изменяемыми помещениями (частями дома), учитываются в случае, если планируемые реконструкции (перепланировка, переоборудование) помещений (частей жилого дома) или перенос границ помещений затрагивают совместную границу с изменяемым помещением (частью жилого дома), а также в случаях ухудшения санитарных, экологических, противопожарных условий проживания. Отказ собственников других помещений (частей дома), смежных с изменяемыми помещениями (частями дома) в иных случаях не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z608" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Истребование документов, не предусмотренных настоящим пунктом, не допускается.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z606" w:id="127"/>
-[...15 lines deleted...]
-      6) в случаях если в техническом проекте проектировщиком указано, что планируемые реконструкция (перепланировка, переоборудование) помещений (частей жилого дома) или перенос границ помещений затрагивают интересы собственников смежных помещений (частей дома) дополнительно прилагается электронная копия нотариально засвидетельствованного письменного согласия собственников помещений (частей дома), смежных с изменяемыми помещениями (частями дома), в случае, если планируемые реконструкции (перепланировки, переоборудование) помещений (частей жилого дома) или перенос границ помещений затрагивают их интересы (не требуется для лиц, имеющих нарушения опорно-двигательного аппарата, передвигающихся на кресло-колясках, в случае если изменения связаны с обеспечением доступа к жилищу).</w:t>
+    <w:bookmarkStart w:name="z609" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя, справка о зарегистрированных правах (обременениях) на недвижимое имущество и его технических характеристиках, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z607" w:id="128"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z610" w:id="131"/>
+    <w:bookmarkStart w:name="z610" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги 1, включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги 1 изложены согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 35 - в редакции приказа Министра промышленности и строительства РК от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 457</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. При подаче заявителем всех необходимых документов через портал – в "личном кабинете" заявителя отображается статус о принятии запроса для оказания государственной услуги 1 с указанием даты получения результата государственной услуги 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 37 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Услугодатель осуществляет регистрацию документов и сведений в день их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием документов на получение государственной услуги 1 и их регистрация осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 38 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. После регистрации заявления и приложенных документов услугодатель в течение 2 (двух) рабочих дней с момента получения документов заявителя проверяет полноту представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления заявителем неполного пакета документов услугодатель в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления инаправляет в "личный кабинет" заявителя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) услугодателя.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z135" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае полноты представленных документов услугодатель рассматривает приложенные документы на соответствие планируемого строительства утвержденному генеральному плану, проекту детальной планировки или схеме развития и застройки населенных пунктов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 35 - в редакции приказа Министра промышленности и строительства РК от 30.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 457</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 39 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="132"/>
-[...35 lines deleted...]
-      37. Услугодатель осуществляет регистрацию документов и сведений в день их поступления.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. В случае соответствия планируемого строительства утвержденному генеральному плану, проекту детальной планировки или схеме развития и застройки населенных пунктов, услугодатель в срок не более 1 (одного) рабочего дня со дня получения представленных документов направляет поставщикам услуг по инженерному и коммунальному обеспечению опросный лист и ситуационную схему для получения технических условий с предварительной схемой трасс наружных инженерных сетей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z491" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель параллельно подготавливает следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z132" w:id="134"/>
-[...15 lines deleted...]
-      В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием документов на получение государственной услуги 1 и их регистрация осуществляется следующим рабочим днем.</w:t>
+    <w:bookmarkStart w:name="z492" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по пакету 1 – выкопировку из проекта детальной планировки, вертикальные планировочные отметки, поперечные профили дорог и улиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z133" w:id="135"/>
-[...15 lines deleted...]
-      38. После регистрации заявления и приложенных документов услугодатель в течение 2 (двух) рабочих дней с момента получения документов заявителя проверяет полноту представленных документов.</w:t>
+    <w:bookmarkStart w:name="z493" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по пакету 3 – решение МИО о реконструкции (перепланировке, переоборудовании) помещений (отдельных частей) существующих зданий и сооружений, связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z134" w:id="136"/>
-[...15 lines deleted...]
-      В случае представления заявителем неполного пакета документов услугодатель в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления инаправляет в "личный кабинет" заявителя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) услугодателя.</w:t>
+    <w:bookmarkStart w:name="z494" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставщики услуг по инженерному и коммунальному обеспечению со дня получения вышеуказанных документов подготавливают и направляют услугодателю технические условия с предварительной схемой трасс наружных инженерных сетей в срок:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z135" w:id="137"/>
-[...15 lines deleted...]
-      В случае полноты представленных документов услугодатель рассматривает приложенные документы на соответствие планируемого строительства утвержденному генеральному плану, проекту детальной планировки или схеме развития и застройки населенных пунктов.</w:t>
+    <w:bookmarkStart w:name="z495" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5 (пяти) рабочих дней для технически и (или) технологически несложных объектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z136" w:id="138"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z496" w:id="144"/>
+    <w:bookmarkStart w:name="z496" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10 (десяти) рабочих дней для технически и (или) технологически сложных объектов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z497" w:id="145"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z497" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2 (два) рабочих дня для мотивированного отказа в выдачи технических условий с предварительной схемой трасс наружных инженерных сетей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z498" w:id="146"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z498" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отказ в выдаче технических условий поставщиком услуг по инженерному и коммунальному обеспечению допускается в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z499" w:id="147"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z499" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отсутствия свободной технической мощности, необходимой для предоставления требуемого объема услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z500" w:id="148"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z500" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствия сетей или иного имущества, необходимого для предоставления услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z501" w:id="149"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z501" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отказа в выдаче технических условий поставщиком услуг по инженерному и коммунальному обеспечению к решению об отказе в выдаче технических условий прилагает мотивированное обоснование дефицита свободной технической мощности услуги с его расчетом, отсутствия сетей или иного имущества, необходимого для предоставления услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5482,1062 +6096,1206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="150"/>
+    <w:bookmarkStart w:name="z322" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39-1. При наличии оснований, предусмотренных в пункте 41 настоящих Правил и в пункте 9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам услугодатель уведомляет заявителя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить заявителю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания заявителю в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя направляется положительный результат либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 39-1 в соответствии с приказом Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра национальной экономики РК от 05.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. По итогам рассмотрения документов на оказание государственной услуги 1 в сроки, предусмотренные настоящими Правилами, услугодатель подготавливает результат оказания государственной услуги 1:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по пакету 1 – АПЗ по форме, согласно приложению 5 к настоящим Правилам, технические условия, выкопировку из проекта детальной планировки, вертикальные планировочные отметки, поперечные профили дорог и улиц, схемы трасс наружных инженерных сетей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по пакету 2 – АПЗ по форме, согласно приложению 5 к настоящим Правилам и технические условия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по пакету 3 – решение МИО о реконструкции (перепланировке, переоборудовании) помещений (отдельных частей) существующих зданий и сооружений, связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования, АПЗ по форме, согласно приложению 5 к настоящим Правилам, технические условия (при подаче заявителем опросного листа), схемы трасс наружных инженерных сетей (при подаче заявителем опросного листа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результат государственной услуги 1 направляется услугодателем в "личный кабинет" заявителя в форме электронного документа подписанного ЭЦП услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 40 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматривается дополнить пунктом 40-1 в соответствии с приказом Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 41 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Услугодатель отказывает в оказании государственной услуги 1 по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z565" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных заявителем для получения государственной услуги 1 и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z566" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствие заявителя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги 1, требованиям, установленным настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z567" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отсутствие утвержденного генерального плана, проекта детальной планировки или схемы развития и застройки населенных пунктов (кроме реконструкции (перепланировке, переоборудованию) помещений (отдельных частей) существующих зданий и сооружений);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z568" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) несоответствие планируемого строительства утвержденному генеральному плану, проекту детальной планировки или схеме развития и застройки населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z569" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящее основание для отказа не применимо в случае невозможности дальнейшей реализации прав заявителя по использованию земельного участка по целевому назначению, в том числе для реконструкции (перепланировке, переоборудовании), возникшей в результате утверждения нового или внесения изменений в утвержденный генеральный план, проект детальной планировки или схему развития и застройки населенных пунктов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:p>
-[...133 lines deleted...]
-      40. По итогам рассмотрения документов на оказание государственной услуги 1 в сроки, предусмотренные настоящими Правилами, услугодатель подготавливает результат оказания государственной услуги 1:</w:t>
+    <w:bookmarkStart w:name="z570" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) отказ поставщиком услуг по инженерному и коммунальному обеспечению в выдаче технических условий при отсутствии свободной технической мощности, необходимой для предоставления требуемого объема услуг и (или) отсутствии сетей или иного имущества, необходимого для предоставления услуги;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:p>
-[...291 lines deleted...]
-    <w:bookmarkStart w:name="z571" w:id="159"/>
+    <w:bookmarkStart w:name="z571" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) нарушения норм и требований (условий, правил, ограничений), установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z572" w:id="160"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z572" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) технический проект, выполненный лицами, имеющими лицензии, не соответствует составу и содержанию, изложенному в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, не предусматривает комплекс требований к назначению помещений (отдельных частей) существующих зданий и сооружений, а также требований государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z573" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявителю выдается мотивированный отказ с указанием причин и конкретными замечаниями для устранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z574" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для получения государственной услуги 1 заявитель повторно обращается в порядке, установленном законодательством Республики Казахстан, в случае устранения причин отказа в оказании государственной услуги 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z575" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Последующий отказ не может быть дан по основаниям, которые могли, но не были указаны ранее.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 41 - в редакции приказа Министра промышленности и строительства РК от 25.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z164" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Срок оказания государственной услуги 1 по проектам строительства технически и (или) технологически несложных объектов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z502" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на предоставление АПЗ и технических условий – 9 (девять) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z503" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на предоставление исходных материалов на новое строительство – 15 (пятнадцать) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z504" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок оказания государственной услуги 1 по проектам строительства технически и (или) технологически сложных объектов:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z573" w:id="161"/>
-[...15 lines deleted...]
-      Заявителю выдается мотивированный отказ с указанием причин и конкретными замечаниями для устранения.</w:t>
+    <w:bookmarkStart w:name="z505" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на предоставление АПЗ и технических условий – 15 (пятнадцать) рабочих дней;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z574" w:id="162"/>
-[...15 lines deleted...]
-      Для получения государственной услуги 1 заявитель повторно обращается в порядке, установленном законодательством Республики Казахстан, в случае устранения причин отказа в оказании государственной услуги 1.</w:t>
+    <w:bookmarkStart w:name="z506" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на предоставление исходных материалов на новое строительство – 17 (семнадцать) рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z575" w:id="163"/>
-[...15 lines deleted...]
-      Последующий отказ не может быть дан по основаниям, которые могли, но не были указаны ранее.</w:t>
+    <w:bookmarkStart w:name="z507" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок оказания государственной услуги 1 по предоставлению исходных материалов для реконструкции (перепланировки, переоборудования) помещений (отдельных частей) существующих зданий и сооружений, связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования – 15 (пятнадцать) рабочих дней со дня подачи заявления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z508" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок предоставления мотивированного отказа в оказании государственной услуги 1 – 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 41 - в редакции приказа Министра промышленности и строительства РК от 25.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 228</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 42 - в редакции приказа и.о. Министра промышленности и строительства РК от 07.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="164"/>
-[...221 lines deleted...]
-    <w:bookmarkStart w:name="z172" w:id="172"/>
+    <w:bookmarkStart w:name="z172" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. При повторном обращении на один и тот же проект строительства выдаются ранее предоставленные документы, указанные в пункте 5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z173" w:id="173"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z173" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Уполномоченный орган обеспечивает внесение данных о стадии оказания государственной услуги 1 в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании государственной услуги 1 посредством государственной информационной системы разрешений и уведомлений, данные о стадии ее оказания поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z509" w:id="174"/>
+    <w:bookmarkStart w:name="z509" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44-1. Информация о порядке оказания государственных услуг, а также внесенных изменениях и (или) дополнениях в подзаконные нормативные правовые акты, определяющие порядок оказания государственной услуги, направляется уполномоченным органом по делам архитектуры, градостроительства и строительства в Единый контакт-центр, согласно подпункту 13) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах", а также местные исполнительные органы городов Астана, Алматы и Шымкент, районов и городов областного значения и оператору информационно-коммуникационной инфраструктуры "электронного правительства", осуществляющие прием заявлений и выдачу результатов оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6556,70 +7314,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="175"/>
+    <w:bookmarkStart w:name="z175" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6748,70 +7506,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="176"/>
+    <w:bookmarkStart w:name="z184" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Если иное не предусмотрено законами Республики Казахстан, обращение в суд допускается после обжалования в досудебном порядке согласно пункту 5 статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6829,89 +7587,157 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z186" w:id="177"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматривается дополнить пунктом 46-1 в соответствии с приказом Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Порядок согласования эскиза (эскизного проекта) на строительство и оказания государственной услуги "Согласование эскиза (эскизного проекта)"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z187" w:id="178"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z187" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Государственная услуга "Согласование эскиза (эскизного проекта)" (далее - государственная услуга 2) осуществляется МИО городов Астана, Алматы и Шымкент, районов и городов областного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6930,150 +7756,244 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="179"/>
+    <w:bookmarkStart w:name="z188" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. После получения исходных материалов и разработки эскиза (эскизного проекта), заявитель осуществляет его согласование с услугодателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z189" w:id="180"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z189" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Эскиз (эскизный проект) должен соответствовать составу и содержанию, изложенному в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, комплексу требований к назначению, основным параметрам, размещению объекта на конкретном земельном участке и цветовому решению в соответствии с архитектурно-художественной колористикой застройки улиц, кварталов и жилых массивов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z190" w:id="181"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 49 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Для получения государственной услуги 2 заявитель посредством портала подает заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам услугодателю посредством портала с приложением электронной копии эскиза (эскизного проекта).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Истребование документов, не предусмотренных настоящим пунктом, не допускается.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7165,615 +8085,861 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z194" w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 50 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. При подаче заявителем всех необходимых документов через портал – в "личном кабинете" заявителя отображается статус о принятии запроса для оказания государственной услуги 2 с указанием даты получения результата государственной услуги 2.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 51 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Услугодатель осуществляет регистрацию документов в день их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z196" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и регистрация государственной услуги 2 осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z197" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. После регистрации заявления и приложенного эскиза (эскизного проекта) услугодатель в течение 2 (двух) рабочих дней с момента получения документов заявителя проверяет их полноту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z198" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления заявителем неполного пакета документов услугодатель в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления и направляет в "личный кабинет" заявителя в форме электронного документа, подписанного ЭЦП услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z199" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае полноты представленных документов услугодатель рассматривает приложенные документы на соответствие заявителя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги 2, требованиям, установленным настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z200" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. По итогам рассмотрения документов на оказание государственной услуги 2 в предусмотренные настоящими Правилами сроки, услугодателем подготавливается письмо-согласование с указанием УНО, наименования и месторасположения объекта либо мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z533" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результат государственной услуги 2 направляется услугодателем в "личный кабинет" заявителя в форме электронного документа подписанного ЭЦП услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 53 - в редакции приказа и.о. Министра промышленности и строительства РК от 07.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 54 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Услугодатель отказывает в оказании государственной услуги 2 по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z336" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных заявителем для получения государственной услуги 2, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z337" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствие заявителя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги 2, требованиям, установленным настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z338" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) несоответствие эскиза (эскизного проекта) составу и содержанию, изложенному в приложении 3 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z195" w:id="183"/>
-[...15 lines deleted...]
-      51. Услугодатель осуществляет регистрацию документов в день их поступления.</w:t>
+    <w:bookmarkStart w:name="z339" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) несоответствие эскиза (эскизного проекта) комплексу требований к назначению;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z196" w:id="184"/>
-[...15 lines deleted...]
-      В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и регистрация государственной услуги 2 осуществляется следующим рабочим днем.</w:t>
+    <w:bookmarkStart w:name="z340" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) несоответствие эскиза (эскизного проекта) основным параметрам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z197" w:id="185"/>
-[...15 lines deleted...]
-      52. После регистрации заявления и приложенного эскиза (эскизного проекта) услугодатель в течение 2 (двух) рабочих дней с момента получения документов заявителя проверяет их полноту.</w:t>
+    <w:bookmarkStart w:name="z341" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) несоответствие эскиза (эскизного проекта) размещению объекта на конкретном земельном участке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z198" w:id="186"/>
-[...15 lines deleted...]
-      В случае представления заявителем неполного пакета документов услугодатель в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления и направляет в "личный кабинет" заявителя в форме электронного документа, подписанного ЭЦП услугодателя.</w:t>
+    <w:bookmarkStart w:name="z342" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) несоответствие эскиза (эскизного проекта) цветовому решению в соответствии с архитектурно-художественной колористикой застройки улиц, кварталов и жилых массивов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z199" w:id="187"/>
-[...15 lines deleted...]
-      В случае полноты представленных документов услугодатель рассматривает приложенные документы на соответствие заявителя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги 2, требованиям, установленным настоящими Правилами.</w:t>
+    <w:bookmarkStart w:name="z343" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) несоответствие эскиза (эскизного проекта) требованиям государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z200" w:id="188"/>
-[...15 lines deleted...]
-      53. По итогам рассмотрения документов на оказание государственной услуги 2 в предусмотренные настоящими Правилами сроки, услугодателем подготавливается письмо-согласование с указанием УНО, наименования и месторасположения объекта либо мотивированный отказ.</w:t>
+    <w:bookmarkStart w:name="z344" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявителю выдается мотивированный отказ с указанием причин и конкретными замечаниями для устранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z533" w:id="189"/>
-[...15 lines deleted...]
-      Результат государственной услуги 2 направляется услугодателем в "личный кабинет" заявителя в форме электронного документа подписанного ЭЦП услугодателя.</w:t>
+    <w:bookmarkStart w:name="z345" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для получения государственной услуги 2 заявитель повторно обращается в порядке, установленном законодательством Республики Казахстан, в случае устранения причин отказа в оказании государственной услуги 2.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z346" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Последующий отказ не может быть дан по основаниям, которые могли, но не были указаны ранее.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 53 - в редакции приказа и.о. Министра промышленности и строительства РК от 07.12.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 116</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 54 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2024).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="190"/>
-[...301 lines deleted...]
-    <w:bookmarkStart w:name="z347" w:id="202"/>
+    <w:bookmarkStart w:name="z347" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54-1. При наличии оснований, предусмотренных в пункте 54 настоящих Правил и пункте 9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам услугодатель уведомляет заявителя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить заявителю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7847,169 +9013,331 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z213" w:id="203"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 55 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. После согласования эскиза (эскизного проекта) услугодатель принимает его на учет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z214" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматривается дополнить пунктом 55-1 в соответствии с приказом Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z214" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Срок оказания государственной услуги 2 либо предоставления мотивированного отказа – 10 (десять) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z215" w:id="205"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z215" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Уполномоченный орган обеспечивает внесение данных о стадии оказания государственной услуги 2 в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании государственной услуги 2 посредством государственной информационной системы разрешений и уведомлений, данные о стадии ее оказания поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z510" w:id="206"/>
+    <w:bookmarkStart w:name="z510" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57-1. Информация о порядке оказания государственных услуг, а также внесенных изменениях и (или) дополнениях в подзаконные нормативные правовые акты, определяющие порядок оказания государственной услуги, направляется уполномоченным органом по делам архитектуры, градостроительства и строительства в Единый контакт-центр, согласно подпункту 13) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах", а также местные исполнительные органы городов Астана, Алматы и Шымкент, районов и городов областного значения и оператору информационно-коммуникационной инфраструктуры "электронного правительства", осуществляющие прием заявлений и выдачу результатов оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8028,70 +9356,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="207"/>
+    <w:bookmarkStart w:name="z217" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8220,90 +9548,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="208"/>
+    <w:bookmarkStart w:name="z226" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. Если иное не предусмотрено законами Республики Казахстан, обращение в суд допускается после обжалования в досудебном порядке согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8322,346 +9650,534 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z228" w:id="209"/>
+    <w:bookmarkStart w:name="z228" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Особенности проектирования инженерных сетей и сооружений на территории населенного пункта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z229" w:id="210"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z229" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Проектирование разводящих и внутриплощадочных инженерных сетей, обеспечивающих функционирование объектов, а также внутренних сетей зданий и сооружений независимо от протяженности осуществляется по заказу застройщиков (заказчиков) в соответствии с техническими условиями поставщиков услуг по инженерному и коммунальному обеспечению и АПЗ, выданным структурным подразделением МИО, осуществляющим функции в сфере архитектуры и градостроительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z230" w:id="211"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 61 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Проекты инженерных сетей и сооружений на всех стадиях и всех видах выполняются на полноценной и откорректированной топографической съемке (срок действия не более 1 (одного) года) в местной системе координат, в Балтийской системе высот.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z231" w:id="212"/>
+    <w:bookmarkStart w:name="z231" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. При разработке проектной документации, строительстве, эксплуатации и постутилизации магистральных коммуникаций, головных сооружений инженерной инфраструктуры, а также при проведении работ по инженерной подготовке территорий должны приниматься решения, учитывающие интересы смежных территорий и исключающие возможность воздействия опасных (вредных) явлений и процессов на территорию и проживающее население.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z232" w:id="213"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z232" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Проекты наружных инженерных сетей и сооружений, разработанные в соответствии с выданными поставщиками услуг по инженерному и коммунальному обеспечению техническими условиями, не подлежат согласованию с поставщиками услуг по инженерному и коммунальному обеспечению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z233" w:id="214"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z233" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Проектная документация (без сметной части) вносятся в базу данных государственного градостроительного кадастра путем представления экспертной организацией в течение 10 (десяти) рабочих дней после выдачи положительного заключения комплексной вневедомственной экспертизы, в структурное подразделение местного исполнительного органа, осуществляющее функции в сфере архитектуры и градостроительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z234" w:id="215"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z234" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Индивидуальное жилищное строительство</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z235" w:id="216"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z235" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Нормы предоставления земельного участка для индивидуального жилищного строительства (далее – ИЖС) устанавливаются в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Земельного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z236" w:id="217"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 66 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Площадки для отвода под ИЖС размещаются в соответствии с утвержденным генеральным планом населенного пункта, проектом детальной планировки и проектом застройки населенного пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z237" w:id="218"/>
+    <w:bookmarkStart w:name="z237" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       67. Планировка и застройка территорий ИЖС производится в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z238" w:id="219"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z238" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проектирование и застройка районов и кварталов индивидуальной жилищной застройки осуществляется комплексно с размещением учреждений и предприятий обслуживания, обеспечением необходимой инженерно-транспортной инфраструктуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z239" w:id="220"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z239" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Проектирование и строительство индивидуальных жилых домов осуществляются в строгом соответствии с градостроительной документацией и государственным нормативам в области архитектуры, градостроительства и строительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z240" w:id="221"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z240" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Строительство индивидуального жилого дома осуществляется в соответствии с эскизом (эскизным проектом), согласованным со структурным подразделением МИО, осуществляющим функции в сфере архитектуры и градостроительства, за исключением строительства индивидуальных жилых домов выше двух этажей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Строительство индивидуальных жилых домов выше двух этажей, осуществляется по проектной документации, которая подлежит обязательной экспертизе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -8698,247 +10214,247 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z242" w:id="222"/>
+    <w:bookmarkStart w:name="z242" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Размеры жилого дома и других строений, расположенных на закрепленном в установленном порядке земельном участке, определяются индивидуальным застройщиком самостоятельно при условии, что их внешние габариты (в том числе высота) обеспечивают установленные нормативные, санитарные, противопожарные и технические разрывы между этими строениями, а также строениями на смежных земельных участках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z243" w:id="223"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z243" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Строительство</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z244" w:id="224"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z244" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       71. Строительство без утвержденной проектной (проектно-сметной) документации не допускается, если иное не предусмотрено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z245" w:id="225"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z245" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. До начала производства строительно-монтажных работ заказчик уведомляет органы, осуществляющие государственный архитектурно-строительный контроль и надзор о начале производства строительно-монтажных работ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z246" w:id="226"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z246" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Строительство объектов, за исключением случаев, предусмотренных Законом, осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z247" w:id="227"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z247" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с обязательным сопровождением авторского и технического надзоров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z248" w:id="228"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z248" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с прошедшей в установленном порядке экспертизу проектной (проектно-сметной) документацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z249" w:id="229"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z249" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. При осуществлении подготовительных работ на строительной площадке размещается вывеска с паспортом строительства, в котором отражаются информация о заказчиках, подрядчиках, авторах проекта, лицах, осуществляющих авторский надзор и технический надзор, сведения о производимых строительно-монтажных работах (в том числе о сроках начала и завершения строительства). Данное требование не распространяется на случаи строительства ИЖС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z250" w:id="230"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z250" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Приемка объектов строительства в эксплуатацию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z251" w:id="231"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z251" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       75. Приемка построенных объектов регулируется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8953,91 +10469,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z252" w:id="232"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z252" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Приемка и ввод в эксплуатацию построенного объекта производятся заказчиком при его полной готовности в соответствии с утвержденным проектом и при наличии декларации о соответствии, заключений о качестве строительно-монтажных работ и соответствии выполненных работ утвержденному проекту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z253" w:id="233"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z253" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. При реконструкции (перепланировке, переоборудовании) помещений (отдельных частей) существующих зданий и сооружений не связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования акт ввода построенного объекта в эксплуатацию собственником самостоятельно согласовывается с проектировщиком на соответствие разработанного ранее технического проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9055,91 +10571,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z254" w:id="234"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 78 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Полная готовность построенных объектов (комплексов) означает состояние построенных объектов (комплексов), в которых в соответствии с утвержденным проектом установлена входная дверь и оконные блоки (заполнение), завершены внутренние отделочные работы, стены и потолки оштукатурены и выравнены (без внутренних облицовочных, малярных, обойных работ), выполнена стяжка под укладку напольного покрытия (без устройства чистых полов), предусмотрена разводка электрокабелей и проводов, установлены внутриквартирные распределяющие автоматы (без электротехнических приборов бытового назначения, газовых или электрических кухонных плит), проведены водопроводные и канализационные трубы с запорной арматурой и заглушками до места установки приборов (без установки санитарно-технического оборудования и приборов), установлены приборы учета потребления коммунальных услуг (общедомовые и индивидуальные), отопительные приборы и подоконные доски, выполнены работы в объемах превышающих перечисленное, если это предусмотрено договором, а также произведено подключение объекта к источникам инженерного и коммунального обеспечения, выполнены работы по благоустройству и озеленению территории, отведҰнной под строительство объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z511" w:id="235"/>
+    <w:bookmarkStart w:name="z511" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полная готовность жилых объектов, построенных с участием государственных инвестиций означает состояние построенных объектов, в которых завершены внутренние отделочные (облицовочные, малярные, обойные) работы, обустроены чистые полы, установлены санитарно-техническое оборудование и приборы, электротехнические приборы бытового назначения, газовые или электрические кухонные плиты, приборы учета потребления коммунальных услуг (общедомовые и индивидуальные), внутриквартирные дверные блоки, произведено подключение объекта к источникам инженерного и коммунального обеспечения, выполнены работы по благоустройству и озеленению территории, отведҰнной под строительство объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9158,150 +10750,244 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z258" w:id="236"/>
+    <w:bookmarkStart w:name="z258" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Эксплуатация построенного объекта без утвержденного акта приемки объекта в эксплуатацию не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z445" w:id="237"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 79-1 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79-1. Заказчик до утверждения акта приемки объекта в эксплуатацию направляет исполнительную геодезическую съемку фактического положения инженерных сетей и (или) зданий (сооружений) в государственный градостроительный кадастр для регистрации в информационной системе государственного градостроительного кадастра в соответствии Правилами регистрации в базе данных государственного градостроительного кадастра градостроительных проектов, предпроектной и проектной (проектно-сметной) документации, а также объектов архитектурной, градостроительной и строительной деятельности, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра регионального развития Республики Казахстан от 16 июня 2014 года № 172/ОД "Об утверждении правил регистрации в базе данных государственного градостроительного кадастра градостроительных проектов, предпроектной и проектной (проектно-сметной) документации, а также объектов архитектурной, градостроительной и строительной деятельности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 9603).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z512" w:id="238"/>
+    <w:bookmarkStart w:name="z512" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МИО, осуществляющие функции в сфере архитектуры и градостроительства, до истечения одного рабочего дня с момента получения документов от Государственной корпорации "Правительство для граждан" (далее - Государственная корпорация) проводят сверку на соблюдение заказчиком процедур, определенных настоящими Правилами, и производят учет акта приемки в эксплуатацию посредством информационной системы государственного градостроительного кадастра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z513" w:id="239"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z513" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дальнейшее внесение утвержденного акта приемки объекта в эксплуатацию в государственный градостроительный кадастр осуществляется согласно подпункту 2) пункта 81 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9339,71 +11025,147 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z259" w:id="240"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 80 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Основанием для регистрации объекта в государственном органе, осуществляющем регистрацию прав на недвижимое имущество, является утвержденный акт приемки объекта в эксплуатацию, прошедший учет в структурном подразделении МИО, осуществляющем функции в сфере архитектуры и градостроительства и внесенный структурным подразделением МИО, осуществляющем функции в сфере архитектуры и градостроительства в информационную систему государственного градостроительного кадастра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9421,187 +11183,263 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z260" w:id="241"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 81 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       81. Порядок ведения и учета актов приемки объекта регламентируется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 75-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом в отношении объектов, принимаемых в эксплуатацию собственником самостоятельно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z446" w:id="242"/>
+    <w:bookmarkStart w:name="z446" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Государственная корпорация в течение одного дня с момента получения от заявителя утвержденного акта приемки объекта в эксплуатацию собственником самостоятельно с приложением исполнительной геодезической съемки фактического положения инженерных сетей и (или) зданий (сооружений) направляет в структурное подразделение соответствующего МИО, осуществляющее функции в сфере архитектуры и градостроительства по месту нахождения объекта, утвержденный акт приемки объекта в эксплуатацию собственником самостоятельно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z447" w:id="243"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z447" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) структурное подразделение соответствующего МИО, осуществляющее функции в сфере архитектуры и градостроительства в течении одного рабочего дня проводит сверку на соблюдение собственником процедур, определенных правилами организации застройки и прохождения разрешительных процедур, и производит учет акта приемки в эксплуатацию в информационной системе государственного градостроительного кадастра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении нарушений в течение одного рабочего дня с момента получения документов от Государственной корпорации письменно информируют об этом регистрирующий орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z448" w:id="244"/>
+    <w:bookmarkStart w:name="z448" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в случае отсутствия нарушений в течение одного рабочего дня с момента получения документов от Государственной корпорации письменно информируют об этом регистрирующий орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9619,71 +11457,147 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z534" w:id="245"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 81-1 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81-1. Присвоение УНО осуществляется в автоматическом режиме посредством автоматизированной информационной системы государственного градостроительного кадастра на этапе предоставления государственной услуги 1, государственной услуги 2, приемки объектов строительства в эксплуатацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9702,88 +11616,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z266" w:id="246"/>
+    <w:bookmarkStart w:name="z266" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Ответственность за нарушение положений Правил</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z267" w:id="247"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z267" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Ответственность за нарушение положений настоящих Правил устанавливается в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10018,68 +11932,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z349" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 1 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z349" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о предоставлении исходных материалов на новое строительство/ архитектурно-планировочного задания и технических условий / исходных материалов для реконструкции (перепланировки, переоборудования) п омещений (отдельных частей) существующих зданий и сооружений, связанных с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10755,68 +12745,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z273" w:id="249"/>
+    <w:bookmarkStart w:name="z273" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Опросный лист для технических условий на подключение к источникам инженерного и коммунального обеспечения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -16737,726 +18727,726 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>разрешительных процедур</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в сфере строительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z450" w:id="250"/>
+    <w:bookmarkStart w:name="z450" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Состав и содержание эскиза (эскизного проекта) и технического проекта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра промышленности и строительства РК от 30.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 457</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z451" w:id="251"/>
+    <w:bookmarkStart w:name="z451" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Состав и содержание эскиза (эскизного проекта), разрабатываемого на предпроектной стадии для объектов нового строительства, разработанного проектной организацией, имеющей соответствующую лицензию:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z612" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ситуационный план в масштабе 1:1000; 1:2000; 1:5000 (один из перечисленных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z613" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Генеральный план объекта в масштабе 1:500; 1:1000; 1:2000 (один из перечисленных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z614" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Фасады в масштабе 1:50; 1:100; 1:200; 1:400 (один из перечисленных) с ведомостью наружной отделки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z615" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Планы этажей с экспликацией помещений, разрезы в масштабе 1:100; 1:200; 1:400 (один из перечисленных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z616" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. План кровли в масштабе 1:50; 1:100; 1:200; 1:400 (один из перечисленных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z617" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Планы инженерных сетей в масштабе 1:200; 1:500; 1:1000; 1:2000 (один из перечисленных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z618" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Общие данные с изложением основных конструктивных и архитектурно-планировочных решений здания, выбора материалов отделки и цветового решения фасадов, а также элементов благоустройства и озеленения участка с приведением основных объемно-планировочных показателей (вместимость, пропускная способность, мощность, строительный объем, общая и полезная площадь здания, площади застройки, озелененных и благоустроенных территории участка, материалы отделки и цветовой отделки фасада).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z619" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав и содержание технического проекта, разрабатываемого для объектов реконструкции (перепланировки, переоборудования) помещений (отдельных частей) существующих зданий и сооружений и эскизного проекта для реконструкции индивидуальных жилых домов не выше двух этажей, не требующей отвода дополнительного земельного участка (прирезки территории), не превышающей двух этажей после реконструкции, разработанных проектными организациями, имеющими соответствующие лицензии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z620" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ситуационный план в масштабе 1:1000; 1:2000; 1:5000 (один из перечисленных) при изменении этажности, при изменении фасада в связи с устройством входной группы, реконструкции путем строительства пристройки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z621" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Генеральный план объекта в масштабе 1:500; 1:1000; 1:2000 (один из перечисленных) при изменении этажности, при изменении фасада в связи с устройством входной группы, реконструкции путем строительства пристройки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z622" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Фасады в масштабе 1:50; 1:100; 1:200; 1:400 (один из перечисленных) с ведомостью наружной отделки при изменении этажности, при изменении фасада в связи с устройством входной группы, реконструкции путем строительства пристройки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z623" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Планы помещений до реконструкции (перепланировки, переоборудования) в масштабе 1:50; 1:100; 1:200 (один из перечисленных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z624" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Планы помещений после реконструкции (перепланировки, переоборудования) в масштабе 1:50; 1:100; 1:200 (один из перечисленных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z625" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. План кровли в масштабе 1:50; 1:100; 1:200; 1:400 (один из перечисленных) при изменении этажности и реконструкции путем строительства пристройки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z626" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Разрезы в масштабе 1:50; 1:100; 1:200 (один из перечисленных) при изменении этажности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z627" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Общие данные с изложением основных конструктивных и архитектурно-планировочных решений здания, выбора материалов отделки и цветового решения фасадов, с описанием состояния демонтируемых конструкций, с выводами о виде реконструкции (перепланировки, переоборудовании) - связана (не связана) с изменением несущих и ограждающих (наружных) конструкций, инженерных систем и оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z628" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав и содержание эскиза (эскизного проекта), разрабатываемого для объекта наружной (визуальной) рекламы, размещаемого на открытом пространстве за пределами помещений в населенных пунктах, разработанного лицом либо проектной организацией, имеющей соответствующую лицензию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z629" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ситуационный план в масштабе 1:1000; 1:2000; 1:5000 (один из перечисленных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z630" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дневное и ночное изображение объекта наружной (визуальной) рекламы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z612" w:id="252"/>
+    <w:bookmarkStart w:name="z631" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Конструктивные решения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z632" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Решение по инженерному обеспечению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z633" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Общие данные с изложением основных конструктивных и архитектурно-планировочных решений, выбора материалов и цветового решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z634" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав и содержание эскиза (эскизного проекта) инженерных сетей, разработанного проектной организацией, имеющей соответствующую лицензию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z635" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ситуационный план в масштабе 1:1000; 1:2000; 1:5000 (один из перечисленных);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-[...78 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z617" w:id="257"/>
-[...15 lines deleted...]
-      6. Планы инженерных сетей в масштабе 1:200; 1:500; 1:1000; 1:2000 (один из перечисленных);</w:t>
+    <w:bookmarkStart w:name="z636" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Генеральный план, на который наносятся проектируемые и существующие (сохраняемые и подлежащие сносу) здания, сооружения, строения, инженерные и транспортные коммуникации, элементы благоустройства и многолетние зеленые насаждения, геодезические пункты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z618" w:id="258"/>
-[...15 lines deleted...]
-      7. Общие данные с изложением основных конструктивных и архитектурно-планировочных решений здания, выбора материалов отделки и цветового решения фасадов, а также элементов благоустройства и озеленения участка с приведением основных объемно-планировочных показателей (вместимость, пропускная способность, мощность, строительный объем, общая и полезная площадь здания, площади застройки, озелененных и благоустроенных территории участка, материалы отделки и цветовой отделки фасада).</w:t>
+    <w:bookmarkStart w:name="z637" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Планы инженерных сетей в масштабе 1:200; 1:500; 1:1000; 1:2000 (один из перечисленных);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z619" w:id="259"/>
-[...15 lines deleted...]
-      Состав и содержание технического проекта, разрабатываемого для объектов реконструкции (перепланировки, переоборудования) помещений (отдельных частей) существующих зданий и сооружений и эскизного проекта для реконструкции индивидуальных жилых домов не выше двух этажей, не требующей отвода дополнительного земельного участка (прирезки территории), не превышающей двух этажей после реконструкции, разработанных проектными организациями, имеющими соответствующие лицензии:</w:t>
+    <w:bookmarkStart w:name="z638" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Профили инженерных сетей – масштаб изображений: вертикальный - 1:100 и горизонтальный - 1:500; 1:1000; 1:2000 (один из перечисленных);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z620" w:id="260"/>
-[...379 lines deleted...]
-    <w:bookmarkStart w:name="z639" w:id="279"/>
+    <w:bookmarkStart w:name="z639" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Конструктивные и строительные решения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z640" w:id="280"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z640" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Спецификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z641" w:id="281"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z641" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Общие данные с изложением основных конструктивных и архитектурно-планировочных решений по расположению (прокладке) инженерных сетей и коммуникаций, выбора материалов, инженерно-технические мероприятия по обеспечению безопасности эксплуатации, мероприятия по защите окружающей среды, а также по благоустройству и озеленению участка с приведением основных объемно-планировочных показателей (пропускная способность, мощность, объем, протяженность, площади застройки, озелененных и благоустроенных участков, материалы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17559,62 +19549,148 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в сфере строительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 4 - в редакции приказа Министра промышленности и строительства РК от 30.12.2024 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 4 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 4 - в редакции приказа Министра промышленности и строительства РК от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 457</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19966,143 +22042,143 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z516" w:id="282"/>
+    <w:bookmarkStart w:name="z516" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жобалауға арналған сәулет-жоспарлау тапсырмасы (СЖТ)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z517" w:id="283"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z517" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Архитектурно – планировочное задание на проектирование (АПЗ)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z518" w:id="284"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z518" w:id="265"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № __ от "__" ______ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ __ 20__ жылғы "__" _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z519" w:id="285"/>
+      <w:bookmarkStart w:name="z519" w:id="266"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объектінің бірегей нөмірі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31826,250 +33902,250 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Приемка и ввод в эксплуатацию построенного объекта (тип приемки).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z576" w:id="286"/>
+    <w:bookmarkStart w:name="z576" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. СЖТ және ТШ жобалау (жобалау-сметалық) құжаттаманың құрамында бекітілген құрылыстың бүкіл нормативтік ұзақтығының мерзімі шегінде қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z577" w:id="287"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z577" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құрылыстың нормативтік ұзақтығы үш жылдан асқан жағдайда, техникалық шарттардың қолданылу мерзімі құрылыстың басталғаны туралы растаушы құжаттардың ұсынылу талабымен құрылыс кезеңіне ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z578" w:id="288"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z578" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құрылыстың басталғаны туралы растаушы құжаттар ұсынылмаған жағдайда, техникалық шарттар берілген күнінен бастап үш жыл өткен соң жарамсыз деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z579" w:id="289"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z579" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АПЗ и ТУ действуют в течение всего срока нормативной продолжительности строительства, утвержденного в составе проектной (проектно-сметной) документации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z580" w:id="290"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z580" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае превышения нормативной продолжительности строительства более трех лет срок действия АПЗ и технических условий продлевается на период строительства при условии представления подтверждающих документов о начале строительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z581" w:id="291"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z581" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае непредставления подтверждающих документов о начале строительства АПЗ и технические условия по истечении трех лет с даты выдачи считаются недействительными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z582" w:id="292"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z582" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. СЖТ-да жазылған талаптар мен шарттар меншік нысанына және қаржыландыру көздеріне қарамастан инвестициялық процестің барлық қатысушылармен орындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z583" w:id="293"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z583" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования и условия, изложенные в АПЗ, выполняются всеми участниками инвестиционного процесса независимо от форм собственности и источников финансирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z584" w:id="294"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z584" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тапсырыс берушінің СЖТ-да қамтылған талаптармен келіспеуі сот тәртібімен шағымдалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z585" w:id="295"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z585" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Несогласие заказчика с требованиями, содержащимися в АПЗ, обжалуется в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32304,68 +34380,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z282" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 6 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z282" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование заявителя:____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32695,62 +34847,148 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в сфере строительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 7 - в редакции приказа Министра национальной экономики РК от 05.07.2023 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 7 предусматривается в редакции приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 7 - в редакции приказа Министра национальной экономики РК от 05.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 493</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>