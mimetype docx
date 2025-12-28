--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="308a232" w14:textId="308a232">
+    <w:p w14:paraId="3241cba" w14:textId="3241cba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1825,151 +1825,265 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z43" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Услугодатель отказывает в присвоении персональных идентификационных номеров-кодов в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z44" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции приказа Министра финансов РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 679</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) отсутствия постановки на регистрационной учет в качестве налогоплательщика, осуществляющего отдельные виды деятельности, по месту нахождения объектов налогообложения и (или) объектов, связанных с налогообложением, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z45" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличия присвоенного персонального идентификационного номера-кода на этиловый спирт и/или вина наливом, алкогольную продукцию (кроме пивоваренной продукции).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z45" w:id="27"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="28"/>
+    <w:bookmarkStart w:name="z46" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. При получении отказа в присвоении персонального идентификационного номера-кода в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, услугополучатель повторно подает заявление на присвоение персонального идентификационного номера-кода в порядке, установленном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z47" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z47" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. В соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1984,51 +2098,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона порядок внесения данных в информационную систему мониторинга оказания государственных услуг определяется Правилами внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8555).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При внесении изменений и (или) дополнений в настоящие Правила услугодатель в течение 3 (трех) рабочих дней после регистрации в Министерстве юстиции Республики Казахстан направляет информацию о порядке оказания государственной услуги в Единый контакт-центр.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2065,385 +2179,590 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="30"/>
+    <w:bookmarkStart w:name="z48" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. При построении присвоении персональных идентификационных номеров-кодов в информационной системе используется структура фасетной системы кодирования по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z49" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и (или) их должностных лиц, Государственной корпорации и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z49" w:id="31"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="32"/>
+    <w:bookmarkStart w:name="z50" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. При несогласии с результатами оказания государственной услуги услугополучателем подается жалоба на решение, действия (бездействие) услугодателя по вопросам оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z51" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на имя руководителя услугодателя;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z51" w:id="33"/>
-[...15 lines deleted...]
-      на имя руководителя услугодателя;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на имя руководителя уполномоченного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z52" w:id="34"/>
-[...15 lines deleted...]
-      на имя руководителя уполномоченного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z53" w:id="35"/>
-[...15 lines deleted...]
-      в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом жалоба на действия (бездействие) работников Государственной корпорации при оказании государственных услуг через Государственную корпорацию подается на имя руководителя Государственной корпорации либо в уполномоченный орган в сфере информатизации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z54" w:id="36"/>
-[...15 lines deleted...]
-      При этом жалоба на действия (бездействие) работников Государственной корпорации при оказании государственных услуг через Государственную корпорацию подается на имя руководителя Государственной корпорации либо в уполномоченный орган в сфере информатизации.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Жалоба услугополучателя, поступившая в адрес услугодателя, непосредственно оказывающих государственные услуги, подлежит рассмотрению в соответствии с пунктом 2 статьи 25 Закона в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z55" w:id="37"/>
-[...15 lines deleted...]
-      12. Жалоба услугополучателя, поступившая в адрес услугодателя, непосредственно оказывающих государственные услуги, подлежит рассмотрению в соответствии с пунктом 2 статьи 25 Закона в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z56" w:id="38"/>
-[...15 lines deleted...]
-      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z57" w:id="39"/>
-[...15 lines deleted...]
-      13. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+    <w:bookmarkStart w:name="z58" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалобы подаются услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z58" w:id="40"/>
-[...15 lines deleted...]
-      Жалобы подаются услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z59" w:id="41"/>
-[...15 lines deleted...]
-      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, должностное лицо, решение, действие (бездействие) которого обжалуются, имеют право не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z60" w:id="42"/>
-[...15 lines deleted...]
-      При этом услугодатель, должностное лицо, решение, действие (бездействие) которого обжалуются, имеют право не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностное лицо предоставляет возможность участнику административной процедуры выразить свою позицию к предварительному решению по административному делу, о котором участник административной процедуры уведомляется заранее, но не позднее чем за 3 (три) рабочих дня до принятия административного акта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z61" w:id="43"/>
-[...15 lines deleted...]
-      Должностное лицо предоставляет возможность участнику административной процедуры выразить свою позицию к предварительному решению по административному делу, о котором участник административной процедуры уведомляется заранее, но не позднее чем за 3 (три) рабочих дня до принятия административного акта.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z62" w:id="44"/>
-[...15 lines deleted...]
-      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам присвоения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>персональных идентификационных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номеров-кодов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z65" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление на присвоение персональных идентификационных номеров-кодов на этиловый спирт и/или вина наливом</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2480,346 +2799,141 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Руководителю органа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам присвоения</w:t>
+              <w:t>государственных доходов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>персональных идентификационных</w:t>
+              <w:t>по ______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>номеров-кодов</w:t>
-[...64 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>(области/городу)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от _____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"_____" __________20__ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="45"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Заявление на присвоение персональных идентификационных номеров-кодов на этиловый спирт и/или вина наливом</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z67" w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование субъекта:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:tbl>
-[...166 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Индивидуальный идентификационный/бизнес-идентификационный номер субъекта:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2852,80 +2966,80 @@
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="47"/>
+          <w:bookmarkStart w:name="z68" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="46"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3013,80 +3127,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="48"/>
+          <w:bookmarkStart w:name="z73" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3293,79 +3407,195 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z83" w:id="49"/>
+      <w:bookmarkStart w:name="z83" w:id="48"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель _________________________________________________ ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                фамилия, имя, отчество (при его наличии) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа Министра финансов РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 679</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4941,50 +5171,148 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3 предусматривается в редакции приказа Министра финансов РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 679</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -5259,288 +5587,288 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="50"/>
+    <w:bookmarkStart w:name="z137" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z138" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z138" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах", отдел №__ филиала некоммерческого акционерного общества "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) (указать адрес) отказывает в приеме документов на оказание государственной услуги "Присвоение персонального идентификационного номера (ПИН-код) производителям (импортерам) отдельных видов нефтепродуктов, а также на товары производителей и импортеров некоторых видов подакцизной продукции, авиационного топлива и мазута" ввиду (необходимое подчеркнуть):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z139" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z139" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       отсутствия постановки на регистрационной учет в качестве налогоплательщика, осуществляющего отдельные виды деятельности, по месту нахождения объектов налогообложения и (или) объектов, связанных с налогообложением, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z140" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличия присвоенного персонального идентификационного номера-кода на этиловый спирт и/или вина наливом, алкогольную продукцию (кроме пивоваренной продукции).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z140" w:id="53"/>
-[...15 lines deleted...]
-      наличия присвоенного персонального идентификационного номера-кода на этиловый спирт и/или вина наливом, алкогольную продукцию (кроме пивоваренной продукции).</w:t>
+    <w:bookmarkStart w:name="z141" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование отсутствующих документов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z141" w:id="54"/>
-[...15 lines deleted...]
-      Наименование отсутствующих документов:</w:t>
+    <w:bookmarkStart w:name="z142" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) _____________________________________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z142" w:id="55"/>
-[...15 lines deleted...]
-      1) _____________________________________;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) _____________________________________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z143" w:id="56"/>
-[...15 lines deleted...]
-      2) _____________________________________;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ….</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z144" w:id="57"/>
-[...15 lines deleted...]
-      3) ….</w:t>
+    <w:bookmarkStart w:name="z145" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z145" w:id="58"/>
-[...15 lines deleted...]
-      Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z146" w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя и отчество (при его наличии) работника Государственной корпорации ___________ (подпись)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:p>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Исполнитель: ______________________________________________________________ фамилия, имя и отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5765,253 +6093,253 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z149" w:id="60"/>
+    <w:bookmarkStart w:name="z149" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Структура персональных идентификационных номеров-кодов</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z150" w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Структура ПИН-кодов представлена следующей схемой:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z150" w:id="61"/>
-[...9 lines deleted...]
-      Структура ПИН-кодов представлена следующей схемой:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>XXXX ХХ XXXX XX</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             └ объем используемой тары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    └ наименование продукции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               └ вид продукции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       └ код юридического (физического) лица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый фасет (первая группа из четырех цифр) – код юридического (физического) лица, производящего (импортирующего) этиловый спирт и/или вина наливом, алкогольную продукцию (кроме пивоваренной продукции).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:p>
-[...100 lines deleted...]
-      Первый фасет (первая группа из четырех цифр) – код юридического (физического) лица, производящего (импортирующего) этиловый спирт и/или вина наливом, алкогольную продукцию (кроме пивоваренной продукции).</w:t>
+    <w:bookmarkStart w:name="z152" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Второй фасет (вторая группа из двух чисел) – вид продукции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z152" w:id="63"/>
-[...15 lines deleted...]
-      Второй фасет (вторая группа из двух чисел) – вид продукции.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Третий фасет (третья группа из четырех цифр) – наименование продукции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z153" w:id="64"/>
-[...15 lines deleted...]
-      Третий фасет (третья группа из четырех цифр) – наименование продукции.</w:t>
+    <w:bookmarkStart w:name="z154" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Четвертый фасет (четвертая группа из двух чисел) – объем используемой тары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z154" w:id="65"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -6049,55 +6377,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>