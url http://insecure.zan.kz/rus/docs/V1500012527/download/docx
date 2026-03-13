--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5aa8495" w14:textId="5aa8495">
+    <w:p w14:paraId="49323ac" w14:textId="49323ac">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1016,96 +1016,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ________________А. Рау   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26 ноября 2015 года</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...44 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2151,58 +2105,76 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) заказчик – администратор бюджетной программы или субъект квазигосударственного сектора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z59" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21) субъекты квазигосударственного сектора – государственные предприятия, товарищества с ограниченной ответственностью, акционерные общества, в том числе национальные управляющие холдинги, национальные холдинги, национальные компании, учредителем, участником или акционером которых является государство, а также дочерние, зависимые и иные юридические лица, являющиеся аффилированными с ними в соответствии с законодательными актами Республики Казахстан.</w:t>
+      21) субъекты квазигосударственного сектора – государственные предприятия, товарищества с ограниченной ответственностью, акционерные общества, в том числе национальные управляющие холдинги, национальные холдинги, национальные компании, учредителем, участником или акционером которых является государство, а также дочерние, зависимые и иные юридические лица, являющиеся аффилированными с ними в соответствии с законодательными актами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1) строительство "под ключ" – комплексные работы по строительству объекта и введению его в эксплуатацию, включающие выполнение проектных, изыскательских, строительно-монтажных (расширения, модернизации, технического перевооружения, реконструкции, реставрации, капитального ремонта) и других работ, а также сопутствующие указанным работам поставку товаров и оказание услуг, за исключением проведения комплексной вневедомственной экспертизы проектов и услуг технического надзора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 3 с изменениями, внесенными приказами Министра индустрии и инфраструктурного развития РК от 05.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2211,50 +2183,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 197</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4649,126 +4641,388 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Глава 4-1. Определение расчетной стоимости строительства "под ключ"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 4-1 в соответствии с приказом Министра промышленности и строительства РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1. Метод строительства объектов "под ключ" предусматривает обеспечение сооружения объектов, подготовленных к эксплуатации или оказанию услуг, на основе возможности сосредоточения в одной организационной структуре генерального подрядчика функции по финансированию, планированию, своевременному и качественному обеспечению проектно-сметной документацией с учетом инженерно-геологических условий площадки строительства, выполнению строительно-монтажных работ, комплектации строек технологическим и инженерным оборудованием, пусконаладочных и иных работ, неразрывно связанных со строящимся объектом, а также управлению, эксплуатации, обслуживанию, передаче на баланс одной из сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-2. При реализации инвестиционного проекта как единого непрерывного комплексного процесса создания готовой строительной продукции (проектирование – выполнение строительных и монтажных работ, включая комплектацию строек оборудованием, ввод объекта в эксплуатацию) путем возведения новых объектов, а также при строительстве "под ключ" основанием для определения лимита средств заказчика (инвестора) является стоимость строительства, установленная расчетом на предпроектной стадии и утвержденная заказчиком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z71" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18-3. Для проведения конкурсных процедур и заключения договоров о строительстве "под ключ определяется расчетная стоимость строительства "под ключ". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчетная стоимость строительства "под ключ" определяется на основании расчета стоимости строительства на предпроектной стадии, сводной сметы на подготовку (освоение) территории строительства и ввод объекта в эксплуатацию (в том числе сводной сметы на ввод объектов в эксплуатацию) при обязательном наличии положительного заключения комплексной вневедомственной экспертизы по технико-экономическому обоснованию или расчетной стоимости строительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-4. В расчетную стоимость строительства "под ключ" включаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) стоимость разработки проектно-сметной документации, в том числе стоимость изыскательских работ (при необходимости);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) стоимость строительно-монтажных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) стоимость оборудования, мебели, инвентаря;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) средства на непредвиденные работы и затраты в размерах, установленных для предпроектной стадии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) затраты на ввод объекта в эксплуатацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) другие поручаемые генеральному подрядчику затраты, учитывающие конкретные условия и специфику строительства объекта, регулируемые в рамках отраслевых законодательных норм.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Определение договорной цены строительства объекта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 5 в редакции приказа Министра индустрии и инфраструктурного развития РК от 05.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 197</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="55"/>
+    <w:bookmarkStart w:name="z31" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Договорная цена строительства для государственных инвестиций определяется по итогам закупок подрядных работ и услуг, осуществляемым в соответствии с законодательством в сфере государственных закупок, для квазигосударственного сектора в соответствии с законодательством в сфере управления государственным имуществом, на основе ценового предложения (конкурсного ценового предложения, тендерного ценового предложения) победителя по его смете (оферте), а также в соответствии с международными договорами Республики Казахстан в рамках реализации инвестиционных проектов, финансируемых международными организациями, членом которых является Республика Казахстан. Договорная цена строительства не должна превышать стоимость, установленную сметой заказчика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4787,90 +5041,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="56"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-1. Договорная цена строительства "под ключ" определяется по итогам закупок подрядных работ и услуг, осуществляемым в соответствии с бюджетным законодательством Республики Казахстан, законодательством Республики Казахстан о государственных закупках, о закупках отдельных субъектов квазигосударственного сектора, о закупках в рамках реализации национального проекта "Модернизация энергетического и коммунального секторов", на основе ценового предложения (конкурсного ценового предложения, тендерного ценового предложения) победителя по его смете (оферте).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договорная цена строительства "под ключ" не должна превышать расчетную стоимость строительства "под ключ", установленную сметой заказчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 19-1 в соответствии с приказом Министра промышленности и строительства РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-2. Увеличение договорной цены строительства "под ключ", определенной по итогам закупок, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом в случае превышения договорной цены по отдельным статьям затрат, предусмотренным в пункте 18-4 настоящих Правил, над их сметной стоимости по проектно-сметной документации и (или) сводной смете на ввод объектов в эксплуатацию, получившим положительное заключение комплексной вневедомственной экспертизы, договорная цена строительства "под ключ" подлежит соразмерному уменьшению по соответствующим статьям затрат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 19-2 в соответствии с приказом Министра промышленности и строительства РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Смета заказчика в электронном формате передается потенциальным подрядчикам в составе конкурсной документации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z33" w:id="57"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z33" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Смета подрядчика (оферта) составляется в текущих ценах, на базе сметы заказчика, с переоценкой строительных ресурсов на основе данных подрядчика по оплате труда, стоимости эксплуатации строительных машин, стоимости материальных ресурсов по фактическим сделкам, действующим контрактам, или предложениям на их поставку, по фактическому уровню накладных расходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4889,70 +5343,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="58"/>
+    <w:bookmarkStart w:name="z34" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. При составлении сметы подрядчика на базе сметы заказчика наименование и физические объемы работ по проекту, нормативные расходы строительных ресурсов, качественный и количественный состав строительных материалов, изделий, конструкций, оборудования по проекту (ресурсная часть сметы заказчика) остаются без изменений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4971,110 +5425,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="59"/>
+    <w:bookmarkStart w:name="z35" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Подрядчику в части машин и механизмов допускается указывать конкретные марки используемой им техники, соответствующие по техническим характеристикам, принятым в сметных нормах агрегированным видам строительной техники, при условии, если включаемая техника по мощности и производительности не повлияет на нормативное время. Также подрядчику допускается предложить свой вариант по позициям "прочих" (вспомогательных) материалов, "прочих" (вспомогательных) строительных машин и механизмов, выполняющих вспомогательные технологические функции, доля которых в общей стоимости соответствующей группы ресурсов не превышает 5% в конкретном виде работ. Варианты прочих ресурсов формируются подрядчиком методом экспертных оценок исходя из собственной практики, без ухудшения качества и нарушения технологии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z36" w:id="60"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z36" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. На основе сопоставления единичной стоимости соответствующих работ и затрат в сметах заказчика и подрядчика, составляется и утверждается в составе договорной цены каталог единичных договорных расценок по всем позициям (работам и отдельным затратам) сметы заказчика. Единичные договорные расценки составляются в тенге на принятую единицу работ по проекту, со всеми соответствующими дополнительными начислениями без налога на добавленную стоимость. Данный каталог единичных договорных расценок служит основой при взаиморасчетах между заказчиком и подрядчиком за выполненные работы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z37" w:id="61"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z37" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Смета подрядчика составляется с учетом собственной организационной и технической возможности подрядчика, с соблюдением основных положений, требований, условий и ограничений Нормативного документа, за исключением стоимостных показателей, определяемых по фактическим данным подрядчика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5093,124 +5547,124 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="62"/>
+    <w:bookmarkStart w:name="z38" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Электронные копии смет подрядчиков, представленных заказчику (конкурсной комиссии) в составе заявки, после окончания конкурса, в течение не более трех рабочих дней со дня официального объявления результатов конкурса, передаются в уполномоченный орган и (или) в определенную им организацию, осуществляющую функции по разработке сметных нормативов в порядке, определенном уполномоченным органом. Полученная информация, используется только в целях и рамках работ по разработке и совершенствованию сметных нормативов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>