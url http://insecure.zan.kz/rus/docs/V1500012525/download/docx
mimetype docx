--- v0 (2025-10-05)
+++ v1 (2025-11-24)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d5d8d9c" w14:textId="d5d8d9c">
+    <w:p w14:paraId="a34c37e" w14:textId="a34c37e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,5887 +93,6358 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил проведения уточнения достоверности данных похозяйственного учета</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра национальной экономики Республики Казахстан от 30 ноября 2015 года № 744. Зарегистрирован в Министерстве юстиции Республики Казахстан 26 декабря 2015 года № 12525</w:t>
-[...18 lines deleted...]
-      </w:t>
+        <w:t>Приказ Министра национальной экономики Республики Казахстан от 30 ноября 2015 года № 744. Зарегистрирован в Министерстве юстиции Республики Казахстан 26 декабря 2015 года № 12525.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Примечание РЦПИ!</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Настоящий приказ вводится в действие с 01.01.2016 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О государственной статистике", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 42)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения об Агентстве по стратегическому планированию и реформам Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 5 октября 2020 года № 427 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 28)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения уточнения достоверности данных похозяйственного учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету по статистике Министерства национальной экономики Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на официальном интернет-ресурсе Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на Первого вице-министра национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие с 1 января 2016 года и подлежит официальному опубликованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр национальной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+экономики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е. Досаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "СОГЛАСОВАН"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Министр сельского хозяйства   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Республики Казахстан   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________ А.С. Мамытбеков   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3 декабря 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>национальной экономики</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 ноября 2015 года № 744</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила проведения уточнения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>достоверности данных похозяйственного учета</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Глава 1. Общее положение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Настоящий приказ вводится в действие с 01.01.2016 г.</w:t>
-[...40 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 1 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Правила проведения уточнения достоверности данных похозяйственного учета (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О государственной статистике" (далее – Закон), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 42)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения об Агентстве по стратегическому планированию и реформам Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 5 октября 2020 года № 427 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 28)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ и устанавливает порядок проведения уточнения достоверности данных похозяйственного учета специалистами областных территориальных органов статистики ведомства уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) база данных по идентификации сельскохозяйственных животных (далее – БД ИСЖ) – часть ветеринарного учета, предусматривающая единую, многоуровневую систему регистрации данных об индивидуальном номере животного, о его ветеринарных обработках, включая результаты диагностических исследований, а также данных о владельце животного, осуществляемая государственными ветеринарными организациями, созданными местными исполнительными органами, и используемая уполномоченным органом в области ветеринарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ведомство уполномоченного органа – ведомство уполномоченного органа, осуществляющее руководство, а также межотраслевую координацию в области государственной статистики в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) программное обеспечение для ведения электронного похозяйственного учета (далее – ПО ЭПХУ) – прикладное программное обеспечение, позволяющее акиму поселка, села, сельского округа осуществлять ввод, корректировку и хранение данных похозяйственного учета, а также формировать агрегированные данные на основе введенной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уточнение достоверности данных похозяйственного учета осуществляется должностными лицами областных территориальных органов статистики ведомства уполномоченного органа по следующим направлениям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) соответствие ведения похозяйственного учета требованиям "Статистической методологии по ведению похозяйственного учета и форм организации ведения регистрационных записей", утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по статистике от 10 июня  2010 года № 136, зарегистрированным в Реестре государственной регистрации нормативных правовых актов за № 6334 (далее – Методология);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уточнение достоверности данных похозяйственного учета записей данных похозяйственного учета путем сверки с данными статистического регистра жилищного фонда (далее – СРЖФ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уточнение достоверности данных похозяйственного учета записей похозяйственного учета при посещении домашних хозяйств с использованием информации, содержащейся в БД ИСЖ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Уточнение достоверности данных похозяйственного учета осуществляется в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 12-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения уточнения достоверности данных похозяйственного учета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 2 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ведомством уполномоченного органа формируется Список проведения выборочных проверок (далее – Список), который утверждается в соответствии с Критериями оценки степени риска в области государственной статистики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мероприятия по проведению уточнения достоверности данных похозяйственного учета проводятся в два этапа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение уточнения достоверности данных похозяйственного учета на первом этапе включает в себя проведение работ по выявлению несоответствий ведения похозяйственного учета требованиям Методологии, сопоставление записей ПО ЭПХУ с данными БД ИСЖ и СРЖФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ПО ЭПХУ по разделу "Жилищные условия" похозяйственного учета уточнение достоверности данных похозяйственного учета производится путем выборочного сопоставления записей с данными СРЖФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для проведения этого сопоставления областные территориальные органы статистики ведомства уполномоченного органа, на основе базы данных СРЖФ, формируют перечень жилых домов по населенному пункту, охваченному уточнением достоверности данных похозяйственного учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В перечне содержится информация по домам населенного пункта с указанием идентификационного кода дома, лицевого счета домашнего хозяйства, кадастрового номера земельного участка, адреса, типа дома, ситуации дома, вида собственности, размера общей и жилой площади, количества комнат, имеющихся благоустройств, материалов наружных стен, численности проживающих и количества домашних хозяйств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Количество домов для сопоставления определяется с учетом нагрузки на должностных лиц, осуществляющих уточнение достоверности данных похозяйственного учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При уточнении достоверности данных похозяйственного учета с данными СРЖФ по идентификационному коду дома осуществляется сопоставление записей на соответствие размера общей и жилой площади, типа жилого дома, вида собственности жилого дома, количества комнат, материалов наружных стен, благоустройства жилого помещения (электричество, водопровод, горячее водоснабжение, канализация, ванна, душ, отопление от теплоэлектроцентрали, отопление от индивидуальных установок, газ, электроплита, горячее водоснабжение от индивидуальных водонагревателей, печное отопление);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведение уточнения достоверности данных похозяйственного учета на втором этапе включает в себя проведение работ по уточнению достоверности данных похозяйственного учета записей ПО ЭПХУ путем посещения домашних хозяйств, с использованием информации, содержащейся в БД ИСЖ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностным лицом областного территориального органа статистики ведомства уполномоченного органа определяется количество и перечень домашних хозяйств, необходимых для посещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Количество домашних хозяйств необходимых для посещения определяется с учетом нагрузки на должностных лиц, осуществляющих уточнение достоверности данных похозяйственного учет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По перечню подлежащих для посещения домашних хозяйств должностным лицом областного территориального органа статистики ведомства уполномоченного органа совместно со специалистом в области ветеринарии (по согласованию) осуществляется уточнение достоверности данных похозяйственного учета в ПО ЭПХУ по видам и количеству животных с показателями БД ИСЖ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поиск в БД ИСЖ производится по индивидуальному идентификационному коду или фамилии, имени, отчеству (при его наличии) главы или члена домашнего хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Далее сопоставляется количество сельскохозяйственных животных по поголовью скота, указанное в разделе "Скот, фактически находящийся в хозяйстве (голов)" ПО ЭПХУ, с количеством записей по поголовью скота сельскохозяйственных животных в БД ИСЖ. Уточнение достоверности данных похозяйственного учета в ПО ЭПХУ по видам и количеству сельскохозяйственных животных по конкретному домашнему хозяйству по состоянию на 1 января и 1 июля текущего года необходимо осуществлять с учетом движения сельскохозяйственных животных (приобретение, приплод и выбытие), которое произошло после 1 января и 1 июля текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для учета движения сельскохозяйственных животных используется информация из граф "Дата постановки на учет" и "Причина снятия с учета" БД ИСЖ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для уточнения достоверности данных похозяйственного учета в ПО ЭПХУ и подтверждения их достоверности осуществляется посещение домашних хозяйств с участием акима или должностных лиц акимата поселка, села, сельского округа, областных территориальных органов статистики ведомства уполномоченного органа и со специалистом в области ветеринарии (по согласованию).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При посещении домашних хозяйств уточнение достоверности данных похозяйственного учета регистрационных записей похозяйственного учета проводится путем фактического пересчета сельскохозяйственных животных и обмера посевных площадей под картофелем, овощами и плодово-ягодными и другими культурами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если физический пересчет осуществить невозможно, уточнение достоверности данных похозяйственного учета проводится путем опроса главы домашнего хозяйства или совершеннолетнего члена этого домашнего хозяйства о фактическом наличии поголовья сельскохозяйственных животных и посевных площадей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. По итогам проведенного уточнения достоверности данных похозяйственного учета должностными лицами областных территориальных органов статистики ведомства уполномоченного органа составляется Акт несоответствия или соответствия регистрационных записей по похозяйственному учету (далее – Акт) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт составляется в трех экземплярах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Один экземпляр Акта для акимата сельского округа, второй для специалиста в области ветеринарии, третий для областного территориального органа статистики ведомства уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. При выявлении несоответствия ведения похозяйственного учета требованиям Методологии, а также несоответствий с данными в БД ИСЖ, информация о несоответствиях отражается в итоговой справке, которая составляется в произвольной форме, должностными лицами районных органов статистики ведомства уполномоченного органа и ежеквартально направляется на имя акима района и в областные территориальные органы статистики ведомства уполномоченного органа статистики с приложением копии(й) Акта(ов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. При выявлении представления недостоверных данных главой домашнего хозяйства или совершеннолетним членом этого домашнего хозяйства акимом поселка, села, сельского округа или специалистом местного исполнительного органа или специалистом в области ветеринарии вносятся соответствующие изменения в ПО ЭПХУ или в БД ИСЖ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о выявленных несоответствиях отражается в итоговой справке должностными лицами районных органов статистики ведомства уполномоченного органа и проводится разъяснительная работа с главой домашнего хозяйства или совершеннолетним членом домашнего хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Аким поселка, села, сельского округа и специалист в области ветеринарии при получении информации о выявленных несоответствиях при уточнении достоверности данных похозяйственного учета обеспечивают надлежащее устранение несоответствий и направляют информацию о проделанной работе в районный орган статистики ведомства уполномоченного органа в сроки указанные в Акте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Действия областных территориальных органов статистики ведомства уполномоченного органа по итогам уточнения достоверности данных похозяйственного учета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 3 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В случае непредставления акимами поселка, села, сельского округа информации о проделанной работе по устранению несоответствий в срок, указанный в Акте, в соответствии с пунктом 10 настоящих Правил областные территориальные органы статистики ведомства уполномоченного органа формируют и направляют информацию в течении трех рабочих дней в вышестоящий местный исполнительный орган с требованием устранения несоответствий, выявленных в ходе проведения уточнения достоверности данных похозяйственного учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Районный орган статистики ведомства уполномоченного органа ежемесячно в срок до 3 числа следующего месяца направляют в областной территориальный орган статистики ведомства уполномоченного органа соответствующей области Акты и информацию о проведении уточнения достоверности данных похозяйственного учета по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. При невозможности привлечения должностных лиц акимов поселков, сел, сельских округов к административной ответственности (согласно пункту 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях") органы статистики в течение пяти рабочих дней со дня получения информации от акима об устранении несоответствий, направляют материалы в акиматы районов для рассмотрения и привлечения должностных лиц, ответственных за ведение похозяйственного учета, к дисциплинарной ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Информацию о принимаемых мерах в отношении должностных лиц, допустивших нарушение, а именно копию приказа о привлечении к дисциплинарной ответственности, либо информацию о причинах невозможности привлечения к дисциплинарной ответственности, акиматы районов предоставляют в областные территориальные органы статистики ведомства уполномоченного органа в течение тридцати календарных дней со дня получения информации об итогах уточнения достоверности данных похозяйственного учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. По итогам уточнения достоверности данных похозяйственного учета областными территориальными органами статистики ведомства уполномоченного органа на имя акима соответствующей области ежеквартально в течение десяти рабочих дней после отчетного квартала направляется информация о выявленных нарушениях с приложением ответов районных акиматов о наложении дисциплинарных взысканий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Информация о привлеченных к ответственности акимов поселков, сел, сельских округов по результатам проведения уточнения достоверности данных похозяйственного учета представляется областными территориальными органами статистики ведомства уполномоченного органа в ведомство уполномоченного органа в течение пятнадцати рабочих дней после отчетного квартала согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уточнения достоверности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>данных похозяйственного учета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ГУ "Департамент статистики _________________ области"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Управление статистики ________________________ района</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  АКТ НЕСООТВЕТСТВИЯ ИЛИ СООТВЕТСТВИЯ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> проведения уточнения достоверности данных похозяйственного учета.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>регистрационных записей по формам похозяйственного учета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поселок, село, от "___" ______ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сельский округ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________ района</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мы, нижеподписавшиеся, представители уполномоченного органа в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      области государственной статистики:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в присутствии Акима _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 12-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      марта 2010 года "О государственной статистике" и Предпринимательского</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан осуществили сверку регистрационных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      записей в формах похозяйственного учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам сверки выявлены следующие нарушения фактов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представления акимом недостоверных административных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченному органу в области государственной статистики,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 499</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      административных правонарушениях":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сроки устранения нарушений: в течение пяти рабочих дней со дня</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подписания настоящего Акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание (информация об исполнении предоставляется в течение десяти</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рабочих дней после подписания настоящего Акта в территориальный орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      статистики).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подписи ___________________________________    Место для печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии) и подпись Акима ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________      Место для печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание (в случае отказа от подписи Акима, делается запись: "От</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подписи отказался" и ставится дата).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уточнения достоверности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>данных похозяйственного учета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Информация о проведении уточнения достоверности</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      2. Комитету по статистике Министерства национальной экономики Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>данных похозяйственного учета</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за __________ 20__ года</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...376 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...1976 lines deleted...]
-        </w:rPr>
         <w:t>(месяц)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...42 lines deleted...]
-Поселок, село, сельский округ _______________________________________</w:t>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Область _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Район _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поселок, село, сельский округ _______________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="636"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2569"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="4110" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
-[...522 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...63 lines deleted...]
-            </w:r>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Наименование населенного пункта (поселок, село, сельский округ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Общее количество домашних хозяйств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Количество выявленных несоответствий на первом этапе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Количество посещенных домашних хозяйств на втором этапе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-            </w:r>
+Количество домашних хозяйств, в которых выявлены несоответствия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Принятые меры по устранению нарушений (внесены изменения в ПО ЭПХУ, выписан акт, вынесены административные взыскания, по итоговой справке, привлеченных к дисциплинарной ответственности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="14"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уточнения достоверности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>данных похозяйственного учета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Приложение 3                  </w:t>
+      Форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Информация о привлеченных к ответственности</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-к Правилам проведения              </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>акимов по результатам проведения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-уточнения достоверности             </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уточнения достоверности данных похозяйственного учета</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...71 lines deleted...]
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за ______ квартал 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...14 lines deleted...]
-        <w:t>Область _____________________________________________________________</w:t>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Область _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="569"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="2230"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
-      <w:tr>
-[...459 lines deleted...]
-      </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="569" w:type="dxa"/>
-[...342 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Наименование района области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Количество сельских округов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Количество домашних хозяйств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Количество лиц, привлеченных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+посещенных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+в которых выявлены несоответствия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...33 lines deleted...]
-            </w:r>
+посещенных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+в которых выявлены несоответствия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+к административной ответственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+к дисциплинарной ответственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...33 lines deleted...]
-            </w:r>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...547 lines deleted...]
-            </w:r>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>