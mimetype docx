--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="472ff5b" w14:textId="472ff5b">
+    <w:p w14:paraId="e704726" w14:textId="e704726">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2225,51 +2225,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уровень 1 – несоответствия сертификационным требованиям, препятствующие осуществлению деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z291" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) уровень 2 – несоответствия сертификационным требованиям, не препятствующие осуществлению деятельности при условии его устранения в сроки, согласованные с уполномоченной организацией в сфере гражданской авиации или введения ограничений;</w:t>
+      2) уровень 2 – несоответствия сертификационным требованиям, не препятствующие осуществлению деятельности при условии его устранения в сроки, согласованные с уполномоченной организацией или введения ограничений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z292" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уровень 3 – несоответствия сертификационным требованиям, не препятствующие осуществлению деятельности и подлежащее его устранению при совершенствовании производства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z293" w:id="59"/>
     <w:p>
@@ -2309,70 +2309,132 @@
         <w:t>
       При выявлении в сертификационном обследовании несоответствия эксплуатанта сертификационным требованиям, отнесенного к уровню 2 уполномоченная организация согласовывает срок для его устранения, не превышающий трех месяцев с момента его выявления, при этом, срок оказания государственной услуги продлевается на тот же срок, установленный для устранения несоответствий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z295" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявителем в срок 10 (десять) рабочих дней со дня подписания акта представляется план корректирующих действий по их устранению (далее – план). На основе оценки мер, предложенных заявителем по устранению выявленных несоответствий, уполномоченной организацией согласовывается план либо возвращается на доработку с обоснованием.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z296" w:id="62"/>
+    <w:bookmarkStart w:name="z634" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок, указанный в плане, продлевается уполномоченной организацией при условии предоставления заявителем обоснования о необходимости его изменения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 с изменением, внесенным приказом Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z297" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Уполномоченная организация контролирует представление заявителем плана и (или) выполнение корректирующих действий в установленные планом сроки путем проведения проверки или иных форм контроля и надзора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z298" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3180,573 +3242,903 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При предоставлении заявителем полного пакета документов, согласно перечню документов, предусмотренного Перечнем основных требований к оказанию государственной услуги, уполномоченная организация принимает заявку и документы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:bookmarkStart w:name="z330" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      29. Уполномоченная организация отказывает во внесении изменений в свидетельство и/или эксплуатационные спецификации по основаниям, предусмотренным подпунктами 3) и 5) пункта 21 настоящих Правил.</w:t>
+        <w:t xml:space="preserve">
+      29. Уполномоченная организация отказывает во внесении изменений в свидетельство и/или эксплуатационные спецификации по основаниям, предусмотренным подпунктами 3) и 5) пункта 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z331" w:id="97"/>
+    <w:bookmarkStart w:name="z635" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отказ не препятствует повторному обращению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z332" w:id="98"/>
+    <w:bookmarkStart w:name="z636" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении оснований для отказа в оказании государственной услуги, уполномоченная организация уведомляет заявителя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить заявителю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z333" w:id="99"/>
+    <w:bookmarkStart w:name="z637" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z334" w:id="100"/>
+    <w:bookmarkStart w:name="z638" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По итогам заслушивания формируется результат оказания государственной услуги, либо мотивированный отказ в оказании государственной услуги по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z335" w:id="101"/>
+    <w:bookmarkStart w:name="z639" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результат государственной услуги направляется в "личный кабинет" заявителя в форме электронного документа, подписанного ЭЦП уполномоченного лица уполномоченной организации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 – в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z336" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок приостановления действия и отзыва свидетельства на право выполнения авиационных работ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:bookmarkStart w:name="z337" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      30. Уполномоченная организация в сфере гражданской авиации приостанавливает действие свидетельства в соответствии с положениями </w:t>
+      30. Уполномоченная организация приостанавливает действие свидетельства в соответствии с положениями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 16-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, а также в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z338" w:id="104"/>
+    <w:bookmarkStart w:name="z640" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несоблюдения эксплуатантом сертификационных требований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z339" w:id="105"/>
+    <w:bookmarkStart w:name="z641" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) необеспечения страхования в соответствии с требованиями законодательства Республики Казахстан об обязательных видах страхования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z340" w:id="106"/>
+    <w:bookmarkStart w:name="z642" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выявления нарушений, влияющих на безопасность полетов, установленных при инспекционных проверках, в том числе в иностранных государствах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z341" w:id="107"/>
+    <w:bookmarkStart w:name="z643" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) письменного заявления эксплуатанта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 30 – в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z342" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Уполномоченная организация в сфере гражданской авиации отзывает свидетельство на право выполнения авиационных работ в случаях:</w:t>
+      31. Уполномоченная организация отзывает свидетельство на право выполнения авиационных работ в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z343" w:id="109"/>
+    <w:bookmarkStart w:name="z644" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получения свидетельства на право выполнения авиационных работ, поддержания соответствия сертификационным требованиям эксплуатантом путем фальсификации представленных документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z344" w:id="110"/>
+    <w:bookmarkStart w:name="z645" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) совершения противозаконных действий или незаконного использования свидетельства на право выполнения авиационных работ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z345" w:id="111"/>
+    <w:bookmarkStart w:name="z646" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) неуведомления уполномоченной организации в сфере гражданской авиации о дате и цели выполненного нерегулярного международного полета вне пределов воздушного пространства Республики Казахстан либо представление в уведомлении недостоверной информации;</w:t>
+      3) неуведомления уполномоченной организации о дате и цели выполненного нерегулярного международного полета вне пределов воздушного пространства Республики Казахстан либо представление в уведомлении недостоверной информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z346" w:id="112"/>
+    <w:bookmarkStart w:name="z647" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не расположения на территории Республики Казахстан головного офиса эксплуатанта гражданского воздушного судна, выполняющего нерегулярные полеты вне пределов воздушного пространства Республики Казахстан, и операционно-финансовые решения, влияющие на направление, контроль и координацию деятельности и операций организации не доступны для проверки компетентными государственными органами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z347" w:id="113"/>
+    <w:bookmarkStart w:name="z648" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) если имеется в отношении заявителя решение суда, вступившее в законную силу, запрещающее ему оказание данного вида услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z348" w:id="114"/>
+    <w:bookmarkStart w:name="z649" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) письменного заявления эксплуатанта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z349" w:id="115"/>
+    <w:bookmarkStart w:name="z650" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) в случае приостановления действия свидетельства сроком более трех лет для эксплуатантов легких и сверхлегких воздушных судов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 – в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z350" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. В случаях, указанных в подпунктах 1), 2) и 3) пункта 29 настоящих Правил, уполномоченная организация приостанавливает действие свидетельства с указанием причины приостановления до момента устранения эксплуатантом выявленных нарушений.</w:t>
+      32. В случаях, указанных в подпунктах 1), 2) и 3) пункта 30 настоящих Правил, уполномоченная организация приостанавливает действие свидетельства с указанием причины приостановления до момента устранения эксплуатантом выявленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z351" w:id="117"/>
+    <w:bookmarkStart w:name="z651" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если эксплуатант в установленные планом сроки не устранил несоответствия и (или) нарушения, повлекшие к приостановлению действия свидетельства, уполномоченная организация отзывает свидетельство. Эксплуатант при отзыве свидетельства, в срок 3 (три) рабочих дня возвращает оригинал свидетельства в уполномоченную организацию с момента получения уведомления об отзыве свидетельства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z352" w:id="118"/>
+    <w:bookmarkStart w:name="z652" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Возобновление действия свидетельства в случае его приостановления, осуществляется уполномоченной организацией после выполнения эксплуатантом плана в установленные сроки и проведения проверки уполномоченной организацией эксплуатанта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 32 – в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z353" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Решение по возобновлению или отказу в возобновлении действия свидетельства уполномоченной организацией сообщает эксплуатанту в письменной форме в срок 3 (три) рабочих дня с момента окончания проверки.</w:t>
+      33. Уполномоченная организация сообщает эксплуатанту о принятом решении о возобновлении либо об отказе в возобновлении действия свидетельства в письменной форме в срок не позднее 3 (трех) рабочих дней с даты завершения проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 33 – в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z354" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. При приостановлении действия или отзыва свидетельства, уполномоченная организация информирует о принятом решении эксплуатанта и орган обслуживания воздушного движения в течение 3 (трех) рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:bookmarkStart w:name="z355" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -14963,112 +15355,163 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к Правилам</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>допуска эксплуатанта</w:t>
+              <w:t>к Правилам допуска</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эксплуатанта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к авиационным работам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z239" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача свидетельства на право выполнения авиационных работ"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции приказа Министра транспорта РК от 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15099,255 +15542,358 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование государственной услуги "Выдача свидетельства на право выполнения авиационных работ"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование подвида государственной услуги:</w:t>
-[...203 lines deleted...]
-              <w:t>12) другие виды авиационных работ, связанных с выполнением специализированных операций в интересах других физических и (или) юридических лиц.</w:t>
+              <w:t>
+Наименование подвида государственной услуги:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) авиационно-химические работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) воздушные съемки и наблюдения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) авиационные работы по охране и защите лесного фонда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) строительно-монтажные и погрузочно-разгрузочные работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) полеты на островах открытых морей и океанов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) полеты с морских судов и морских буровых установок;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) полеты для оказания медицинской помощи населению и проведения санитарных мероприятий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) полеты для проведения экспериментальных и научно-исследовательских работ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) полеты по десантированию и выброске парашютистов или сбросу грузов на парашютах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) поисковые и аварийно-спасательные работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) летные проверки (облеты) наземных средств радиотехнического обеспечения полетов, авиационной радиосвязи и аэродромных схем;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) другие виды авиационных работ, связанных с выполнением специализированных операций в интересах других физических и (или) юридических лиц;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) выдача свидетельства и/или связанных с ним эксплуатационные спецификации при изменениях наименования эксплуатанта, организационно-правовой формы юридического лица, юридического адреса, ведомственной принадлежности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) выдача эксплуатационных спецификаций части А и В при внесении воздушных судов одного типа с эксплуатируемыми;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) выдача эксплуатационных спецификаций части А и В при внесении воздушных судов других типов, которые ранее не эксплуатировались;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16) выдача эксплуатационных спецификаций часть В при внесении видов авиационных работ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17) выдача эксплуатационных спецификаций части А и/или В при исключении воздушных судов и/или видов авиационных работ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15546,51 +16092,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По всем подвидам государственной услуги:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>портал "электронного правительства"</w:t>
+              <w:t>
+портал "электронного правительства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15676,194 +16223,201 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выдача свидетельства на право выполнения авиационных работ – 38 (тридцать восемь) рабочих дней.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Данный срок продлевается на срок необходимый для устранения выявленных несоответствии уровня 2, но не более трех месяцев в соответствии с пунктом 16 настоящих Правил.</w:t>
-[...101 lines deleted...]
-              <w:t>5) исключение из эксплуатационных спецификации частей А и/или В воздушных судов и/или видов авиационных работ – 3 рабочих дня.</w:t>
+              <w:t>
+Данный срок продлевается на срок необходимый для устранения выявленных несоответствии уровня 2, но не более трех месяцев в соответствии с пунктом 16 настоящих Правил.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внесение изменений в свидетельство и/или эксплуатационные спецификации:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) в свидетельство и/или связанные с ним эксплуатационные спецификации при изменениях наименования эксплуатанта, организационно-правовой формы юридического лица, юридического адреса, ведомственной принадлежности – 10 рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) внесение в эксплуатационные спецификации частей А и В воздушных судов одного типа с эксплуатируемыми – 15 рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) внесение в эксплуатационные спецификации частей А и В воздушных судов других типов, которые ранее не эксплуатировались – 20 рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) внесение в эксплуатационные спецификации части В видов авиационных работ – 20 рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) исключение из эксплуатационных спецификации частей А и/или В воздушных судов и/или видов авиационных работ – 3 рабочих дня.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16021,436 +16575,365 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выдача свидетельства на выполнение авиационных работ и эксплуатационных спецификаций.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Выдача свидетельства и/или связанных с ним эксплуатационные спецификации при изменениях наименования эксплуатанта, организационно-правовой формы юридического лица, юридического адреса, ведомственной принадлежности.</w:t>
-[...84 lines deleted...]
-              <w:t>Мотивированный ответ об отказе в оказании государственной услуги</w:t>
+              <w:t>
+Выдача свидетельства и/или связанных с ним эксплуатационные спецификации при изменениях наименования эксплуатанта, организационно-правовой формы юридического лица, юридического адреса, ведомственной принадлежности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача эксплуатационных спецификаций части А и В при внесении воздушных судов одного типа с эксплуатируемыми.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача эксплуатационных спецификаций части А и В при внесении воздушных судов других типов, которые ранее не эксплуатировались.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача эксплуатационных спецификаций часть В при внесении видов авиационных работ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача эксплуатационных спецификаций части А и/или В при исключении воздушных судов и/или видов авиационных работ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мотивированный ответ об отказе в оказании государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...187 lines deleted...]
-              <w:t>6. Исключение из эксплуатационных спецификации частей А и/или В воздушных судов и/или видов авиационных работ – оказывается бесплатно.</w:t>
+              <w:t xml:space="preserve">
+Государственная услуга выдачи свидетельства на право выполнения авиационных работ оказывается на платной основе юридическим и физическим лицам в размере платы в соответствии с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 17 марта 2023 года № 167 "Об утверждении перечня платных услуг уполномоченной организации в сфере гражданской авиации и ставок платежей в сфере гражданской авиации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32089).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Внесение изменений в свидетельство и/или связанные с ним эксплуатационные спецификации при изменениях наименования эксплуатанта, организационно-правовой формы юридического лица, юридического адреса, ведомственной принадлежности - оказывается бесплатно.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Внесение в эксплуатационные спецификации частей А и В воздушных судов одного типа с эксплуатируемыми - оказывается бесплатно.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Внесение в эксплуатационные спецификации частей А и В воздушных судов других типов, которые ранее не эксплуатировались - оказывается бесплатно.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Внесение в эксплуатационные спецификации части В видов авиационных работ - оказывается бесплатно.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Исключение из эксплуатационных спецификации частей А и/или В воздушных судов и/или видов авиационных работ – оказывается бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16482,52 +16965,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-График работы услугодателя и объектов информации</w:t>
+              <w:t xml:space="preserve">
+График работы услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16536,51 +17019,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) портал – круглосуточно за исключением технических перерывов в связи с проведением ремонтных работ (при обращении заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявки и выдача результата оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) уполномоченная организация – с понедельника по пятницу с 9-00 до 18-30 часов, с перерывом на обед с 13-00 до 14-30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+              <w:t>
+2) уполномоченная организация – с понедельника по пятницу с 8-30 до 17-30 часов, с перерывом на обед с 13-00 до 14-00 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16649,561 +17133,591 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для получения свидетельства подается заявка подписанная ЭЦП с приложением следующих документов:</w:t>
-[...509 lines deleted...]
-              <w:t>Заявитель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+1. Для получения свидетельства подается заявка подписанная ЭЦП с приложением следующих документов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) копия документа, подтверждающего плату за услугу уполномоченной организации на бумажном носителе, или электронная копия документа в формате pdf;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия руководства по производству полетов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия руководства по организации системы управления безопасностью полетов (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия руководства эксплуатанта по регулированию технического обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия программы (регламент) технического обслуживания воздушных судов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) электронная копия страховых полисов обязательного страхования гражданско-правовой ответственности эксплуатанта в соответствии с законами Республики Казахстан об обязательных видах страхования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) электронная копия образцов раскраски и текстового описания воздушных судов, которые утверждаются руководителем эксплуатанта;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) электронная копия программы авиационной безопасности эксплуатанта;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) электронная копия документа, подтверждающего обязательные отчисления сертифицированных эксплуатантов за осуществление уполномоченной организацией постоянного надзора за обеспечением безопасности полетов и авиационной безопасности, взимаемых в порядке и размере, определяемых Правилами взимания платежей и Перечнем платных услуг уполномоченной организации в сфере гражданской авиации и ставок платежей в сфере гражданской авиации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Для внесения изменений в свидетельство и/или связанные с ним эксплуатационные спецификации при изменениях наименования эксплуатанта, организационно-правовой формы юридического лица, юридического адреса, ведомственной принадлежности заявитель подает подписанную ЭЦП заявку с приложением следующих документов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) электронная копия руководства по производству полетов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия руководства по организации системы управления безопасностью полетов (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия руководства эксплуатанта по регулированию технического обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия программы (регламент) технического обслуживания воздушных судов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия образцов раскраски и текстового описания воздушных судов, которые утверждаются руководителем эксплуатанта;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) электронная копия программы авиационной безопасности эксплуатанта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Для внесения в эксплуатационные спецификации частей А и В воздушных судов одного типа с эксплуатируемыми заявитель подает заявку подписанную ЭЦП с приложением следующих документов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) электронная копия договора об аренде воздушного судна без экипажа, в котором указаны ответственные стороны за эксплуатационный контроль воздушного судна, техническое обслуживание и поддержание летной годности, а также срок действия аренды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия внесенных изменений и дополнений в руководство по производству полетов, руководство эксплуатанта по регулированию технического обслуживания, программу технического обслуживания, минимального перечня оборудования (MEL) (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия страховых полисов обязательного страхования гражданско-правовой ответственности эксплуатанта в соответствии с законами Республики Казахстан об обязательных видах страхования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Для внесения в эксплуатационные спецификации частей А и В воздушных судов других типов заявитель подает заявку подписанную ЭЦП с приложением следующих документов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) электронная копия договора об аренде воздушного судна без экипажа, в котором указаны ответственные стороны за эксплуатационный контроль воздушного судна, техническое обслуживание и поддержание летной годности, а также срок действия аренды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия внесенных изменений и дополнений в руководство по производству полетов, руководство эксплуатанта по регулированию технического обслуживания, программы технического обслуживания, минимального перечня оборудования (MEL) (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронные копии страховых полисов обязательного страхования гражданско-правовой ответственности эксплуатанта в соответствии с законами Республики Казахстан об обязательных видах страхования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Для внесения изменений в эксплуатационные спецификации часть В видов авиационных работ заявитель подает заявку подписанную ЭЦП с приложением следующих документов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) электронная копия внесенных изменений и дополнений в руководство по производству полетов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия инструкции по порядку выполнения конкретных видов авиационных работ, разработанные и утвержденные эксплуатантом.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Для исключения из эксплуатационных спецификации частей А и/или В воздушных судов и/или видов авиационных работ заявитель подает заявку подписанную ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах, удостоверяющих личность, образовании, свидетельстве авиационного персонала, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации в качестве индивидуального предпринимателя, свидетельстве на право выполнения авиационных работ (при наличии), государственной регистрации гражданского воздушного судна, сертификате летной годности, сертификате воздушного судна по шуму, разрешения на использование радиопередающей аппаратуры уполномоченная организация получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заявитель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17236,51 +17750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17309,102 +17823,106 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 16 Закона;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t>
+2) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) установление недостоверности документов, представленных заявителем для получения допуска эксплуатанта к авиационным работам, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) в отношении заявителя имеется решение суда, запрещающее ему оказание данного вида услуг;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -17510,68 +18028,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адреса мест оказания государственной услуги размещены на интернет-ресурсе: Акционерное общество "Авиационная администрация Казахстана" www.caa.gov.kz</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Заявитель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
-[...16 lines deleted...]
-              <w:t>Заявитель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг. Телефон Единого контакт центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777</w:t>
+              <w:t>
+Заявитель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заявитель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг. Телефон Единого контакт центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20788,55 +21308,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -21162,31 +21682,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>