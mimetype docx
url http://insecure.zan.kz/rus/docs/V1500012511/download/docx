--- v1 (2025-11-26)
+++ v2 (2025-12-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e704726" w14:textId="e704726">
+    <w:p w14:paraId="ec68f57" w14:textId="ec68f57">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -21308,55 +21308,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>