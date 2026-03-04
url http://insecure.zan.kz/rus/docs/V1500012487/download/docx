--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5857e24" w14:textId="5857e24">
+    <w:p w14:paraId="023b4cb" w14:textId="023b4cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1801,741 +1801,725 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Частный партнер в течение тридцати рабочих дней с момента наступления срока передачи объекта ГЧП в государственную собственность в соответствии с условиями договора ГЧП, обращается в уполномоченный государственный орган соответствующей отрасли – в отношении объектов ГЧП, относящихся к республиканской собственности или местные исполнительные органы областей (городов республиканского значения, столицы) – в отношении объектов ГЧП, относящихся к коммунальной собственности, с заявлением о передаче объекта в государственную собственность.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Частный партнер в течение тридцати рабочих дней с момента наступления срока передачи объекта ГЧП в государственную собственность в соответствии с условиями договора ГЧП, обращается в уполномоченный государственный орган соответствующей отрасли – в отношении объектов ГЧП, относящихся к республиканской собственности или местные исполнительные органы областей (городов республиканского значения, столицы) – в отношении объектов ГЧП, относящихся к коммунальной собственности, с заявлением о передаче объекта в государственную собственность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z330" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Если иное не установлено договором ГЧП моментом наступления срока передачи объекта ГЧП в государственную собственность является дата утверждения акта приемки объекта в эксплуатацию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 73 Закона Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Частный партнер вместе с заявлением представляет документы, согласно Перечню документов, представляемых частным партнером при приеме объектов государственно-частного партнерства в государственную собственность согласно приложению к настоящим Правилам в уполномоченный государственный орган соответствующей отрасли или местные исполнительные органы областей (городов республиканского значения, столицы) для передачи объектов ГЧП в государственную собственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Частный партнер обеспечивает передачу объекта ГЧП государственному партнеру в надлежащем техническом состоянии, соответствующем требованиям договора ГЧП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       10. Уполномоченный государственный орган соответствующей отрасли в течение пяти рабочих дней со дня получения обращения частного партнера уведомляет уполномоченный орган по государственному имуществу об обращении частного партнера о готовности передачи объекта ГЧП, подлежащего приему в республиканскую собственность, в соответствии с договором ГЧП и рассмотрении возможности приема данного объекта ГЧП в республиканскую собственность.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z331" w:id="28"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам в уполномоченный государственный орган соответствующей отрасли или местные исполнительные органы областей (городов республиканского значения, столицы) для передачи объектов ГЧП в государственную собственность.</w:t>
+    <w:bookmarkStart w:name="z333" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местные исполнительные органы областей (городов республиканского значения, столицы) в течение пяти рабочих дней со дня получения обращения частного партнера о готовности передачи объекта ГЧП, подлежащего приему в коммунальную собственность, в соответствии с договором ГЧП рассматривает возможность приема данного объекта ГЧП в коммунальную собственность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z332" w:id="29"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Министра национальной экономики РК от 17.03.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Министра национальной экономики РК от 17.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="32"/>
+    <w:bookmarkStart w:name="z26" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. В уведомлении уполномоченного государственного органа соответствующей отрасли указывается республиканское юридическое лицо, на баланс которого предполагается передача указанного объекта ГЧП, подлежащего приему в республиканскую собственность, и прилагается письменное согласие республиканского юридического лица о приеме указанного объекта ГЧП. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z27" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Уполномоченный орган по государственному имуществу в десятидневный срок после получения уведомления принимают решение о приеме в республиканскую собственность объекта ГЧП, подлежащего приему в республиканскую собственность, и передаче его республиканскому юридическому лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z334" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местные исполнительные органы областей (городов республиканского значения, столицы) в десятидневный срок после получения обращения принимает решение о приеме в коммунальную собственность объекта ГЧП, подлежащего приему в коммунальную собственность, и передаче его коммунальному юридическому лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 – в редакции приказа Министра национальной экономики РК от 17.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. После принятия решения, предусмотренного пунктом 12 настоящих Правил, частным партнером и государственным юридическим лицом, за которым закрепляется объект ГЧП, подлежащий приему в государственную собственность, а также уполномоченным органом по государственному имуществу или местными исполнительными органами областей (городов республиканского значения, столицы), в срок не более пятнадцать календарных дней, оформляется акт приема-передачи объекта ГЧП, подлежащего приему в государственную собственность.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z27" w:id="33"/>
-[...15 lines deleted...]
-      12. Уполномоченный орган по государственному имуществу в десятидневный срок после получения уведомления принимают решение о приеме в республиканскую собственность объекта ГЧП, подлежащего приему в республиканскую собственность, и передаче его республиканскому юридическому лицу.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции приказа Министра национальной экономики РК от 17.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Акт приема-передачи утверждается в трех экземплярах на казахском и русском языках по одному экземпляру для каждой из сторон, участвующих в его подписании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z334" w:id="34"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 – в редакции приказа Министра национальной экономики РК от 17.03.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 – в редакции приказа Министра национальной экономики РК от 17.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="35"/>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="37"/>
+    <w:bookmarkStart w:name="z30" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Государственная регистрация прав на объект ГЧП, подлежащий приему в государственную собственность, осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственной регистрации прав на недвижимое имущество".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z31" w:id="38"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z31" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 – в редакции приказа Министра национальной экономики РК от 17.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="39"/>
+    <w:bookmarkStart w:name="z32" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Споры, возникающие при передаче и приеме объектов ГЧП в государственную собственность, рассматриваются в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2614,798 +2598,560 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственно-частного партнерства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в государственную собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="40"/>
+    <w:bookmarkStart w:name="z34" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень документов, представляемых частным партнером</w:t>
+        <w:t xml:space="preserve"> Перечень документов, представляемых частным партнером при приеме объектов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>при приеме объектов государственно-частного партнерства в</w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+        <w:t>государственно-частного партнерства в государственную собственность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Перечень в редакции приказа Министра национальной экономики РК от 22.11.2016 </w:t>
+      Сноска. Приложение – в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 16.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 480</w:t>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z321" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- № п/п</w:t>
+№ п/п</w:t>
             </w:r>
-          </w:p>
-[...13 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование документа</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z322" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
-          </w:p>
-[...13 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Договор ГЧП</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z323" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
-          </w:p>
-[...13 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акт приемки объекта в эксплуатацию</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...50 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Копии учредительных документов частного партнера, документов, подтверждающих государственную регистрацию частного партнера в органах юстиции, налоговых и статистических органах</w:t>
+3.</w:t>
             </w:r>
-          </w:p>
-[...69 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Документ, подтверждающий балансовую стоимость объекта ГЧП, подлежащего приему в государственную собственность, подписанный первым руководителем и главным бухгалтером частного партнера</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z326" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+4.</w:t>
             </w:r>
-          </w:p>
-[...13 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о техническом состоянии объекта ГЧП</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3426,55 +3172,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>