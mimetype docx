--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d23cf29" w14:textId="d23cf29">
+    <w:p w14:paraId="77d4712" w14:textId="77d4712">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -922,242 +922,584 @@
         <w:t>
       3. Сдача экзаменов осуществляется один раз в три года в форме тестирования на государственном или русском языках по выбору экзаменуемых лиц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z158" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) пункта 4 предусматривается исключить приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) экзаменационная комиссия – комиссия, создаваемая территориальными департаментами уполномоченного органа в области промышленной безопасности для приема экзаменов у экзаменуемых лиц; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z159" w:id="12"/>
+    <w:bookmarkStart w:name="z159" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) экзаменуемое лицо – руководитель юридического лица или член постоянно-действующей экзаменационной комиссии; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен приказом Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) руководители юридического лица, декларирующего промышленную безопасность (далее – руководитель юридического лица) – первый руководитель юридического лица эксплуатирующего опасный производственный объект, декларирующий промышленную безопасность, лица, осуществляющие руководство технологическим процессом, не ниже уровня заместителя первого руководителя по техническим вопросам, по производству, а также главный инженер, заместитель главного инженера, руководитель подразделения, ответственный за промышленную безопасность;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) исключен приказом Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования);</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z162" w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 5) пункта 4 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уполномоченный орган в области промышленной безопасности (далее - уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию, разработку и реализацию государственной политики в области промышленной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z163" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 6) пункта 4 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) территориальный департамент уполномоченного органа в области промышленной безопасности - территориальное подразделение ведомства центрального исполнительного органа, осуществляющее реализацию государственной политики и контрольные, надзорные функции в области промышленной безопасности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z164" w:id="16"/>
+    <w:bookmarkStart w:name="z164" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) член постоянно-действующей экзаменационной комиссии – лицо, включенное юридическим лицом в состав постоянно-действующей экзаменационной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1195,71 +1537,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Проверка знаний руководителей юридических лиц, декларирующих промышленную безопасность, а также членов постоянно действующих экзаменационных комиссий указанных юридических лиц является государственной услугой (далее - государственная услуга) и оказывается территориальными департаментами Комитета промышленной безопасности Министерства по чрезвычайным ситуациям Республики Казахстан (далее - услугодатель) согласно настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1278,430 +1716,430 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Для сдачи экзаменов юридическое лицо, декларирующее промышленную безопасность (далее - услугополучатель), направляют услугодателю посредством веб-портала "электронного правительства" www.egov.kz (далее - портал) заявление в форме электронного документа, удостоверенного электронно-цифровой подписью (далее - ЭЦП) услугополучателя, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Перечень основных требований к оказанию государственной услуги, включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в форме Перечня основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче услугополучателем всех необходимых документов посредством портала – в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление подается не позднее 3 (трех) рабочих дней после назначения на должность руководителя юридического лица или включения в состав ПДЭК и не позднее 45 (сорока пяти) рабочих дней до даты проведения очередной сдачи экзаменов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общий срок рассмотрения заявления и выдачи результата оказания государственной услуги составляет 15 (пятнадцать) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Работник канцелярии услугодателя осуществляет прием и регистрацию документов в день их поступления и направляет руководителю услугодателя либо лицу его замещающему, которым назначается ответственный исполнитель.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным приказом и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z180" w:id="25"/>
+    <w:bookmarkStart w:name="z180" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8-1. При выявлении оснований для отказа в оказании государственной услуги в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1756,150 +2194,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Ответственный исполнитель в течение 2 (двух) рабочих дней с момента регистрации заявления, проверяет полноту указанных в нем сведений, и в случае установления факта неполных сведений готовит мотивированный отказ по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписанный ЭЦП руководителя услугодателя либо лица его замещающего, и направляет его услугополучателю через портал в форме электронного документа соответственно, в личный кабинет услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о государственной регистрации (перерегистрации) юридического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае указания услугополучателем полных сведений, ответственный исполнитель в течение 3 (трех) рабочих дней с момента регистрации заявления направляет услугополучателю уведомление о дате сдачи экзаменов с перечнем нормативно-правовых актов в области промышленной безопасности, по которым будет осуществляться прием экзамена.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление подписывается ЭЦП руководителя услугодателя, либо лица его замещающего и направляется услугополучателю через портал в форме электронного документа в личный кабинет услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1917,71 +2355,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 10 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Тесты разрабатываются территориальными департаментами уполномоченного органа в области промышленной безопасности. Количество тестовых вопросов составляет сто вопросов. Количество вариантов ответов на один тестовый вопрос составляет четыре, один из которых правильный. Время на выполнение тестов составляет не более ста двадцати минут.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2000,90 +2534,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="31"/>
+    <w:bookmarkStart w:name="z183" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10-1. Минимальные технические требования по техническому оснащению при проведении тестирования изложены согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2102,110 +2636,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Во время тестирования экзаменуемым лицам не допускается разговаривать с другими лицами, обмениваться материалами, использовать информацию на бумажных и электронных носителях, пользоваться средствами связи, покидать помещение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При количестве положительных ответов 70 (семьдесят) процентов и более, экзамен считается сданным. В случае, если результаты экзамена составляют менее установленного порогового уровня, экзамен считается не сданным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z35" w:id="34"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. После завершения экзамена экзаменуемому лицу в день прохождения тестирования выдается протокол, с указанием количества правильных ответов по вопросам и конкретных результатов ответов по каждому вопросу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2224,646 +2758,742 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Результат экзамена оформляется сертификатом по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Сертификат сохраняется до очередной сдачи экзаменов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Лица, не сдавшие экзамен, подлежат прохождению повторной сдачи экзамена. Повторная сдача экзамена проводится единожды и не позднее одного месяца.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Лица, не сдавшие повторно экзамен, отстраняются от занимаемой должности в порядке, установленном трудовым законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководителю организаций направляется уведомление с приложением результатов прохождения экзамена.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Результат оказания государственной услуги подписывается электронной цифровой подписью руководителя услугодателя либо лица его замещающего и направляется через портал в "личный кабинет" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о порядке и статусе оказания государственной услуги поступает в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 137</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 18-1 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
-[...15 lines deleted...]
-      15. Сертификат сохраняется до очередной сдачи экзаменов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1. Информацию о внесенных изменениях и (или) дополнениях в настоящих Правилах услугодателям, оператору информационно-коммуникационной инфраструктуры "электронного правительства" и в Единый контакт-центр по вопросам оказания государственных услуг направляет уполномоченный орган в области промышленной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 18-1 в соответствии с приказом Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
-[...15 lines deleted...]
-      16. Лица, не сдавшие экзамен, подлежат прохождению повторной сдачи экзамена. Повторная сдача экзамена проводится единожды и не позднее одного месяца.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
-[...92 lines deleted...]
-      Информация о порядке и статусе оказания государственной услуги поступает в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 103</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="41"/>
-[...235 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="44"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2900,90 +3530,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3056,51 +3686,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22.Если иное не предусмотрено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3115,51 +3745,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3577,51 +4207,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заявления: [Номер]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата заявления: [Дата]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="47"/>
+    <w:bookmarkStart w:name="z182" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -3630,51 +4260,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>безопасность, а также членов постоянно действующих экзаменационных комиссий</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>указанных юридических лиц</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4140,50 +4770,156 @@
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В приложение 2 предусматривается изменение приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5975,50 +6711,156 @@
               <w:t>
 1) услугодатель - www.gov.kz/memleket/entities/kpb, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) портал - www.egov.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7066,286 +7908,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>комиссий указанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="48"/>
+    <w:bookmarkStart w:name="z186" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Минимальные технические требования по техническому оснащению при проведении тестирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 3-1 в соответствии с приказом Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="49"/>
+    <w:bookmarkStart w:name="z187" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При проведении тестирования, экзаменуемые лица проходят идентификацию по предоставлению документа, удостоверяющего личность.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z188" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При запуске на тестирование используются металлоискатели ручного или рамочного типа. Применение металлоискателей при запуске на тестирование осуществляется в рамках обеспечения безопасности экзаменуемых лиц при проведении тестирования, а также недопущения проноса ими в здание средств связи, электронно-вычислительной техники, фото-, аудио- и видеоаппаратуры, справочных материалов, письменных заметок и иных средств хранения и передачи информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z189" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для того, чтобы начать тестирование, экзаменуемому лицу необходимо подтвердить личность посредством биометрической идентификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z190" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Залы тестирования должны быть оборудованы рабочими станциями (процессор не менее Intel Core i3, оперативная память не менее 4 Гб), системы кондиционирования помещений, диспенсер, зал ожидания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z191" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Каждая рабочая станция должна быть оснащена веб-камерами для ведения видеозаписи процесса тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z192" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Залы тестирования должны быть оборудованы современной системой цифрового видео и аудио наблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z193" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для обеспечения прозрачности и объективности проведения тестирования аудитории в пунктах проведения обеспечиваются системой общего видеонаблюдения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z188" w:id="50"/>
-[...15 lines deleted...]
-      2. При запуске на тестирование используются металлоискатели ручного или рамочного типа. Применение металлоискателей при запуске на тестирование осуществляется в рамках обеспечения безопасности экзаменуемых лиц при проведении тестирования, а также недопущения проноса ими в здание средств связи, электронно-вычислительной техники, фото-, аудио- и видеоаппаратуры, справочных материалов, письменных заметок и иных средств хранения и передачи информации.</w:t>
+    <w:bookmarkStart w:name="z194" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В каждом зале тестирования должен быть установлен принтер с возможностью печати.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z189" w:id="51"/>
-[...15 lines deleted...]
-      3. Для того, чтобы начать тестирование, экзаменуемому лицу необходимо подтвердить личность посредством биометрической идентификации.</w:t>
+    <w:bookmarkStart w:name="z195" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Каждый зал тестирования должен быть оборудован управляемым коммутатором и локальной сетью, и соответствовать требованиям информационной безопасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z190" w:id="52"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 4 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9094,55 +10052,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9468,31 +10426,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>