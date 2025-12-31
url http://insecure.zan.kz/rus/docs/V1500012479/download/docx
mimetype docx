--- v1 (2025-11-15)
+++ v2 (2025-12-31)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="77d4712" w14:textId="77d4712">
+    <w:p w14:paraId="7f30b40" w14:textId="7f30b40">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -957,147 +957,105 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">1) исключен приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...80 lines deleted...]
-      1) экзаменационная комиссия – комиссия, создаваемая территориальными департаментами уполномоченного органа в области промышленной безопасности для приема экзаменов у экзаменуемых лиц; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z159" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) экзаменуемое лицо – руководитель юридического лица или член постоянно-действующей экзаменационной комиссии; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1168,756 +1126,492 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z161" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) руководители юридического лица, декларирующего промышленную безопасность (далее – руководитель юридического лица) – первый руководитель юридического лица эксплуатирующего опасный производственный объект, декларирующий промышленную безопасность, лица, осуществляющие руководство технологическим процессом, не ниже уровня заместителя первого руководителя по техническим вопросам, по производству, а также главный инженер, заместитель главного инженера, руководитель подразделения, ответственный за промышленную безопасность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z162" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уполномоченный орган в области промышленной безопасности (далее - уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области промышленной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z163" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) территориальный департамент - территориальное подразделение ведомства уполномоченного органа в области промышленной безопасности, осуществляющее реализацию государственной политики и контрольные, надзорные функции в области промышленной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z164" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) член постоянно-действующей экзаменационной комиссии – лицо, включенное юридическим лицом в состав постоянно-действующей экзаменационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра по чрезвычайным ситуациям РК от 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Проверка знаний руководителями юридических лиц, декларирующих промышленную безопасность, а также членами, постоянно действующих экзаменационных комиссий указанных юридических лиц является государственной услугой (далее - государственная услуга) и оказывается территориальными департаментами (далее - услугодатель), согласно настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 5) пункта 4 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...413 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Для сдачи экзаменов юридическое лицо, декларирующее промышленную безопасность (далее - услугополучатель), направляют услугодателю посредством веб-портала "электронного правительства" www.egov.kz (далее - портал) заявление в форме электронного документа, удостоверенного электронно-цифровой подписью (далее - ЭЦП) услугополучателя, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Перечень основных требований к оказанию государственной услуги, включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в форме Перечня основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подаче услугополучателем всех необходимых документов посредством портала – в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление подается не позднее 3 (трех) рабочих дней после назначения на должность руководителя юридического лица или включения в состав ПДЭК и не позднее 45 (сорока пяти) рабочих дней до даты проведения очередной сдачи экзаменов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Общий срок рассмотрения заявления и выдачи результата оказания государственной услуги составляет 15 (пятнадцать) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1936,70 +1630,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Работник канцелярии услугодателя осуществляет прием и регистрацию документов в день их поступления и направляет руководителю услугодателя либо лицу его замещающему, которым назначается ответственный исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обращения услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2026,120 +1720,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>вводится</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z180" w:id="21"/>
+    <w:bookmarkStart w:name="z180" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8-1. При выявлении оснований для отказа в оказании государственной услуги в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2194,150 +1888,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Ответственный исполнитель в течение 2 (двух) рабочих дней с момента регистрации заявления, проверяет полноту указанных в нем сведений, и в случае установления факта неполных сведений готовит мотивированный отказ по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписанный ЭЦП руководителя услугодателя либо лица его замещающего, и направляет его услугополучателю через портал в форме электронного документа соответственно, в личный кабинет услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о государственной регистрации (перерегистрации) юридического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае указания услугополучателем полных сведений, ответственный исполнитель в течение 3 (трех) рабочих дней с момента регистрации заявления направляет услугополучателю уведомление о дате сдачи экзаменов с перечнем нормативно-правовых актов в области промышленной безопасности, по которым будет осуществляться прием экзамена.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление подписывается ЭЦП руководителя услугодателя, либо лица его замещающего и направляется услугополучателю через портал в форме электронного документа в личный кабинет услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2355,269 +2049,193 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Тесты разрабатываются уполномоченным органом в области промышленной безопасности. Количество тестовых вопросов составляет сто вопросов. Количество вариантов ответов на один тестовый вопрос составляет четыре, один из которых правильный. Время на выполнение тестов составляет не более ста двадцати минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...144 lines deleted...]
-    <w:bookmarkStart w:name="z183" w:id="26"/>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10-1. Минимальные технические требования по техническому оснащению при проведении тестирования изложены согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2636,110 +2254,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Во время тестирования экзаменуемым лицам не допускается разговаривать с другими лицами, обмениваться материалами, использовать информацию на бумажных и электронных носителях, пользоваться средствами связи, покидать помещение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При количестве положительных ответов 70 (семьдесят) процентов и более, экзамен считается сданным. В случае, если результаты экзамена составляют менее установленного порогового уровня, экзамен считается не сданным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. После завершения экзамена экзаменуемому лицу в день прохождения тестирования выдается протокол, с указанием количества правильных ответов по вопросам и конкретных результатов ответов по каждому вопросу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2758,90 +2376,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Результат экзамена оформляется сертификатом по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2850,650 +2468,594 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Сертификат сохраняется до очередной сдачи экзаменов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Лица, не сдавшие экзамен, подлежат прохождению повторной сдачи экзамена. Повторная сдача экзамена проводится единожды и не позднее одного месяца.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Лица, не сдавшие повторно экзамен, отстраняются от занимаемой должности в порядке, установленном трудовым законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководителю организаций направляется уведомление с приложением результатов прохождения экзамена.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Результат оказания государственной услуги подписывается электронной цифровой подписью руководителя услугодателя либо лица его замещающего и направляется через портал в "личный кабинет" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о порядке и статусе оказания государственной услуги поступает в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1. Уполномоченный орган в области промышленной безопасности в течение трех рабочих дней направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила оператору информационно-коммуникационной инфраструктуры "электронного правительства", а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 18-1 в соответствии с приказом Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...134 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 103</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...332 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3530,90 +3092,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3686,51 +3248,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22.Если иное не предусмотрено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3745,51 +3307,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4207,51 +3769,50 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заявления: [Номер]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата заявления: [Дата]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -4260,51 +3821,50 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>безопасность, а также членов постоянно действующих экзаменационных комиссий</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>указанных юридических лиц</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4772,156 +4332,50 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5178,51 +4632,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 09.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5397,88 +4891,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Наименование услугодателя </w:t>
+              <w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Территориальные департаменты Комитета промышленной безопасности Министерства по чрезвычайным ситуациям Республики Казахстан (далее – услугодатель)</w:t>
+Территориальное подразделение ведомства уполномоченного органа в области промышленной безопасности (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6707,1060 +6201,50 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодатель - www.gov.kz/memleket/entities/kpb, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) портал - www.egov.kz</w:t>
             </w:r>
-          </w:p>
-[...1008 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -7798,90 +6282,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3-1</w:t>
+              <w:t>Приложение 3 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам сдачи экзаменов</w:t>
+              <w:t>сдачи экзаменов руководителями</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>руководителями юридических</w:t>
+              <w:t>юридических лиц,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лиц, декларирующих</w:t>
+              <w:t>декларирующих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>промышленную безопасность,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7908,400 +6392,106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>комиссий указанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="42"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила дополнены приложением 3-1 в соответствии с приказом Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
+      Сноска. Приложение 3 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 103</w:t>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-[...197 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8337,851 +6527,1238 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 4 к Правилам </w:t>
-[...90 lines deleted...]
-              <w:t>юридических лиц</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...54 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Төтенше жағдайлар министрлігі Өнеркәсіптік қауіпсіздік комитетінің аумақтық департаментінің атауы</w:t>
+Мемлекеттік органның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1409700" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7"/>
+                          <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1409700" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p>
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование территориального департамента Комитета промышленной безопасности Министерства по чрезвычайным ситуациям Республики Казахстан</w:t>
+Наименование государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________қаласы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город _____________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата: [Дата выдачи] год [Наименование организации]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер: [Номер документа] [Адрес]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z196" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мотивированный отказ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      [Наименование государственного органа], рассмотрев Ваше обращение № [Номер входящего документа] от [Дата] г. сообщает следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Обоснование отказа] </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>[Должность подписывающего] [Фамилия, имя, отчество (при его наличии) подписывающего]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6705600" cy="1905000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6705600" cy="1905000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-__________ қаласы</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3-1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам сдачи экзаменов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителями юридических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лиц, декларирующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>промышленную безопасность,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а также членами постоянно</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>действующих экзаменационных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комиссий указанных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>юридических лиц</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z186" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Минимальные технические требования по техническому оснащению при проведении тестирования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 3-1 в соответствии с приказом Министра по чрезвычайным ситуациям РК от 09.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При проведении тестирования, экзаменуемые лица проходят идентификацию по предоставлению документа, удостоверяющего личность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z188" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При запуске на тестирование используются металлоискатели ручного или рамочного типа. Применение металлоискателей при запуске на тестирование осуществляется в рамках обеспечения безопасности экзаменуемых лиц при проведении тестирования, а также недопущения проноса ими в здание средств связи, электронно-вычислительной техники, фото-, аудио- и видеоаппаратуры, справочных материалов, письменных заметок и иных средств хранения и передачи информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z189" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для того, чтобы начать тестирование, экзаменуемому лицу необходимо подтвердить личность посредством биометрической идентификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z190" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Залы тестирования должны быть оборудованы рабочими станциями (процессор не менее Intel Core i3, оперативная память не менее 4 Гб), системы кондиционирования помещений, диспенсер, зал ожидания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z191" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Каждая рабочая станция должна быть оснащена веб-камерами для ведения видеозаписи процесса тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z192" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Залы тестирования должны быть оборудованы современной системой цифрового видео и аудио наблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z193" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для обеспечения прозрачности и объективности проведения тестирования аудитории в пунктах проведения обеспечиваются системой общего видеонаблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z194" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В каждом зале тестирования должен быть установлен принтер с возможностью печати.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z195" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Каждый зал тестирования должен быть оборудован управляемым коммутатором и локальной сетью, и соответствовать требованиям информационной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-город  __________</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сдачи экзаменов руководителями</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>юридических лиц, декларирующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>промышленную безопасность,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а также членами постоянно</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>действующих экзаменационных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комиссий указанных юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...70 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Председатель: ____________________________________________________  </w:t>
-[...162 lines deleted...]
-    </w:p>
+      Сноска. Приложение 4 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9196,236 +7773,715 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ № п/п</w:t>
-            </w:r>
+Мемлекеттік органның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z199" w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1409700" cy="1397000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1409700" cy="1397000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. экзаменуемого</w:t>
+Наименование государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Должность</w:t>
+город_______</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z205" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СЕРТИФИКАТ № ____</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>наименование юридического лица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z206" w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от "____" _______20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>[Наименование государственного органа] провел прием экзаменов в объеме требований</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>промышленной безопасности, установленных Законами и нормативными</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правовыми актами Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Образование</w:t>
+Ф.И.О. экзаменуемого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заключение комиссии (сдал, не сдал, не явился)</w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат (сдал, не сдал, не явился)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9550,51 +8606,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9719,51 +8775,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9852,255 +8908,413 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z207" w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок действия до "____" _______20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...37 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Должность подписывающего Ф.И.О. (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z203" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="1993900"/>
+            <wp:extent cx="6705600" cy="1905000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="1993900"/>
+                      <a:ext cx="6705600" cy="1905000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...26 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>