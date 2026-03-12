--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="34fb325" w14:textId="34fb325">
+    <w:p w14:paraId="1d3c06f" w14:textId="1d3c06f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,50 +113,147 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ и.о. Министра по инвестициям и развитию Республики Казахстан от 10 ноября 2015 года № 1061. Зарегистрирован в Министерстве юстиции Республики Казахстан 22 декабря 2015 года № 12452.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Преамбула предусматривается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       В соответствии с подпунктом 41-31) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 июля 2010 года "Об использовании воздушного пространства Республики Казахстан и деятельности авиации" и подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -176,51 +273,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -986,51 +1082,168 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z9" w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусматривается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила сертификации и выдачи сертификата эксплуатанта гражданских воздушных судов (далее - Правила) разработаны в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1045,51 +1258,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 15 июля 2010 года "Об использовании воздушного пространства Республики Казахстан и деятельности авиации" (далее - Закон) и подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1426,94 +1638,210 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусматривается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Авиакомпания, впервые получившая сертификат эксплуатанта, дающий право выполнения международных коммерческих перевозок, регистрируется в Международной организации гражданской авиации (далее - ИКАО). Авиакомпании присваивается трехбуквенный код и условный телефонный позывной.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регистрация осуществляется посредством запроса, направляемого уполномоченной организацией в ИКАО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1528,94 +1856,210 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусматривается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Перечень основных требований к оказанию государственной услуги, включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в форме Перечня основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1634,370 +2078,608 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сертификация осуществляется в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) этап, предшествующий подаче заявки; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) подача заявителем в уполномоченную организацию заявки с документами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оценка документации и принятие решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведение уполномоченной организацией сертификационного</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> обследования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заявителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) принятие решения и выдача (отказ в выдаче) сертификата эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусматривается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Общий срок сертификации и выдачи сертификата эксплуатанта – шестьдесят четыре рабочих дня с момента подачи заявки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В пункт 8 предусматривается изменение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказом Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В Правилах используются следующие термины и определения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сертификат эксплуатанта гражданских воздушных судов - документ, выданный уполномоченной организацией в сфере гражданской авиации, удостоверяющий соответствие эксплуатанта настоящим Правилам и сертификационным требованиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заявка – обращение заявителя в уполномоченную организацию для получения сертификата эксплуатанта гражданских воздушных судов (далее - заявка);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заявитель – юридическое лицо Республики Казахстан, обратившееся в уполномоченную организацию для получения сертификата эксплуатанта гражданских воздушных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сертификационные требования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – требования к эксплуатантам гражданских воздушных судов, осуществляющим воздушные перевозки, авиационные работы, утвержденные приказом исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 24 февраля 2015 года № 153 "Об утверждении сертификационных требований к эксплуатантам гражданских воздушных судов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11459.);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сертификационное обследование – осуществляемая уполномоченной организацией проверка средств, оборудования, эксплуатационных процедур, технологических процессов, документации, организационной структуры, компетентности административного, летного и наземного персонала заявителя на соответствие сертификационным</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> требованиям</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и при наличии несоответствий – выполнение (применение) плана корректирующих действий, утвержденных уполномоченной организацией (далее - план корректирующих действий).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2036,182 +2718,298 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок проведения сертификации и оказание государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 23.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="28"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Этап, предшествующий подаче заявки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z30" w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Этап предшествующий первоначальной подаче заявки, предусматривает предварительное обращение заявителя в уполномоченную организацию о намерении получения сертификата эксплуатанта, где ему предоставляется исчерпывающая информация относительно разрешенного вида полетов, процедур, которые будут применяться при рассмотрении заявки и сведений, представляемых заявителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В свою очередь, для предварительной оценки заявитель представляет информацию, касающуюся его финансово-экономического положения для обеспечения безопасности полетов, планируемых к эксплуатации типов воздушных судов и структуры маршрутов, подходящих для предлагаемых перевозок, планируемой рентабельности перевозок, наличия квалифицированного персонала, уровня обслуживания, соответствующего потребностям или спросу и отвечающего общественным интересам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z576" w:id="30"/>
+    <w:bookmarkStart w:name="z576" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. При первичной сертификации заявитель представляет развернутый финансово-экономический план деятельности, включающий выделение финансовых ресурсов на профессиональную подготовку авиационного персонала, поддержание летной годности воздушных судов, приобретение оборудования, средств, фонд оплаты труда и иные расходы, для осуществления планируемой деятельности и обеспечения безопасности полетов и авиационной безопасности. Финансово-экономический план деятельности утверждается собственником (участниками, акционерами) юридического лица, претендующего на получение сертификата эксплуатанта. Наличие достаточных финансовых ресурсов подтверждается соответствующей выпиской с банковского счета заявителя за последние три месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2226,132 +3024,394 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уполномоченная организация в срок десять рабочих дней от даты обращения информирует заявителя о положительном или отрицательном заключении по результатам предварительной оценки. Положительное заключение является основанием для начала подготовки эксплуатанта к сертификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Подача заявки и документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z34" w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Для получения государственной услуги заявитель направляют в уполномоченную организацию заявку через веб-портал "электронного правительства" www.egov.kz (далее - портал) по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в срок 60 (шестьдесят) рабочих дня до планируемой даты начала выполнения полетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2366,94 +3426,220 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z35" w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. К заявке прилагаются документы, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги "Выдача сертификата эксплуатанта" (далее – Перечень основных требований к оказанию государственной услуги), предусмотренный в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченная организация осуществляет регистрацию документов и сведений в день их поступления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2522,74 +3708,200 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Для очередного получения сертификата эксплуатанта заявитель представляет заявку с документами, указанных в строке, порядковом номере 8 в Перечне основных требований к оказанию государственной услуги, по которым произошли изменения и/или внесены дополнения и документы, подтверждающие оплату платежей в сфере гражданской авиации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2608,88 +3920,224 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Оценка документации и принятие решения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z38" w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В случае обращения через портал заявителю в "личный кабинет" направляется статус о принятии запроса на государственную услугу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченная организация осуществляет регистрацию документов в день их поступления, а также рассматривает представленные документы, принимает по ним соответствующее решение по форме "Решение по заявке на получение сертификата эксплуатанта", согласно приложению 3 к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2744,70 +4192,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В случае не устранения заявителем выявленных несоответствий в срок, установленный пунктом 14 настоящих Правил, заявителю направляется решение об отказе в рассмотрении заявки и документов с указанием причин отказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2822,74 +4270,200 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. При соответствии заявки и документов требованиям настоящих Правил, уполномоченной организацией направляется заявителю решение о переходе к этапу сертификационного обследования и создается Комиссия для его проведения (далее - Комиссия) в течение 4 (четырех) рабочих дней из числа авиационных инспекторов уполномоченной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2908,208 +4482,794 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Проведение сертификационного обследования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Комиссия в течение 10 (десяти) рабочих дней осуществляет сертификационное обследование заявителя с использованием инструктивного материала, разработанного уполномоченной организацией для авиационных инспекторов, на соответствие эксплуатанта установленным сертификационным</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> требованиям</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе его финансово-экономического положения для обеспечения безопасности полетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Обследование летной и наземной служб производится с целью определения соответствия степени подготовки авиационного персонала, наземных средств и оборудования для решения поставленных задач. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом проверяется и подтверждается, что здания и сооружения соответствующим образом оборудованы и используются по их прямому предназначению. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Сертификационное обследование заявителя при первоначальном получении сертификата эксплуатанта дополнительно включает демонстрацию заявителем системы руководства полетами, имитацию демонстрации вынужденной посадки на воду, демонстрацию аварийной эвакуации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. По результатам сертификационного обследования составляется Акт сертификационного обследования (далее - Акт) в двух экземплярах по форме, согласно приложению 4 к Правилам с указанием фактического состояния объектов заявителя, выводов, рекомендаций и заключения о возможности или невозможности выдачи сертификата эксплуатанта. Акт в течении одного дня подписывается членами Комиссии и представляется заявителю для ознакомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Несоответствия сертификационным требованиям, выявленные при сертификационном обследовании, подразделяются на три уровня:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уровень 1, уровень 2 и уровень 3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3192,90 +5352,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несоответствии сертификационным требованиям уровня 1 уполномоченная организация отказывает в выдаче сертификата эксплуатанта либо ограничивает действие сертификата эксплуатанта в случаях и порядке, установленных законодательством Республики Казахстан об использовании воздушного пространства Республики Казахстан и деятельности авиации, до момента устранения выявленных несоответствий заявителем.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несоответствии сертификационным требованиям уровня 2 уполномоченная организация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z577" w:id="47"/>
+    <w:bookmarkStart w:name="z577" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) согласовывает срок для устранения выявленного несоответствия, не превышающий трех месяцев с момента его выявления. Заявитель разрабатывает план корректирующих действий по устранению выявленного несоответствия и представляет в уполномоченную организацию в течение десяти рабочих дней с момента ознакомления с результатами сертификационного обследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z578" w:id="48"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z578" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на основе оценки мер, предложенных заявителем по устранению выявленного несоответствия, согласовывает план корректирующих действий либо возвращает его на доработку с обоснованием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок, указанный в плане корректирующих действий, продлевается уполномоченной организацией при условии предоставления заявителем обоснования о необходимости его изменения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3330,70 +5490,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Уполномоченная организация контролирует представление эксплуатантом плана корректирующих действий и (или) выполнение корректирующих действий в установленные планом сроки путем проведения проверки или иных форм контроля и надзора, включающих наблюдение и анализ деятельности физических и юридических лиц по обеспечению безопасности полетов и авиационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наблюдение и анализ деятельности физических и юридических лиц по обеспечению безопасности полетов и авиационной безопасности, а также в целях выполнения рекомендаций по результатам расследования авиационных происшествий и инцидентов осуществляются на основании информации, документов и материалов, предоставленных физическими и юридическими лицами уполномоченной организации в соответствии с требованиями Закона.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3448,88 +5608,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 5. Принятие решения и выдача (отказ в выдаче) сертификата эксплуатанта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z63" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Основанием для выдачи сертификата эксплуатанта является акт сертификационного обследования с заключением о выдаче сертификата эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченная организация производит оформление и выдачу сертификата эксплуатанта по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3678,70 +5838,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z589" w:id="52"/>
+    <w:bookmarkStart w:name="z589" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-1. Сертификат эксплуатанта выдается сроком на два года с указанием области и срока действия, и не подлежит передаче другому лицу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3760,90 +5920,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Копия сертификата эксплуатанта, заверенная подписью руководителя или лица, его замещающего, и печатью уполномоченной организацией и копии, связанных с ним эксплуатационных спецификаций, находятся на борту воздушного судна.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z66" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Основанием для отказа в выдаче сертификата эксплуатанта является акт сертификационного обследования с заключением об отказе в выдаче сертификата эксплуатанта в случаях предусмотренных пунктом 9 Перечня основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3862,90 +6022,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Уполномоченная организация в срок три рабочих дня со дня принятия решения об отказе в выдаче сертификата эксплуатанта направляет письменный, мотивированный отказ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z572" w:id="56"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z572" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-1. Уполномоченная организация обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений, данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4020,348 +6180,348 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Рассмотрение жалобы на административное действие (бездействие) уполномоченной организации, связанное с принятием административного акта в административном (досудебном) порядке производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба заявителя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="58"/>
+    <w:bookmarkStart w:name="z106" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уполномоченной организацией – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z107" w:id="59"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z107" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уполномоченным органом в сфере гражданской авиации, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z108" w:id="60"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z108" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается в уполномоченную организацию и (или) в уполномоченный орган в сфере гражданской авиации и (или) должностному лицу, чье решение, действие (бездействие) обжалуются, а также в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z109" w:id="61"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z109" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченная организация, уполномоченный орган в сфере гражданской авиации, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z110" w:id="62"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z110" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, уполномоченная организация, уполномоченный орган в сфере гражданской авиации, должностное лицо, чье решение, действие (бездействие) обжалуются, не направляют жалобу в орган, рассматривающий жалобу, если в течение 3 (трех) рабочих дней принято решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z111" w:id="63"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z111" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Срок рассмотрения жалобы уполномоченной организацией, уполномоченным органом в сфере гражданской авиации, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" продлевается не более чем на 10 (десять) рабочих дней в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z112" w:id="64"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z112" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z113" w:id="65"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z113" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z114" w:id="66"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z114" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z115" w:id="67"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z115" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Если иное не предусмотрено законами Республики Казахстан, обращение в суд допускается после обжалования в досудебном порядке согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4380,368 +6540,368 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок приостановления и отзыва сертификата эксплуатанта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Уполномоченная организация приостанавливает действие сертификата эксплуатанта в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z73" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несоблюдения эксплуатантом сертификационных</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> требований</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и ограничений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z74" w:id="71"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z74" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) необеспечения страхования в соответствии с требованиями законов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Казахстан об обязательных видах страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z75" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выявления нарушений первого уровня или влияющих на безопасность полетов, установленных при инспекционных проверках, в том числе в иностранных государствах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z76" w:id="73"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z76" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в случае письменного заявления эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z579" w:id="74"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z579" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28-1. Уполномоченная организация в сфере гражданской авиации отзывает сертификат эксплуатанта при:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z580" w:id="75"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z580" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получении сертификата эксплуатанта, поддержания соответствия сертификационным требованиям эксплуатантом путем фальсификации представленных документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z581" w:id="76"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z581" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) совершении противозаконных действий или незаконного использования сертификата эксплуатантом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z582" w:id="77"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z582" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) неуведомлении уполномоченной организации в сфере гражданской авиации о дате и цели выполненного нерегулярного международного полета вне пределов воздушного пространства Республики Казахстан либо представление в уведомлении недостоверной информации; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z583" w:id="78"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z583" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не расположении на территории Республики Казахстан головного офиса эксплуатанта гражданского воздушного судна, выполняющего нерегулярные полеты вне пределов воздушного пространства Республики Казахстан, и операционно-финансовые решения, влияющие на направление, контроль и координацию деятельности и операций организации не доступны для проверки компетентными государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z584" w:id="79"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z584" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) выполнении международного полета эксплуатанта гражданского воздушного судна для перевозки воинских формирований, вооружений и военной техники иностранных государств, а также продукции двойного назначения без согласования с уполномоченным органом в сфере гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z585" w:id="80"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z585" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) вступившего в законную силу решения суда, запрещающее заявителю оказание данного вида услуги; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z586" w:id="81"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z586" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) письменного заявления эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4760,91 +6920,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="82"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Выявленные нарушения по результатам постоянного надзора в зависимости от степени нарушения требований</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> подразделяются на нарушения первого и второго уровня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z78" w:id="83"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К нарушениям первого уровня относятся существенные нарушения требований</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4879,609 +7039,753 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и авиационной</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> безопасности</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z79" w:id="84"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К нарушениям второго уровня относятся все нарушения требований Закона, которые не входят в нарушения первого уровня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z80" w:id="85"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. В случае прекращения эксплуатантом коммерческих воздушных перевозок более шести месяцев уполномоченная организация отзывает сертификат эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z81" w:id="86"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченная организация уведомляет эксплуатанта о возможном отзыве сертификата за тридцать рабочих дней до наступления вышеуказанного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z82" w:id="87"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. В случаях, указанных в подпунктах 1), 2) и 3) пункта 28 настоящих Правил уполномоченная организация приостанавливает действие сертификата эксплуатанта с указанием причины приостановления до момента устранения эксплуатантом выявленных нарушений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z83" w:id="88"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В срок десять рабочих дней со дня ознакомления с актом о результатах проверки или выдачи инспекторского предписания эксплуатант представляет в уполномоченную организацию план корректирующих действий по устранению нарушений, и после устранения нарушений справку о выполнении корректирующих действий в установленные планом сроки с приложением подтверждающей документации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z84" w:id="89"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если эксплуатант в установленные планом сроки не устранил несоответствия и (или) нарушения, привлекшие приостановление действия сертификата эксплуатанта, уполномоченная организация отзывает сертификат эксплуатанта. Во всех случаях, указанных в пункте 28 настоящих Правил, приостановление действия сертификата эксплуатанта осуществляется на срок не более шести месяцев, после чего уполномоченная организация отзывает сертификат эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z85" w:id="90"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Возобновление действия сертификата эксплуатанта в случае его приостановления, осуществляется уполномоченной организацией только после предоставления справки о выполнении эксплуатантом плана корректирующих действий в установленные планом сроки с приложением подтверждающей документации и проведения проверки уполномоченной организацией эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z86" w:id="91"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. О решении по возобновлению или об отказе в возобновлении действия сертификата эксплуатанта уполномоченная организация сообщает эксплуатанту в письменной форме в срок три рабочих дня с момента окончания проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z87" w:id="92"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. В случае приостановления действия сертификата эксплуатанта или его отзыва, уполномоченная организация незамедлительно информирует эксплуатанта и орган обслуживания воздушного движения о принятом решении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z88" w:id="93"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Эксплуатант, при отзыве сертификата эксплуатанта, незамедлительно возвращает оригинал сертификата в уполномоченную организацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z89" w:id="94"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Уполномоченная организация в срок десять рабочих дней, с момента принятия решения об отзыве, информирует об этом ИКАО (для эксплуатанта, выполняющего международные воздушные перевозки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z90" w:id="95"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z91" w:id="96"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Изменения и дополнения в сертификат эксплуатанта вносятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z92" w:id="97"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по заявке эксплуатанта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z93" w:id="98"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) по решению уполномоченной организации по результатам проведенной проверки эксплуатанта. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z94" w:id="99"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. В случае изменения наименования эксплуатанта, его статуса, ведомственной принадлежности (если они не влекут несоответствия сертификационным</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> требованиям</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">), прекращения эксплуатации воздушных судов, а также приобретения в собственность, аренды без экипажа эксплуатантом воздушных судов одного типа с эксплуатируемыми в сертификат эксплуатанта вносятся соответствующие изменения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z95" w:id="100"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. В случаях предусмотренных в пункте 38 настоящих Правил эксплуатант направляет в уполномоченную организацию заявку на внесение изменений и дополнений в сертификат эксплуатанта по форме, согласно приложению 6 к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z96" w:id="101"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z96" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Уполномоченная организация за двадцать рабочих дней с момента получения заявки рассматривает представленные документы и вносит соответствующие изменения и дополнения в сертификат эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z97" w:id="102"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z97" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. В случае приобретения в собственность, аренды без экипажа эксплуатантом воздушных судов других типов, которые ранее не эксплуатировались им, уполномоченная организация в течение тридцати рабочих дней с момента получения заявки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z98" w:id="103"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z98" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рассматривает представленные документы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z99" w:id="104"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проводит обследование эксплуатанта в части, касающейся вносимых изменений, по результатам которого вносятся соответствующие изменения и дополнения в эксплуатационные спецификации эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z100" w:id="105"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Отказ во внесении заявленного воздушного судна в эксплуатационные спецификации сертификата эксплуатанта производится в случаях, если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z101" w:id="106"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) это влечет за собой несоответствие сертификационным</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> требованиям</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z102" w:id="107"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) представленные заявителем документы не соответствуют Перечню документов на внесение изменений и дополнений в сертификат эксплуатанта согласно приложению 7 к Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z103" w:id="108"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заявленное воздушное судно внесено в эксплуатационные спецификации сертификата или свидетельства другого эксплуатанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z104" w:id="109"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. В случае отказа уполномоченной организацией о внесении заявленного воздушного судна в сертификат эксплуатанта, заявителю в срок десять рабочих дней с момента получения заявки дается мотивированный отказ в письменном виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5573,80 +7877,206 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>эксплуатанта гражданских</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>воздушных судов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z587" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z587" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача сертификата эксплуатанта"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 15.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8056,80 +10486,216 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z574" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z574" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на получение сертификата эксплуатанта (СЭ)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на бумажном носителе или в форме электронного документа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 23.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15628,64 +18194,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         № _____ от "____" __________ 20__г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z322" w:id="112"/>
+      <w:bookmarkStart w:name="z322" w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Рассмотрев заявку ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (наименование заявителя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15767,74 +18333,74 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Сообщаем о переходе к этапу сертификационного обследования (при соответствии).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z323" w:id="113"/>
+      <w:bookmarkStart w:name="z323" w:id="100"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
              Место печати                                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Должностное лицо</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уполномоченной организации</w:t>
@@ -16089,155 +18655,155 @@
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         Акт сертификационного обследования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z327" w:id="114"/>
+      <w:bookmarkStart w:name="z327" w:id="101"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              В соответствии с приказом _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наименование уполномоченной организации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от "____" _________ 20__года ___ Комиссией в составе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z328" w:id="115"/>
+      <w:bookmarkStart w:name="z328" w:id="102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель: _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия имя отчество (при наличии) должность)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z329" w:id="116"/>
+      <w:bookmarkStart w:name="z329" w:id="103"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены Комиссии: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                 (фамилия имя отчество (при наличии) должность)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16313,184 +18879,184 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на соответствие Сертификационным требованиям к эксплуатантам гражданских</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>воздушных судов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z330" w:id="117"/>
+    <w:bookmarkStart w:name="z330" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Текст заключения: __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z331" w:id="118"/>
+      <w:bookmarkStart w:name="z331" w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель: __________________________________________      ____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия имя отчество (при наличии) должность)        (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z332" w:id="119"/>
+      <w:bookmarkStart w:name="z332" w:id="106"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены Комиссии: _______________________________________      _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия имя отчество (при наличии) должность) (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z333" w:id="120"/>
+    <w:bookmarkStart w:name="z333" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С актом ознакомлен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z334" w:id="121"/>
+      <w:bookmarkStart w:name="z334" w:id="108"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответственное лицо: ___________________________________________ ____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия имя отчество (при наличии) должность)    (подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -16651,1376 +19217,1512 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z337" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ается в редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z337" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификат эксплуатанта и эксплуатационные спецификации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат Эксплуатанта
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республика Казахстан
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование уполномоченной организации
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z344" w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>СЭ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>KZ-01/001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата истечения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+срока действия:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z348" w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Название эксплуатанта</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ОПК (коммерческое название)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес эксплуатанта:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефон:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Факс:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E-mail:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z354" w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оперативная связь в эксплуатации:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактная информация, позволяющая незамедлительно связаться с оперативным руководством, приведена в____________.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z357" w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Настоящий сертификат удостоверяет в том, что _____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предоставлено право осуществлять коммерческие воздушные перевозки, как это определено в прилагаемых эксплуатационных спецификациях, в соответствии с руководством по производству полетов и Правилами сертификации и выдачи сертификата эксплуатанта гражданских воздушных судов Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z360" w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата выдачи:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="114"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z361" w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность: (фамилия имя отчество (при наличии) должность) и подпись:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+место печати</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z364" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование уполномоченной организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z365" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Эксплуатационные спецификации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(эксплуатационные требования и ограничения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z366" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Часть А - Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z367" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие эксплуатационные спецификации выдаются в соответствии с Правилами сертификации и выдачи сертификата эксплуатанта гражданских воздушных судов, утвержденными приказом исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от ___ __________ 2015 года № ___ и Приложением 6 (часть I) к Конвенции о международной гражданской авиации (Чикаго, 1944 г.).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z368" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Эксплуатант "__________", подготовлен к выполнению полетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z369" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Эксплуатанту "___________" разрешается эксплуатировать для выполнения коммерческих воздушных перевозок воздушные суда следующих изготовителей и моделей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z370" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для полетов на внутренних и (или) международных воздушных линиях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...8 lines deleted...]
-                <w:b/>
+          <w:bookmarkStart w:name="z371" w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
-[...13 lines deleted...]
-        </w:trPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Изготовитель</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="123"/>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...18 lines deleted...]
-        </w:trPr>
+Модель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...10 lines deleted...]
-</w:t>
+Максимальная грузоподъемность и пассажировместимость</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z344" w:id="123"/>
+          <w:bookmarkStart w:name="z375" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
-[...81 lines deleted...]
-          </w:p>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="124"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z348" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Название эксплуатанта</w:t>
-[...130 lines deleted...]
-E-mail:</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z354" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оперативная связь в эксплуатации:</w:t>
-[...90 lines deleted...]
-предоставлено право осуществлять коммерческие воздушные перевозки, как это определено в прилагаемых эксплуатационных спецификациях, в соответствии с руководством по производству полетов и Правилами сертификации и выдачи сертификата эксплуатанта гражданских воздушных судов Республики Казахстан.</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z360" w:id="127"/>
-[...258 lines deleted...]
-        </w:trPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z371" w:id="136"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="136"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...264 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z383" w:id="138"/>
+    <w:bookmarkStart w:name="z383" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В графе 1 указывается завод-изготовитель воздушного судна; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z384" w:id="139"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z384" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 2 указывается тип и номер государственной регистрации воздушного судна;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z385" w:id="140"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z385" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 3 - показатель в тоннах или килограммах и количество пассажирских мест.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z386" w:id="141"/>
+      <w:bookmarkStart w:name="z386" w:id="128"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Должностное лицо уполномоченной организации      __________ _____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18079,250 +20781,250 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   место печати</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата выдачи: "___" __________ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z387" w:id="142"/>
+    <w:bookmarkStart w:name="z387" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Наименование уполномоченной организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z388" w:id="143"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z388" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Эксплуатационные спецификации (эксплуатационные требования и ограничения)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z389" w:id="144"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z389" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Часть В - Разрешение и ограничения на маршрутах (самолеты)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z390" w:id="145"/>
+          <w:bookmarkStart w:name="z390" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Контактная информация о выдающей уполномоченной организации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
+          <w:bookmarkEnd w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tелефон: __________________; Факс: _____________; E-mail: _____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z393" w:id="146"/>
+          <w:bookmarkStart w:name="z393" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>СЭ №: ____ Название эксплуатанта: _______________________Дата: ___________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="146"/>
+          <w:bookmarkEnd w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18349,134 +21051,134 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z397" w:id="147"/>
+          <w:bookmarkStart w:name="z397" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Модель воздушного судна: Регистрационный номер:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="147"/>
+          <w:bookmarkEnd w:id="134"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z399" w:id="148"/>
+          <w:bookmarkStart w:name="z399" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Виды полетов: Коммерческие воздушные перевозки: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="148"/>
+          <w:bookmarkEnd w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId37"/>
                           <a:stretch>
@@ -18790,187 +21492,187 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z402" w:id="149"/>
+          <w:bookmarkStart w:name="z402" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Район(ы) полетов:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="149"/>
+          <w:bookmarkEnd w:id="136"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z404" w:id="150"/>
+          <w:bookmarkStart w:name="z404" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Специальные ограничения:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="150"/>
+          <w:bookmarkEnd w:id="137"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z406" w:id="151"/>
+          <w:bookmarkStart w:name="z406" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Специальные</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="151"/>
+          <w:bookmarkEnd w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Разрешения:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19112,80 +21814,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z413" w:id="152"/>
+          <w:bookmarkStart w:name="z413" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Опасные грузы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="152"/>
+          <w:bookmarkEnd w:id="139"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -19413,80 +22115,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z419" w:id="153"/>
+          <w:bookmarkStart w:name="z419" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Полеты в условиях ограниченной видимости:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="153"/>
+          <w:bookmarkEnd w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19535,59 +22237,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расширенные эксплуатационные возможности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z423" w:id="154"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="154"/>
+          <w:bookmarkStart w:name="z423" w:id="141"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId44"/>
                           <a:stretch>
@@ -19678,59 +22380,59 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z425" w:id="155"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="155"/>
+          <w:bookmarkStart w:name="z425" w:id="142"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId46"/>
                           <a:stretch>
@@ -19821,70 +22523,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z427" w:id="156"/>
+          <w:bookmarkStart w:name="z427" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 САТ RVR: м; DH м (фут);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="156"/>
+          <w:bookmarkEnd w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 RVR:______ м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19914,80 +22616,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z431" w:id="157"/>
+          <w:bookmarkStart w:name="z431" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">RVSM </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="157"/>
+          <w:bookmarkEnd w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
@@ -20293,80 +22995,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z438" w:id="158"/>
+          <w:bookmarkStart w:name="z438" w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">EDTO </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="158"/>
+          <w:bookmarkEnd w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
@@ -20423,59 +23125,59 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z440" w:id="159"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="159"/>
+          <w:bookmarkStart w:name="z440" w:id="146"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId52"/>
                           <a:stretch>
@@ -20566,59 +23268,59 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z442" w:id="160"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="160"/>
+          <w:bookmarkStart w:name="z442" w:id="147"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId54"/>
                           <a:stretch>
@@ -20709,70 +23411,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z444" w:id="161"/>
+          <w:bookmarkStart w:name="z444" w:id="148"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пороговое время:_______мин.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="161"/>
+          <w:bookmarkEnd w:id="148"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Максимальное время полета до запасного аэродрома:___ мин.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20802,80 +23504,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z448" w:id="162"/>
+          <w:bookmarkStart w:name="z448" w:id="149"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Навигационные спецификации для полетов в условиях PBN</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="162"/>
+          <w:bookmarkEnd w:id="149"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20991,80 +23693,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z454" w:id="163"/>
+          <w:bookmarkStart w:name="z454" w:id="150"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сохранение летной годности</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="163"/>
+          <w:bookmarkEnd w:id="150"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -21288,80 +23990,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z460" w:id="164"/>
+          <w:bookmarkStart w:name="z460" w:id="151"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>EFB</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="164"/>
+          <w:bookmarkEnd w:id="151"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -21585,80 +24287,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z466" w:id="165"/>
+          <w:bookmarkStart w:name="z466" w:id="152"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Прочее</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="165"/>
+          <w:bookmarkEnd w:id="152"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -21862,250 +24564,250 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z472" w:id="166"/>
+    <w:bookmarkStart w:name="z472" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Наименование уполномоченной организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z473" w:id="167"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z473" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Эксплуатационные спецификации (эксплуатационные требования и ограничения)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z474" w:id="168"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z474" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Часть В/1 - Разрешение и ограничения на маршрутах (вертолеты)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z475" w:id="169"/>
+          <w:bookmarkStart w:name="z475" w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Контактная информация о выдающей уполномоченной организации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="169"/>
+          <w:bookmarkEnd w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tелефон: __________________; Факс: _____________; E-mail: _____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z478" w:id="170"/>
+          <w:bookmarkStart w:name="z478" w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>СЭ №: ____ Название эксплуатанта: _______________________Дата: ___________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="170"/>
+          <w:bookmarkEnd w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -22132,134 +24834,134 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z482" w:id="171"/>
+          <w:bookmarkStart w:name="z482" w:id="158"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Модель воздушного судна: Регистрационный номер:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="171"/>
+          <w:bookmarkEnd w:id="158"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z484" w:id="172"/>
+          <w:bookmarkStart w:name="z484" w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Виды полетов: Коммерческие воздушные перевозки: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="172"/>
+          <w:bookmarkEnd w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId62"/>
                           <a:stretch>
@@ -22573,187 +25275,187 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z487" w:id="173"/>
+          <w:bookmarkStart w:name="z487" w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Район(ы) полетов:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="173"/>
+          <w:bookmarkEnd w:id="160"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z489" w:id="174"/>
+          <w:bookmarkStart w:name="z489" w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Специальные ограничения:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="174"/>
+          <w:bookmarkEnd w:id="161"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z491" w:id="175"/>
+          <w:bookmarkStart w:name="z491" w:id="162"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Специальные</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="175"/>
+          <w:bookmarkEnd w:id="162"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Разрешения:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22895,80 +25597,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z498" w:id="176"/>
+          <w:bookmarkStart w:name="z498" w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Опасные грузы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="176"/>
+          <w:bookmarkEnd w:id="163"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -23196,80 +25898,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z504" w:id="177"/>
+          <w:bookmarkStart w:name="z504" w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Полеты в условиях ограниченной видимости:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="177"/>
+          <w:bookmarkEnd w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -23318,59 +26020,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расширенные эксплуатационные возможности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z508" w:id="178"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="178"/>
+          <w:bookmarkStart w:name="z508" w:id="165"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId69"/>
                           <a:stretch>
@@ -23530,59 +26232,59 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z511" w:id="179"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="179"/>
+          <w:bookmarkStart w:name="z511" w:id="166"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId72"/>
                           <a:stretch>
@@ -23742,70 +26444,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z514" w:id="180"/>
+          <w:bookmarkStart w:name="z514" w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 САТ RVR: м; DH: м (фут);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="180"/>
+          <w:bookmarkEnd w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Н обл.:___ м (фут); Вид.: м;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -23835,80 +26537,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z518" w:id="181"/>
+          <w:bookmarkStart w:name="z518" w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Навигационные спецификации для полетов в условиях PBN</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="181"/>
+          <w:bookmarkEnd w:id="168"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -24132,80 +26834,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z524" w:id="182"/>
+          <w:bookmarkStart w:name="z524" w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Полеты по ППП на вертолетах с ЛТХ класса ___</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="182"/>
+          <w:bookmarkEnd w:id="169"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -24429,80 +27131,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z530" w:id="183"/>
+          <w:bookmarkStart w:name="z530" w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Полеты с грузом на внешней подвеске</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="183"/>
+          <w:bookmarkEnd w:id="170"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -24726,80 +27428,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z536" w:id="184"/>
+          <w:bookmarkStart w:name="z536" w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сохранение летной годности</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="184"/>
+          <w:bookmarkEnd w:id="171"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -25023,80 +27725,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z542" w:id="185"/>
+          <w:bookmarkStart w:name="z542" w:id="172"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>EFB</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="185"/>
+          <w:bookmarkEnd w:id="172"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -25320,80 +28022,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z548" w:id="186"/>
+          <w:bookmarkStart w:name="z548" w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Прочее</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="186"/>
+          <w:bookmarkEnd w:id="173"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -25790,172 +28492,268 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z556" w:id="187"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 6 предусматривается исключить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказом Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z556" w:id="174"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                                    Должностному лицу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                       уполномоченной организации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             Заявка на внесение изменений и дополнений в сертификат эксплуатанта</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z558" w:id="188"/>
+      <w:bookmarkStart w:name="z558" w:id="175"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Прошу внести изменения и (или) дополнения в эксплуатационные спецификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сертификата эксплуатанта _______________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                           (полное название заявителя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z559" w:id="189"/>
+      <w:bookmarkStart w:name="z559" w:id="176"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Планируемая дата начала полетов:________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -25969,64 +28767,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             начала полетов в новых эксплуатационных условиях).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z560" w:id="190"/>
+      <w:bookmarkStart w:name="z560" w:id="177"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Руководитель ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (должность / подпись / дата)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -26122,248 +28920,364 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сертификата эксплуатанта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>гражданских воздушных судов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z562" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусматривается исключить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказом Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z562" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень документов на внесение изменений и дополнений в сертификат эксплуатанта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z563" w:id="192"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z563" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При внесении воздушного судна в сертификат эксплуатанта заявитель вместе с заявкой на внесение изменений и дополнений в сертификат эксплуатанта представляет следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z564" w:id="193"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z564" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копии страховых полисов обязательного страхования гражданско-правовой ответственности эксплуатанта перед его работниками в соответствии с законами Республики Казахстан об обязательных видах страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z565" w:id="194"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z565" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соответствующие изменения и дополнения в руководство по производству полетов, руководство эксплуатанта по регулированию технического обслуживания, программу технического обслуживания, перечень минимального оборудования (MEL).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z566" w:id="195"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z566" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При внесении арендованного воздушного судна без экипажа в сертификат эксплуатанта заявитель, дополнительно к документам, указанным в пункте 1 настоящего перечня, представляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z567" w:id="196"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z567" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения о типе, модели и серийном номере воздушного судна;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z568" w:id="197"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z568" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фамилию (название) и адрес собственника воздушного судна;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z569" w:id="198"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z569" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сведения о государстве регистрации, национальных и регистрационных знаках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z570" w:id="199"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z570" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) копию договора об аренде воздушного судна без экипажа, в котором указаны ответственные стороны за эксплуатационный контроль воздушного судна, за техническое обслуживание и поддержание летной годности, а также срок действия аренды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z571" w:id="200"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z571" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Все вышеуказанные копии документов заверяются подписью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -26401,55 +29315,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>