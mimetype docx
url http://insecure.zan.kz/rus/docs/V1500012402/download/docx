--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d7d7430" w14:textId="d7d7430">
+    <w:p w14:paraId="06603e6" w14:textId="06603e6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -900,206 +900,304 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z48" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Понятия, используемые в настоящей Инструкции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z49" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пониженная ставка пошлины – ставка ввозной таможенной пошлины, более низкая по сравнению с действующей ставкой ввозной таможенной пошлины Единого таможенного тарифа Евразийского экономического союза (далее – ЕТТ ЕАЭС), устанавливаемая на максимальном уровне ставки, предусмотренном обязательствами Республики Казахстан во Всемирной торговой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z50" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) товары, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень – товары, ввезенные на территорию Республики Казахстан с территорий государств-членов ЕАЭС, а также товары, произведенные на территории Республики Казахстан, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z51" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Перечень – перечень товаров, ввозимых на территорию Республики Казахстан из третьих стран, к которым могут быть применены пониженные ставки пошлин, а также размеров таких ставок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z52" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) товары, включенные в Перечень – товары, ввезенные на территорию Республики Казахстан с территорий третьих стран к которым могут быть применены пониженные ставки пошлин, а также размеров таких ставок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z53" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) товаросопроводительные документы – документы, утвержденные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Евразийского межправительственного совета от 12 августа 2016 года № 5 "О некоторых вопросах ввоза и обращения товаров на таможенной территории Евразийского экономического союза в связи с присоединением Республики Казахстан к Всемирной торговой организации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) пониженная ставка пошлины – ставка ввозной таможенной пошлины, более низкая по сравнению с действующей ставкой ввозной таможенной пошлины Единого таможенного тарифа Евразийского экономического союза (далее – ЕТТ ЕАЭС), устанавливаемая на максимальном уровне ставки, предусмотренном обязательствами Республики Казахстан во Всемирной торговой организации;</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается в редакции приказа и.о. Министра финансов РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 590</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) товары, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень – товары, ввезенные на территорию Республики Казахстан с территорий государств-членов ЕАЭС, а также товары, произведенные на территории Республики Казахстан, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень;</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="16"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Под системой учета в настоящей Инструкции следует понимать совокупность учета перемещения товаров, включенных в Перечень, а также товарах, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень в рамках взаимной трансграничной торговли государств-членов ЕАЭС в виде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       учета деклараций на товары, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1398,310 +1496,424 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       0 – в отношении товаров, к которым применены ставки ЕТТ ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 – в отношении товаров, к которым применены пониженные ставки пошлины.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 6 предусматривается в редакции приказа и.о. Министра финансов РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 590</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Соотнесение сведений о товарах, включенных в Перечень, а также товарах, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень, вывозимых в другие государства-члены ЕАЭС, с информацией о товарах, осуществляется посредством отражения в электронном счете-фактуре, утвержденного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 22 апреля 2019 года № 370 "Об утверждении Правил выписки счета-фактуры в электронной форме в информационной системе электронных счетов-фактур и его формы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18583) (далее – электронный счет-фактура) при реализации указанных товаров:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z17" w:id="21"/>
+    <w:bookmarkStart w:name="z17" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       признака происхождения товара, указанного в графе 2 раздела G электронного счета-фактуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z18" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z18" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       регистрационного номера декларации на товары и порядкового номера декларируемого товара – в случае реализации товара, ввезенного из третьих стран;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z19" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z19" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядкового номера товара, указанного в строке 32 декларации на товары – в случае реализации товара, ввезенного из третьих стран;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z20" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z20" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       номера заявления о ввозе товаров и уплате косвенных налогов, утвержденного Протоколом об обмене информацией в электронном виде между налоговыми органами государств-членов Евразийского экономического союза об уплаченных суммах косвенных налогов, подписанным 11 декабря 2009 года (далее – заявление о ввозе товаров и уплате косвенных налогов), – в случае реализации товара, ранее ввезенного на территорию Республики Казахстан из государств-членов ЕАЭС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z21" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z21" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядкового номера товара, указанного в графе 1 заявления о ввозе товаров и уплате косвенных налогов – в случае реализации товара, ранее ввезенного на территорию Республики Казахстан из государств-членов ЕАЭС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z22" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z22" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       регистрационного номера сертификата происхождения товара форма СТ-1 или CT-KZ – в случае реализации произведенного в Республике Казахстан товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z23" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z23" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       буквенного кода государства-члена ЕАЭС, на территорию которого вывозится товар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z24" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z24" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пункта назначения – в случае вывоза товара на территорию государств-членов ЕАЭС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z25" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z25" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наименования товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z26" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z26" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кода ТН ВЭД ЕАЭС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z27" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z27" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       количества (объема) товара, с указанием единицы измерения количества (объема).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1720,270 +1932,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="32"/>
+    <w:bookmarkStart w:name="z59" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Налогоплательщик выписывает электронный счет-фактуру при:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z29" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z29" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реализации или безвозмездной передаче товаров, включенных в Перечень, которые ранее ввезены на территорию Республики Казахстан с территории третьих стран;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z30" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z30" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реализации или безвозмездной передаче ввезенных на территорию Республики Казахстан с территории государств-членов ЕАЭС товаров, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z31" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z31" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реализации или безвозмездной передаче произведенных на территории Республики Казахстан товаров, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z32" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z32" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реализации или безвозмездной передаче товаров, исключенных из Перечня, при импорте которых применены ставки ввозных таможенных пошлин более низкие по сравнению со ставками пошлин ЕТТ ЕАЭС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z33" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z33" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вывозе с территории Республики Казахстан на территорию другого государства-члена ЕАЭС в связи с передачей товара в пределах одного юридического лица:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z34" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z34" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       товаров, включенных в Перечень, ранее ввезенных на территорию Республики Казахстан с территории третьих стран;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z35" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z35" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       товаров, ранее ввезенных на территорию Республики Казахстан с территории государств-членов ЕАЭС, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z36" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z36" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       произведенных товаров на территории Республики Казахстан, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z37" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z37" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       временном вывозе товаров с территории Республики Казахстан на территорию другого государства-члена ЕАЭС, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z38" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z38" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом данный вывоз не включается в оборот по реализации, определенный налоговым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2002,51 +2214,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="43"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. При вывозе товаров, включенных в Перечень, а также товаров, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень, с территории Республики Казахстан на территорию другого государства-члена ЕАЭС налогоплательщик представляет в ОГД заявление о заверении товаросопроводительных документов согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2081,51 +2293,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ОГД на основании представленного заявления осуществляет камеральный контроль:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2250,70 +2462,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ОГД не позднее одного календарного дня, следующего за днем представления заявления, заверяет копии представленных документов. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Документы не подлежат заверению в случаях несоответствия требованиям законодательства ЕАЭС и Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="44"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. При вывозе с территории Республики Казахстан на территорию государств-членов ЕАЭС товаров, включенных в Перечень, ранее ввезенных на территорию Республики Казахстан из третьих стран, товаросопроводительными документами являются заверенные печатью ОГД копии электронных счетов-фактур и деклараций на товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Налогоплательщик представляет в территориальный ОГД заявление о заверении в качестве товаросопроводительных документов копий деклараций на товары и электронных счетов-фактур по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2400,70 +2612,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       ОГД не позднее одного календарного дня, следующего за днем представления заявления, заверяет копии представленных электронных счетов-фактур и деклараций на товары либо отказывает в их заверении. Отказ оформляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="45"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. При вывозе с территории Республики Казахстан на территорию государств-членов ЕАЭС товаров, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень, ранее ввезенных на территорию Республики Казахстан из государств-членов ЕАЭС, товаросопроводительными документами являются заверенные печатью ОГД копии электронных счетов-фактур и заявлений о ввозе товаров и уплате косвенных налогов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Налогоплательщик представляет в территориальный ОГД, заявление о заверении в качестве товаросопроводительных документов копий электронных счетов-фактур и заявлений о ввозе товаров и уплате косвенных налогов по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2550,190 +2762,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       ОГД не позднее одного календарного дня, следующего за днем представления заявления, заверяет копии представленных электронных счетов-фактур либо отказывает в их заверении. Отказ оформляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. При вывозе с территории Республики Казахстан на территорию государств-членов ЕАЭС произведенных на территории Республики Казахстан товаров, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень, товаросопроводительными документами являются заверенные печатью ОГД копии электронных счетов-фактур.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z41" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z41" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Налогоплательщик представляет в территориальный ОГД заявление о заверении в качестве товаросопроводительных документов копий электронных счетов-фактур по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z42" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z42" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ОГД на основании представленного заявления осуществляет камеральный контроль:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z43" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z43" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соответствия электронных счетов-фактур, имеющихся в информационной системе электронных счетов-фактур, с представленными копиями электронных счетов-фактур;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z44" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z44" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличия сертификата о происхождении товаров формы СТ-1 и СТ-KZ в информационной системе электронных счетов фактур;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z45" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z45" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соответствия сведений об описании товаров, указанных в сертификатах, имеющихся в информационной системе электронных счетов фактур, с данными информационной системы Национальной палаты предпринимателей Республики Казахстан "Атамекен".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ОГД не позднее трех часов с момента регистрации заявления заверяет копии представленных электронных счетов-фактур либо отказывает в их заверении. Отказ оформляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2790,70 +3002,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При вывозе на территорию другого государства-члена ЕАЭС товаров, включенных в Перечень, а также товаров, код ТН ВЭД ЕАЭС и наименование которых включены в Перечень, с территории Республики Казахстан и ввезенных (произведенных) до вступления в силу Протокола, товаросопроводительными документами являются заверенные печатью ОГД копии товаросопроводительных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налогоплательщик представляет в ОГД:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2944,70 +3156,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       заявление на проведение налоговой проверки в целях подтверждения наличия остатков товаров, включенных в Перечень, ввезенных на территорию Республики Казахстан либо произведенных на территории Республики Казахстан до вступления в силу Протокола. Заявление представляется по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. ОГД на основании представленного заявления принимает меры по проведению налоговой проверки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       факта ввоза товаров, включенных в Перечень, на территорию Республики Казахстан из третьих стран, таможенное декларирование которого произведено в соответствии с таможенным законодательством ЕАЭС и (или) Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3128,51 +3340,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       В случае неподтверждения по результатам налоговой проверки вопросов, указанных в настоящем пункте, ОГД отказывает в заверении товаросопроводительных документов. Отказ оформляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="54"/>
+    <w:bookmarkStart w:name="z99" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Копии электронных счетов-фактур не заверяются при несоответствии условиям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3247,51 +3459,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3744,80 +3956,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"___" _________________ 20___</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="55"/>
+    <w:bookmarkStart w:name="z86" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Заявление о заверении в качестве товаросопроводительных документов копий</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             деклараций на товары и электронных счетов-фактур № ____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Первого заместителя Премьер-Министра РК – Министра финансов РК от 04.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4713,126 +4925,126 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="56"/>
+    <w:bookmarkStart w:name="z88" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Отказ в заверении товаросопроводительных документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра финансов РК от 06.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z100" w:id="57"/>
+      <w:bookmarkStart w:name="z100" w:id="56"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На основании пункта 4 статьи 3 Протокола о некоторых вопросах ввоза и обращения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>товаров на таможенной территории Евразийского экономического союза,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5003,202 +5215,319 @@
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z101" w:id="58"/>
+          <w:bookmarkStart w:name="z101" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="57"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид копии документа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регистрационный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z105" w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z105" w:id="59"/>
+          <w:bookmarkStart w:name="z109" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5245,77 +5574,77 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z109" w:id="60"/>
+          <w:bookmarkStart w:name="z113" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>…</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="60"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5341,188 +5670,71 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...115 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z117" w:id="62"/>
+      <w:bookmarkStart w:name="z117" w:id="61"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приложенных к Заявлению о заверении товаросопроводительных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Входящий номер в журнале регистрации Заявлений _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7402,92 +7614,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"___" _____________ 20___</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="63"/>
+    <w:bookmarkStart w:name="z90" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление о заверении в качестве товаросопроводительных документов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             копий электронных счетов-фактур и заявлений о ввозе товаров и уплате</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               косвенных налогов №____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Первого заместителя Премьер-Министра РК – Министра финансов РК от 04.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8784,64 +8996,64 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z118" w:id="64"/>
+      <w:bookmarkStart w:name="z118" w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В связи с вывозом произведенных на территории Республики Казахстан товаров,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>включенных в Перечень, на территорию государства-члена Евразийского экономического</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8958,202 +9170,319 @@
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z119" w:id="65"/>
+          <w:bookmarkStart w:name="z119" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регистрационный номер ЭСФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регистрационный номер сертификата о происхождении товара форма СТ-1 или СТ-KZ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z123" w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="65"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z123" w:id="66"/>
+          <w:bookmarkStart w:name="z127" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="66"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9200,77 +9529,77 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z127" w:id="67"/>
+          <w:bookmarkStart w:name="z131" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>...</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="67"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9296,296 +9625,179 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...115 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z135" w:id="69"/>
+      <w:bookmarkStart w:name="z135" w:id="68"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях выписки исправленного, дополнительного счета-фактуры к заверенному</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>счету-фактуре, а также аннулирования, отзыва заверенного счета-фактуры ранее заверенные</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>копии электронных счетов-фактур не подлежат использованию.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z136" w:id="70"/>
+      <w:bookmarkStart w:name="z136" w:id="69"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>* Таблица заполняется построчно по каждой представляемой копии документа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>для заверения (без ограничения количества строк).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z137" w:id="71"/>
+      <w:bookmarkStart w:name="z137" w:id="70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпись заявителя и печать,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10150,88 +10362,88 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции приказа Министра финансов РК от 06.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="72"/>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Раздел I. Информация о проведении налоговой проверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z77" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z77" w:id="72"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии со статьей 3 Протокола о некоторых вопросах ввоза и обращения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>товаров на таможенной территории Евразийского экономического союза,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10343,265 +10555,265 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> указать государство)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Раздел II. Согласие налогоплательщика</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="74"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мы (Я) даем (даю) согласие на сбор и обработку персональных данных, необходимых для проведения налоговой проверки в рамках настоящего заявления.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел III. Ответственность налогоплательщика</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z80" w:id="75"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="z81" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z81" w:id="75"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мы (Я) несем (несу) ответственность в соответствии с законами</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан за достоверность и полноту сведений, приведенных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в настоящем заявлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фамилия, имя, отчество (при его наличии) руководителя налогоплательщика</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(уполномоченного представителя), подпись и печать, за исключением юридических</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лиц, относящихся к субъектам частного предпринимательства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________ Дата подачи заявления</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел IV. Отметка государственного органа</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...136 lines deleted...]
-      <w:bookmarkStart w:name="z83" w:id="78"/>
+      <w:bookmarkStart w:name="z83" w:id="77"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии) и подпись должностного лица,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10742,55 +10954,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -11116,31 +11328,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>