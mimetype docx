--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7cab38e" w14:textId="7cab38e">
+    <w:p w14:paraId="0d83834" w14:textId="0d83834">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -101,886 +101,1026 @@
         </w:rPr>
         <w:t>Об утверждении Правил субсидирования за счет бюджетных средств убытков перевозчиков, связанных с осуществлением социально значимых перевозок пассажиров, за исключением городов республиканского значения, столицы и их агломераций</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ и.о. Министра по инвестициям и развитию Республики Казахстан от 25 августа 2015 года № 883. Зарегистрирован в Министерстве юстиции Республики Казахстан 4 декабря 2015 года № 12353.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...126 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа и.о. Министра транспорта РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 23-16)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 Закона Республики Казахстан "Об автомобильном транспорте", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа и.о. Министра транспорта РК от 10.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 403</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> субсидирования за счет бюджетных средств убытков перевозчиков, связанных с осуществлением социально значимых перевозок пассажиров, за исключением городов республиканского значения, столицы и их агломераций.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра транспорта РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемые </w:t>
-[...28 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Комитету транспорта Министерства по инвестициям и развитию Республики Казахстан (Асавбаев А.А.) обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) в установленном законодательством порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направить его копии на официальное опубликование в периодических печатных изданиях и информационно-правовой системе "Әділет";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) размещение настоящего приказа на интернет-ресурсе Министерства по инвестициям и развитию Республики Казахстан и на интранет-портале государственных органов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства по инвестициям и развитию Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) пункта 2 настоящего приказа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра по инвестициям и развитию Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Исполняющий обязанности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра по инвестициям и развитию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С. Сарсенов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "СОГЛАСОВАН":   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министр финансов   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________ Б. Султанов   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7 октября 2015 год</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "СОГЛАСОВАН":   </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министр национальной экономики   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________ Е. Досаев   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4 ноября 2015 год</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
-[...176 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1085,4540 +1225,4915 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 августа 2015 года № 883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="17"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила субсидирования за счет бюджетных средств убытков перевозчиков, связанных с осуществлением социально значимых перевозок пассажиров, за исключением городов республиканского значения, столицы и их агломераций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...76 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа и.о. Министра транспорта РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила - в редакции приказа и.о. Министра транспорта РК от 05.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z20" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Социально значимые перевозки пассажиров автомобильным транспортом, подлежащих субсидированию, и размеры субсидий</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Правила субсидирования за счет бюджетных средств убытков перевозчиков, связанных с осуществлением социально значимых перевозок пассажиров, за исключением городов республиканского значения, столицы и их агломераций (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 23-16)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 Закона Республики Казахстан "Об автомобильном транспорте" (далее – Закон) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон о государственных услугах) и определяют порядок субсидирования за счет бюджетных средств убытков перевозчиков, связанных с осуществлением социально значимых перевозок пассажиров, за исключением городов республиканского значения, столицы и их агломераций, а также оказания государственной услуги "Субсидирование убытков перевозчика, связанных с осуществлением автомобильных пассажирских перевозок по социально значимым сообщениям в межрайонном (междугородном внутриобластном), внутрирайонном, городском (сельском) и пригородном сообщениях".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра транспорта РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Социально значимыми перевозками признаются перевозки пассажиров в регулярном сообщении, оказывающие влияние на социально-экономическое положение общества и организуемые в целях обеспечения доступного уровня тарифов и возможности свободного передвижения населения по территории Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Субсидированию подлежат убытки перевозчика, образовавшиеся по результатам выполнения перевозок по социально значимым сообщениям, тарифы на которых устанавливаются местными исполнительными органами областей, городов Астана, Алматы и Шымкент, районов и городов областного значения (далее – местный исполнительный орган).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Если разница между тарифом на перевозку пассажиров, определенным в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Методикой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расчета тарифов на оказание услуг по перевозке пассажиров и багажа по регулярным маршрутам, утвержденной приказом Министра транспорта и коммуникаций Республики Казахстан от 13 октября 2011 года № 614 "Об утверждении Методики расчета тарифов на оказание услуг по перевозке пассажиров и багажа по регулярным маршрутам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 7297) (далее – Методика) и тарифом на социально значимые сообщения, установленным местным исполнительным органом, не субсидируется из местного бюджета, то величина тарифа местным исполнительным органом устанавливается на уровне тарифа на перевозку пассажиров, определенным в соответствии с Методикой.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z25" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Социально значимые перевозки пассажиров автомобильным транспортом, подлежащих субсидированию, и размеры субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...218 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Если тариф на перевозку пассажиров, установленный местным исполнительным органом, ниже тарифа на перевозку пассажиров, определенным в соответствии с Методикой, данный маршрут относится к категории социально-значимых.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Местный исполнительный орган соответствующей административно-территориальной единицы составляет перечень социально значимых автомобильных сообщений, подлежащих субсидированию, по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, определяемый местным представительным органом областей, городов республиканского значения, столицы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 14 Закона, на основании протокола заседания Комиссии по тарифам и (или) Комиссии по определению стоимости маршрута (межрайонных (междугородных внутриобластных), внутрирайонных, городских (сельских) и пригородных сообщений) (далее – Комиссия). В перечень социально значимых автомобильных сообщений допускается внесение изменений и (или) дополнений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Перевозчик представляет в местный исполнительный орган соответствующей административно-территориальной единицы в бумажной или электронной форме расчеты по тарифу на маршрут, определенному в соответствии с Методикой по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, а при осуществлении перевозок по маршруту, стоимость которого определена в соответствии с главой 4 настоящих Правил, исходя из общего годового пробега автотранспортных средств по маршруту (километр), расчет по стоимости маршрута по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Для определения достоверности расчетов, представленных перевозчиком в соответствии с пунктами 7 настоящих Правил, и формирования предложений в перечень социально значимых сообщений, подлежащих субсидированию, местный исполнительный орган соответствующего административно-территориальной единицы распоряжением акима создает Комиссию, состоящую из председателя, заместителя председателя и ее членов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссию возглавляет заместитель акима местного исполнительного органа, являющийся председателем Комиссии. В состав Комиссии входят представители местных представительных и исполнительных органов (уполномоченных по вопросам пассажирского транспорта, экономики и бюджетного планирования), региональных национальных палат предпринимателей региона, автотранспортных объединений юридических лиц и общественных объединений, саморегулируемых организаций в области автомобильного транспорта (при наличии в населенном пункте, где организован рассматриваемый маршрут). В состав Комиссии могут быть включены представители профсоюзных объединений, обществ защиты прав потребителей. Количество представителей местных представительных и исполнительных органов суммарно не превышает половины состава Комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок полномочий Комиссии составляет пять лет. По завершении полномочий Комиссии, местный исполнительный орган вносит изменения и (или) дополнения в состав Комиссии и утверждает его распоряжением акима в соответствии с требованиями настоящего пункта. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При выбытии членов Комиссии из действующей Комиссии, местный исполнительный орган вносит соответствующие изменения и (или) дополнения в состав Комиссии, путем исключения выбывших членов и включения в состав новых членов Комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заседания Комиссии проводятся с использованием средств аудио- и видеозаписи, с участием председателя и членов Комиссии или в дистанционном (удаленном) формате в режиме онлайн трансляции. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При отсутствии председателя Комиссии по причине его нахождения в командировке, отпуске или временной нетрудоспособности, его полномочия исполняет заместитель председателя Комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При возникновении конфликта интересов председатель и члены Комиссии принимают меры в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии коррупции".</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. При признании конкурсов на право обслуживания маршрутов не состоявшимися два раза, по причине отсутствия претендентов, местный исполнительный орган вносит на рассмотрение Комиссии расчеты по тарифу на маршрут, определенному в соответствии с Методикой по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, а при осуществлении перевозок по маршруту, стоимость которого определена в соответствии с главой 4 настоящих Правил, исходя из общего годового пробега автотранспортных средств по маршруту (километр), расчеты по стоимости маршрута по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам заседания Комиссия принимает протокол в бумажной или электронной форме, подтверждающий правильность определения тарифов и (или) стоимости маршрута, а также составляет перечень социально значимых сообщений в течение 15 рабочих дней со дня поступления от местного исполнительного расчетов и (или) стоимости маршрута согласно части первой настоящего пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменением, внесенным приказом и.о. Министра транспорта РК от 10.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Комиссия, для подтверждения правильности определения тарифов, при возникновении вопросов запрашивает у перевозчика документы и информацию в рамках Экономико-математической модели формирования тарифов на регулярные автомобильные перевозки пассажиров и багажа, являющейся </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Методике, которые были использованы при расчетах тарифа только один раз.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия для подтверждения правильности определения стоимости маршрута, при возникновении вопросов запрашивает у перевозчика документы и информацию, которые были использованы при определении стоимости маршрута в соответствии с главой 4 настоящих Правил, только один раз.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам заседания Комиссия принимает протокол в бумажной или электронной форме, подтверждающий правильность определения тарифов и (или) стоимости маршрута, который исполняется местными исполнительными органами при субсидировании убытков перевозчика, а также составляет перечень социально значимых сообщений в течение 15 рабочих дней со дня поступления от перевозчика расчетов согласно пункту 7 настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В период чрезвычайной ситуации и карантинных ограничений, субсидирование убытков перевозчиков, связанных с осуществлением социально значимых перевозок пассажиров, осуществляется в соответствии с пунктами 7 – 11 настоящих Правил, с учетом фактических перевезенных пассажиров. Комиссия подтверждает правильность определения тарифов и (или) стоимости маршрута в течение 7 рабочих дней со дня поступления от перевозчика расчетов согласно пункту 7 настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При наличии у Комиссии замечаний к представленным расчетам перевозчика, данные расчеты направляются на доработку с указанием всех замечаний в протоколе заседания Комиссии. Срок устранения замечаний не превышает 15 рабочих дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Протокол заседания Комиссии публикуется на интернет-ресурсе местного исполнительного органа в течение трех рабочих дней после его подписания в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О доступе к информации".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При внесении изменений и (или) дополнений в тариф и (или) стоимость маршрута, правильность расчета которого подтверждена протоколом заседания Комиссии, назначается заседание Комиссии с привлечением перевозчика, ранее представившего расчеты в местный исполнительный орган в соответствии с пунктом 7 настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Решение Комиссии принимается путем открытого голосования, которое правомочно при наличии двух третей от общего числа ее состава.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение Комиссии считается принятым, если за него подается большинство голосов от общего количества членов комиссии. В случае равенства голосов голос председателя Комиссии считается решающим.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Определение объема сумм, направляемых на субсидирование социально значимых сообщений, производится на каждый маршрут на основе:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) разницы между тарифом на перевозку пассажиров, определенным в соответствии с Методикой и тарифом на социально значимые сообщения, установленным местным исполнительным органом умноженное на фактическое количество перевезенных пассажиров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) убытка от выполнения перевозок, определяемого как разница между стоимостью одного километра маршрута, определенной в соответствии с главой 4 настоящих Правил, исходя из общего годового пробега автотранспортных средств по маршруту (километр), умноженной на фактически выполненный пробег автотранспортных средств на маршруте и финансовыми средствами, поступившими от перевозок пассажиров.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Прогнозный объем средств на субсидирование социально значимого сообщения определяется как разница между тарифом на перевозку пассажиров, определенным в соответствии с Методикой и тарифом, установленным местным исполнительным органом умноженная на ежегодное количество планируемых к перевозке пассажиров в разрезе по годам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При определении стоимости маршрута для осуществления регулярных перевозок, в соответствии с главой 4 настоящих Правил, исходя из общего годового пробега автотранспортных средств по маршруту (километр), прогнозный объем средств на субсидирование убытков перевозчиков определяется как разница между доходами к получению от количества планируемых перевозок пассажиров и багажа и стоимостью маршрута.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Для планирования осуществления выплаты субсидий из местного бюджета местный исполнительный орган разрабатывает бюджетную заявку на три года по соответствующей местной бюджетной программе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для бюджетной заявки являются перечень социально значимых сообщений и объем средств на субсидирование социально значимых сообщений, определенный в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Местный исполнительный орган в течение 10 (десяти) рабочих дней после утверждения местным представительным органом областей, городов республиканского значения, столицы местного бюджета утверждает на трехлетний период суммы по социально значимым субсидируемым сообщениям согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. На основании суммы, определенной в соответствии с пунктом 12 настоящих Правил, в срок не более 7 (семи) рабочих дней со дня вступления в законную силу решения местного представительного органа, между перевозчиком и местным исполнительным органом заключается Договор о субсидировании социально значимых автомобильных сообщений (далее - Договор), содержащий следующие условия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) условия для исполнения сторон, определенные настоящими Правилами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) прогнозируемое количество перевозок пассажиров за три года в разрезе по годам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) прогнозную сумму субсидирования за три года в разрезе по годам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) установленный тариф (сетка тарифов);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тариф по маршруту определенному в соответствии с Методикой;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) прогнозный общий пробег на маршруте (километр) за три года в разрезе по годам, при определении стоимости маршрута для осуществления регулярных перевозок, в соответствии с главой 4 настоящих Правил, исходя из общего годового пробега автотранспортных средств по маршруту (километр);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) возврат перевозчиком незаконно полученных субсидий при несоответствии представленных подтверждающих документов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) выплата местными исполнительными органами недополученных субсидий при соответствии с представленными подтверждающими документами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) выплата местными исполнительными органами субсидий по фактически выполненным работам и понесенным затратам перевозчика;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) проведение взаиморасчетов между перевозчиком и местным исполнительным органом по итогам финансового года, по затратам на обслуживание маршрута и суммой субсидирования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) срок действия Договора устанавливается на срок действия договора организации регулярных перевозок пассажиров и багажа на данный маршрут. При исключении маршрута из перечня социально значимых сообщений Договор прекращает свое действие.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Местные исполнительные органы ежеквартально в срок до 5 числа месяца, следующего за кварталом, направляют в уполномоченный орган в области автомобильного транспорта информацию о результатах работы Комиссии и субсидировании социально значимых сообщений по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="34"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z66" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок и условия выплаты субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="36"/>
-[...178 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Перевозчик в срок до 15 числа каждого месяца, направляет в местный исполнительный орган ежемесячную информацию о фактически перевезенных пассажиров по социально значимым сообщениям, по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее - ежемесячная информация). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При осуществлении перевозок по маршруту, стоимость которого определена в соответствии с главой 4 Правил, исходя из общего годового пробега автотранспортных средств по маршруту (километр), перевозчик в срок до 10 числа каждого месяца, направляет в уполномоченную организацию ежемесячную информацию, далее уполномоченная организация в срок до 15 числа каждого месяца, предоставляет в местный исполнительный орган информацию о выполненной работе по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. При отсутствии уполномоченной организации перевозчик в срок до 15 числа каждого месяца, направляет ежемесячную информацию в местный исполнительный орган.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга "Субсидирование убытков перевозчика, связанных с осуществлением автомобильных пассажирских перевозок по социально значимым сообщениям в межрайонном (междугородном внутриобластном), внутрирайонном, городском (сельском) и пригородном сообщениях" (далее - государственная услуга), оказывается местными исполнительными органами областей, городов Астана, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Перевозчик (физическое или юридическое лицо) (далее - услугополучатель) для получения государственной услуги направляет услугодателю через веб-портал "электронного правительства" (далее – портал) заявление на субсидирование убытков перевозчика, связанных с осуществлением автомобильных пассажирских перевозок по социально значимым сообщениям в межрайонном (междугородном внутриобластном), внутрирайонном, городском (сельском) и пригородном сообщениях в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – заявление) и пакет документов по перечню, предусмотренному пунктом 8 Перечня основных требований к оказанию государственной услуги "Субсидирование убытков перевозчика, связанных с осуществлением автомобильных пассажирских перевозок по социально значимым сообщениям в межрайонном (междугородном внутриобластном), внутрирайонном, городском (сельском) и пригородном сообщениях" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в Перечне.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На портале в "личном кабинете" услугополучателя отображается статус о принятии заявления для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Канцелярия услугодателя осуществляет регистрацию документов в день их поступления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения документов, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации индивидуального предпринимателя, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства.".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. В период вынужденного приостановления перевозок по социально значимым сообщениям, связанного с введением режима чрезвычайного положения и (или) карантинных ограничений, субсидированию подлежат расходы перевозчика по заработной плате и социальным отчислениям водителей и (или) кондукторов, согласно минимальной заработной платы на текущий финансовый год.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При возниковении обстоятельств, указанных в части первой настоящего пункта, услугополучатель для получения государственной услуги направляет услугодателю через портал заявление и информацию о расходах перевозчика по заработной плате и социальным отчислениям водителей и (или) кондукторов по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Выплаты субсидий из местного бюджета по социально значимым субсидируемым сообщениям производятся местным исполнительным органом ежемесячно на основании Договора, не позднее 5 (пяти) рабочих дней с момента направления перевозчику уведомления о назначении субсидии согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При предоставлении перевозчиком ежемесячной информации, предусмотренной пунктом 17 настоящих Правил позже 15 числа месяца, выплаты местными исполнительными органами субсидий осуществляются согласно плану финансирования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-1. При наличии у перевозчика обязательств по оплате лизинговых платежей по договору лизинга на автотранспортные средства до 15 числа месяца, выплаты местными исполнительными органами субсидий осуществляются согласно плану финансирования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена пунктом 20-1 в соответствии с приказом и.о. Министра транспорта РК от 18.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Общий срок оказания государственной услуги составляет 5 (пять) рабочих дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. При поступлении от услугополучателя заявления и пакета документов, согласно перечню, предусмотренному пунктом 8 Перечня, исполнитель канцелярии услугодателя направляет данное заявление и пакет документов для рассмотрения руководителю услугодателя либо исполняющему его обязанности, который определяет исполнителя услугодателя через курирующего заместителя руководителя и (или) руководителя структурного подразделения услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель услугодателя в течение 2 (двух) рабочих дней с момента регистрации документов, проверяет полноту представленного пакета документов, согласно перечню, предусмотренному пунктом 8 Перечня.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. При установлении факта неполноты представленных документов и (или) представления услугополучателем документов с истекшим сроком действия, услугодатель в указанные сроки дает мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24. При предоставлении услугополучателем полного пакета документов, согласно перечню, предусмотренному пунктом 8 Перечня, исполнитель услугодателя в течение 3 (трех) рабочих дней рассматривает данный пакет документов на соответствие требованиям настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При соответствии представленного пакета документов, согласно перечню, предусмотренному пунктом 8 Перечня, требованиям настоящих Правил, исполнитель услугодателя оформляет уведомление о назначении и оплате субсидии по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель услугодателя направляет проект результата оказания государственной услуги руководителю услугодателя либо исполняющему его обязанности по согласованию с курирующим заместителем руководителя и (или) руководителем структурного подразделения услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги направляется в "личный кабинет" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью руководителя услугодателя либо исполняющим его обязанности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 с изменением, внесенным приказом и.о. Министра транспорта РК от 10.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      25. При наличии оснований, предусмотренных в пункте 9 Перечня, исполнитель услугодателя оформляет мотивированный ответ об отказе в оказании государственной услуги способом направления уведомления об отказе в назначении субсидии по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Исполнитель услугодателя направляет проект результата оказания государственной услуги руководителю услугодателя либо исполняющему его обязанности по согласованию с курирующим заместителем руководителя и (или) руководителем структурного подразделения услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги направляется в "личный кабинет" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя услугодателя либо исполняющим его обязанности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции приказа Министра транспорта РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26. Выплата бюджетных субсидий за последний календарный месяц года осуществляется на основе представленного не позднее 20 декабря отчета по субсидируемым сообщениям, составленного по прогнозным данным с последующим представлением отчета, составленного по фактическим данным в срок не позднее 25 января следующего года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (три) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (три) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах", подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если иное не предусмотрено законами Республики Казахстан, обращение в суд допускается после обжалования в досудебном порядке согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28. Местный исполнительный орган обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги утвержденный приказом исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 8555).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29. Уполномоченный орган в области автомобильного транспорта в течение трех рабочих дней с даты утверждения или изменения подзаконного нормативного правового акта направляет информацию о внесенных изменениях и (или) дополнениях в подзаконные нормативные правовые акты, определяющие порядок оказания государственной услуги, в местные исполнительные органы, в организации, осуществляющие прием заявлений и выдачу результатов оказания государственной услуги, оператору информационно-коммуникационной инфраструктуры "электронного правительства", а также в Единый контакт-центр.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="43"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z102" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок определения стоимости маршрута для осуществления регулярных перевозок"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="48"/>
-[...378 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30. При осуществлении перевозок по маршруту, стоимость которого определяется исходя из общего годового пробега автотранспортных средств, использующих электронную систему оплаты проезда, расчет стоимости маршрута на определенный период или для выполнения определенного объема работ (услуг) используется экономико-математическая модель следующего вида:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>СМ = Зпс + Зэсоп + Здисп + ( Зп + Зн ) * R</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (1)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>СМ = Зпс + Засп + ( Зп + Зн ) * R</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (2)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: СМ - стоимость маршрута на определенный период или для выполнения определенного объема транспортной работы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зпс - общая сумма нормативных затрат перевозчика на подвижной состав (амортизация) или временное владение и пользование по договору лизинга (лизинговые платежи);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зп - общая сумма прямых нормативных (расчетных) затрат перевозчика (топливо, смазочные материалы, ремонт и техническое обслуживание автотранспортных средств, замена и ремонт автошин, заработная плата водителей и кондукторов);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зн - общая сумма нормативных накладных затрат перевозчика;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зэсоп - затраты учитывающие услуги оператора электронной системы оплаты проезда (обслуживание, содержание и ремонт оборудования, используемого электронной системой оператора) (при оплате перевозчиком);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Здисп - затраты учитывающие услуги оператора системы диспетчеризации (при оплате данной услуги перевозчиком);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Засп - затраты учитывающие услуги автовокзалов, автостанций и пунктов обслуживание пассажиров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>R - коэффициент расчетной рентабельности к затратам перевозчика по обслуживанию данного маршрута равный 1,15 (принимается как 15 %).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Расходы перевозчика, понесенные с учетом налога на добавленную стоимость (далее - НДС) учитываются при расчете стоимости маршрута с НДС.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НДС принимается к затратам перевозчика, связанным с амортизацией автотранспортных средств, задействованных на социально значимом маршруте. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формула (2) применяется на межрайонных (междугородных внутриобластных) и внутрирайонных перевозках, не использующих электронную систему оплаты проезда. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для определения НДС применяется ставка НДС, установленная </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 30 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...2743 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31. Укрупненные расчеты нормативных затрат по статьям выполняется в следующем порядке:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Зпс - общая сумма затрат перевозчика на подвижной состав включает себя:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лизинговые платежи - периодические платежи, представляющие собой общую сумму платежей по договору лизинга за весь срок действия договора лизинга, которые должны быть рассчитаны с учетом возмещения всей или существенной части стоимости предмета лизинга по цене на момент заключения договора лизинга и осуществляемые на протяжении срока действия договора лизинга, которые включают в себя:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возмещение лизингодателю затрат на приобретение предмета лизинга и любых других расходов, непосредственно связанных с приобретением, поставкой предмета лизинга и приведением его в рабочее состояние для использования по назначению в соответствии с договором лизинга;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вознаграждение по лизингу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Размер годового лизингового платежа (годовой аннуитет) по подвижному составу определяется в соответствии с договором лизинга, графиком оплаты к договору лизинга, а также с учетом расходов, связанных с его возмещением и рассчитывается в следующем порядке:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лгод = Л + S</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (3)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: Лгод – размер годового лизингового платежа (годовой аннуитет) по подвижному составу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Л – сумма ежегодных лизинговых платежей, установленных графиком к договору лизинга;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S - в рамках лизинговой программы размер годовой страховой премии, подлежащей уплате при заключении договора добровольного страхования имущества лизингодателя, определяется согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданскому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексу Республики Казахстан (Особенная часть) от 1 июля 1999 года;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) При отсутствии лизинговых платежей по подвижному составу возмещению подлежит сумма амортизационных отчислений по закрепленным на маршруте автотранспортным средствам в расчете на их общий пробег. Рассчитывается по формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За = 0,15 * Ам * Кр * Ц</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (4)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: За – затраты на амортизацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>0,15 – норма амортизации по автотранспортным средствам в размере 15 % (не применяется для арендованных автотранспортных средств);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кр - коэффициент резерва автотранспортных средств (отношение общего количества закрепленных за маршрутом автотранспортных средств к числу автотранспортных средств, подлежащих поставке на маршрут по графику, принимаемый для расчетов затрат равный как 1,2);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Зп - общая сумма прямых затрат перевозчика включает себя:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зт - расходы на автомобильное топливо/электроэнергию/газ/водород в расчете на общий пробег автотранспортных средств, используемых на обслуживании данного маршрута, определяются исходя из базовой нормы расхода топлива/электроэнергии/газа/водород на 100 километров с учетом всех действующих надбавок и розничной цены 1 литра бензина (дизтоплива, газа)/1 киловатта электроэнергии/1 килограмма водорода на дату осуществления расчета тарифа (данная розничная цена действительна до подтверждения правильности определения тарифов согласно пункту 9 Правил):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зт = 0,01 * Lоб * НТ * КН * ЦТ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (5)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: 0,01 - пересчет расхода топлива со 100 километров на 1 километр;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Lоб - общий годовой пробег автотранспортных средств при обслуживании маршрута рассчитываемый по формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Lоб = Др * ( n * Lкр + Lo )</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (6)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: Др - количество дней обслуживания маршрута в году (при круглогодичном режиме работы Др = 365) (определяется согласно расписанию движения маршрута, утвержденного местными исполнительными органами);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>n - ежедневное количество кругорейсов на маршруте (при различии кругорейсов в году, связанной с выходными, праздничными, будними днями, сезонностью года берется их среднее значение);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Lкр - протяженность кругорейса на маршруте в километр;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Lо - ежедневный нулевой пробег, километр.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При разных значениях показателей характеристики маршрута по рабочим и выходным дням, то общий годовой пробег автотранспортных средств, определяется отдельно по рабочим и выходным дням с суммированием этих величин.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При разных значениях расписания движения маршрута в летнее и зимнее время и (или) работе маршрута неполный календарный год, то затраты на топливо определяются как сумма затрат в летний и зимний периоды:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зт.лето = 0,01 * Lоб.л. * НТ * Цл.т. * КНл.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (7)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зт.зима = 0,01 * Lоб.з. * НТ * Цз.т. * КНз.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (8)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зт = Зт.лето + Зт.зима</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (9)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: Зт.лето - затраты на летнее автомобильное топливо;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зт.зима - затраты на зимнее автомобильное топливо;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Lоб.л. - годовой пробег автотранспортных средств летом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Lоб.з. - годовой пробег автотранспортных средств зимой;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КНл., КНз. - совокупный коэффициент надбавок к базовой норме для реального условия работы автотранспортных средств на маршруте (лето, зима).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>НТ – базовая норма расхода топлива в литрах/киловаттах/килограммах на 100 километров пробега автотранспортных средств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Базовая норма расхода и совокупный коэффициент надбавок к нему на дизельное топливо (бензин)/газ определяется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 11 августа 2009 года № 1210 "Об утверждении норм расходов горюче-смазочных материалов для государственных органов Республики Казахстан и расходов на содержание автотранспорта" (далее – Нормы расхода топлива).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для электробусов норма расхода электроэнергии киловат в час на 100 километров пробега и совокупный коэффициент надбавок к нему определяется согласно данных Завода изготовителя. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для автотранспортных средств, использующих в качестве топлива водород, норма расхода водородного топлива килограмм в час на 100 километров пробега и совокупный коэффициент надбавок к нему определяется согласно данных Завода изготовителя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цт – цена дизельного топлива (бензина)/газа/электроэнергии/ водорода.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цена для дизельного топлива (бензина)/газа/водорода определяемая по формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4305300" cy="673100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -5636,534 +6151,606 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...477 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (10)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: Мзим Млето - количество зимних и летних месяцев в году, определенных по региону в пределах периодов по таблице 10 Норм расхода топлива определяющей значение Ккл (коэффициент климатический).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цз.т Цл.т - розничная стоимость топлива (зимнего и летнего) на дату расчета тарифа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При расчете тарифа в летний период, за основу берется розничная стоимость 1 литра/1 килограмма зимнего топлива, сложившаяся в последнем месяце последнего зимнего периода, определенного по региону в пределах периодов по таблице 10 Норм расхода топлива определяющей значение Ккл (коэффициент климатический).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При расчете тарифа в зимний период, за основу берется розничная стоимость 1 литра летнего топлива, сложившаяся в последнем месяце последнего летнего периода, определенного по региону в пределах периодов по таблице 10 Норм расхода топлива определяющей значение Ккл (коэффициент климатический);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) Зсм - расходы на смазочные материалы равны 10 % от расходов на автомобильное топливо:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зсм = Зт * 0,1</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (11)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) Зрт - расходы на проведение ремонтов и технических обслуживаний автотранспортных средств принимаются как 10 % (для автотранспортных средств со сроком эксплуатации до 3 лет), 15 % (для автотранспортных средств со сроком эксплуатации от 3 до 7 лет) и 20 % (для автотранспортных средств со сроком эксплуатации более 7 лет) от стоимости автотранспортных средств, закрепленных для обслуживания данного маршрута.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зрт = Крт * Ам * Кр * Ц</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (12)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: Крт – коэффициент расходов на проведение ремонтов и технических обслуживаний автотранспортных средств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ам – количество автотранспортных средств в день на маршруте по графику;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кр – коэффициент резерва автотранспортных средств (отношение общего количества закрепленных за маршрутом автотранспортных средств к числу автотранспортных средств, подлежащих поставке на маршрут по графику, принимаемый для расчетов затрат равный как 1,2);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ц – средняя стоимость автотранспортных средств, закрепленных на маршруте, в тенге.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для новых автотранспортных средств, приобретенных у завода-изготовителя либо через официальных дилеров, а также находящихся во временном владении и пользовании по договору лизинга, таковой будет являться стоимость приобретения до трех лет с момента приобретения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Переоценка автотранспортных средств, приобретенных у завода-изготовителя либо через официальных дилеров, а также находящихся во временном владении и пользовании по договору лизинга, проводится организациями, осуществляющими оценочную деятельность, после трех лет с момента их приобретения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Переоценка автотранспортных средств, находящихся во временном владении и пользовании по договору лизинга проводится исключительно для возмещения расходов перевозчика на проведение ремонтов и технических обслуживаний автотранспортных средств.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для автотранспортных средств, приобретенных на вторичном рынке, а также арендованных автотранспортных средств - среднерыночная стоимость, определяемая организациями, осуществляющими оценочную деятельность.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К автотранспортным средствам приобретенным на вторичном рынке относятся автотранспортные средства, которые были приобретены по договору купли-продажи у лица, не являющегося заводом-изготовителем либо официальным дилером, а также которые не находятся во временном владении и пользовании по договору лизинга или в аренде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стоимость автотранспортных средств, определенная организациями, осуществляющими оценочную деятельность действительна в течение трех лет с момента ее определения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для электробусов, автотранспортных средств, использующих в качестве топлива водород, расходы на проведение ремонтов и технических обслуживаний определяются согласно данных Завода изготовителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) Зш - эксплуатационные расходы на автошины в расчете на годовой пробег автотранспортных средств на маршруте определяются по формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2946400" cy="596900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -6181,1093 +6768,1254 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (13)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: Цш - закупочная цена одного комплекта шин (шина, камера, ободная лента) в тенге на момент расчета. Данная закупочная цена действительна до подтверждения правильности определения тарифов согласно пункту 10 настоящих Правил);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>M - количество колес на автотранспортном средстве (без запасного колеса);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Lоб - общий годовой пробег автотранспортных средств при обслуживании маршрута;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ш - эксплуатационная норма пробега автошины, определяется в соответствии с Нормами расхода топлива, в километр;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кш - коэффициент корректировки эксплуатационных норм пробега автошин, определяется в соответствии с Нормами расхода топлива;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Коэффициент корректировки эксплуатационных норм пробега автошин электробусов, автотранспортных средств, использующих в качестве топлива водород, определяется согласно данных Завода изготовителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) Ззп - общая годовая сумма зарплаты водителей и (или) кондукторов (экипажей автотранспортных средств) по обслуживанию маршрута может быть определена по формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ззп = ( Мр * ( Zв * Nв + Zк * Nк ) * Ам * К ) * 1,2</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (14)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: Мр - количество месяцев обслуживания маршрута в году (при круглогодичном и ежедневном режиме работы Мр = 12);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zв - среднемесячная заработная плата водителя автотранспортного средства устанавливается применительно к уровню среднемесячной номинальной заработной платы одного работника в сфере транспорта и складирования (далее – СНЗП) по Республике Казахстан, сложившейся по данным статистики за квартал, предшествующего подаче заявки. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В регионе, где СНЗП выше, чем СНЗП по Республике Казахстан, применяется СНЗП по данному региону, где зарегистрирован перевозчик, сложившаяся по данным статистики за квартал, предшествующего подаче заявки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Zк - среднемесячная заработная плата кондуктора устанавливается на уровне 70 % заработной платы водителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Nв/к - нормативное количество водителей (кондукторов-контролеров), закрепленных за каждым автотранспортным средством на маршруте определяется по формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Nв/к = Тгод / БРВр / Ам</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (14-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: Тгод - общее количество рабочего времени за год, час;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БРВр – расчетный баланс рабочего времени на год (40 часов, пять дней), час; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тгод = Трейс + Тнул + Т пзр</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (14-2)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: Трейс - время работы на рейсе, час;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тнул - время на нулевой пробег, час;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тпзр - время на подготовительно-заключительные работы, час;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трейс = n * tкруг * Др</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (14-3)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: tкруг - время одного кругорейса, час;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тнул = Lо / Vнул * Др</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (14-4)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">где: Vнул - средняя скорость движения на нулевом пробеге, км/час (30 км/час); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тпзр = tпз * Ам * Др</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (14-5)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: tпз - подготовительно-заключительное время на 1 автобус в день, (20 минут);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БРВр = БРВ – ( Дотп * t )</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (14-6)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где: Дотп - количество дней отпуска, дни;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БРВ – баланс рабочего времени на год (40 часов, пять дней), час;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>t – продолжительность рабочего времени в день, час;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К - коэффициент, учитывающий налоги и отчисления, которые уплачиваются работодателем от заработной платы по ставкам согласно действующему законодательству (социальный налог, социальные отчисления, обязательное социальное медицинское страхование, обязательные пенсионные взносы работодателя), подтверждаемые данными перевозчика".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1,2 - поправочный коэффициент, учитывающий начисления работникам, находящимся на больничном, отпусках, обучении.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выплата заработной платы водителям и (или) кондукторам подтверждается выпиской из ведомости выдачи заработной платы работникам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) Зн - нормативная сумма накладных затрат перевозчика составляет процент от совокупной суммы прямых затрат по обслуживанию данного маршрута и определяется по формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зн = Зп * П</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формула (15)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">где: П – процент нормативной суммы накладных расходов составляет до 20 % в зависимости от объема подтверждаемой расчетной суммы накладных расходов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При осуществлении местными исполнительными органами выплаты субсидии перевозчик документально подтверждает понесенные накладные расходы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...226 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Zв - среднемесячная заработная плата водителя автотранспортного средства устанавливается применительно к уровню среднемесячной номинальной заработной платы одного работника в сфере транспорта и складирования (далее – СНЗП) по Республике Казахстан, сложившейся по данным статистики за квартал, предшествующего подаче заявки. </w:t>
-[...129 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32. Стоимость маршрута корректируется при изменении фактических затрат перевозчика более чем на 10 % по независящим от них ценовым факторам, а также при внесении изменений и дополнений в характеристики маршрута (рейс, расписание движения автобусов, протяженность маршрута, обновление подвижного состава) порядком укрупненных расчетов затрат перевозчика по статьям эксплуатационных расходов, предусмотренных главой 4 настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      БРВр – расчетный баланс рабочего времени на год (40 часов, пять дней), час; </w:t>
-[...661 lines deleted...]
-      Стоимость маршрута пересматривается не реже чем один раз в год в соответствии с </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стоимость маршрута пересматривается не реже чем один раз в год в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктами 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -7285,58 +8033,53 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Глава 4 дополнена пунктом 32 в соответствии с приказом и.о. Министра транспорта РК от 18.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -7575,68 +8318,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z233" w:id="243"/>
+    <w:bookmarkStart w:name="z233" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень социально значимых автомобильных сообщений, подлежащих субсидированию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7648,427 +8391,565 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Наименование и (или) номер маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Вид маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -8268,84 +9149,97 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z236" w:id="244"/>
+    <w:bookmarkStart w:name="z236" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расчеты по тарифу на маршрут, определенному в соответствии с Методикой</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Наименование организации ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Наименование организации ___________________________</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -8360,350 +9254,447 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Наименование и (или) номер маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Вид маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Тариф на 1 пассажира, определенный в соответствии с Методикой, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Прогнозируемое количество перевозки пассажиров в течение года, человек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>      Руководитель организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Главный бухгалтер</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место для печати (при наличии) или электронная цифровая подпись руководителя организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8888,84 +9879,97 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z239" w:id="245"/>
+    <w:bookmarkStart w:name="z239" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расчеты по стоимости маршрута</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Наименование организации ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Наименование организации ___________________________</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -8981,418 +9985,538 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Наименование и (или) номер маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Вид маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Протяженность маршрута, километр</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Стоимость маршрута, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Прогнозируемое количество перевозки пассажиров в течение года, человек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>      Руководитель организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Главный бухгалтер</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место для печати (при наличии) или электронная цифровая подпись руководителя организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9577,68 +10701,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z242" w:id="246"/>
+    <w:bookmarkStart w:name="z242" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сумма по социально значимым субсидируемым сообщениям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -9658,312 +10782,360 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Наименование маршрута (номер маршрута)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Вид маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Стоимость маршрута, определенная в соответствии с главой 4 настоящих Правил (тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Тариф, определенный в соответствии с Методикой (тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Тариф, установленный местным исполнительным органом (тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Разница между тарифом, определенным в соответс твии с Методикой и тарифом, установлен ным местным исполнительным органом (тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Объем субсидирования социально значимого автомобильного сообщения на 3 года в разрезе по годам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -10049,668 +11221,870 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>20__ год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>20__год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>20__год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -10910,96 +12284,109 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z245" w:id="247"/>
+    <w:bookmarkStart w:name="z245" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Результаты работы Комиссии и субсидирования</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>социально значимых сообщений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Таблица 1</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Таблица 1</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -11020,1757 +12407,2400 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Наименование  маршрута (номер маршрута)*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Вид маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Дата предоставления перевозчиком расчетов согласно </w:t>
+              <w:t xml:space="preserve">Дата предоставления перевозчиком расчетов согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пункту 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам (дата: число, месяц, год)</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Дата направления на доработку расчетов перевозчика с указанием причин  (дата: число, месяц, год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Дата включения маршрута в перечень социально значимых сообщений  (дата: число, месяц, год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Дата установления тарифа по результатам работы Комиссии (дата: число, месяц, год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Дата разработки бюджет ной заявки (дата: число, месяц, год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Дата утверж дения бюджета (дата: число, месяц, год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Дата утверждения  на трехлетний период суммы  по социально значимым субсидируемым сообщениям (дата: число, месяц, год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Таблица 2</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Таблица 2</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -12793,349 +14823,403 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Наименование и (или) номер маршрута*,  включенного в перечень социально значимых сообщений,  а также наименование перевозчика, обслуживающего данный машрут</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Вид маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Тариф, определенный в соответствии с Методикой (тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Стоимость маршрута, определенная в соответствии с главой 4 настоящих Правил (тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Тариф, установленный местным исполнительным органом (тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Объем субсидий, выделенных на трехлетний период по маршруту, включенному в перечень социально значимых сообщений</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Необходимый объем субсидирования на данный маршрут (тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Выплаченные перевозчику субсидии на данный маршрут за квартал, в разрезе помесяцам (тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -13208,125 +15292,143 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Сумма на первый год  (тенге/20__ год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Сумма  на  второй год  (тенге/ 20__  год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Сумма на третий год  (тенге/20__ год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -13347,1869 +15449,2700 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Всего (указывается общая сумма по графам 6, 7, 8, 9, 10 Таблицы 2 по всем маршрутам)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z246" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>* При заполнении графы 2 в настоящих Таблицах на городских (сельских) или пригородных маршрутах указывается номер маршрута, а на внутрирайонных или межрайонных (междугородных внутриобластных) маршрутах указываются наименования населенных пунктов, расположенных в начальном и конечном пунктах маршрута.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      * При заполнении графы 2 в настоящих Таблицах на городских (сельских) или пригородных маршрутах указывается номер маршрута, а на внутрирайонных или межрайонных (междугородных внутриобластных) маршрутах указываются наименования населенных пунктов, расположенных в начальном и конечном пунктах маршрута.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15422,407 +18355,390 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенная для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 6 - в редакции приказа и.о. Министра транспорта РК от 10.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 6 - в редакции приказа и.о. Министра транспорта РК от 10.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 403</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z249" w:id="249"/>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Представляется: местные исполнительные органы</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Форма административных данных размещена на интернет – ресурсе: www.gov.kz.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Наименование формы административных данных: Информация о фактически</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перевезенных пассажирах по социально значимым автомобильным сообщениям</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Индекс формы административных данных</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(краткое буквенно-цифровое выражение наименования формы): С6</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Периодичность: ежемесячная</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Отчетный период: ____ (месяц) 20__ года</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Круг лиц, представляющих информацию: перевозчики</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Срок представления формы административных данных: ежемесячно до 15 числа</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>каждого месяца, следующего за отчетным периодом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН/БИН</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="3759200" cy="419100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
@@ -15844,657 +18760,785 @@
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование и (или) номер маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вид маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утвержденный тариф на 1 пассажира, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество перевезенных пассажиров в течение месяца, человек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Средства поступившие от перевозок пассажиров, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Наименование организации ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес организации ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон организации _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты организации __________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________ _______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель организации или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________ ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главный бухгалтер</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место для печати (при наличии) или электронная цифровая подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Наименование организации ____________________________________</w:t>
-[...203 lines deleted...]
-        <w:t>руководителя организации</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16614,192 +19658,229 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по социально значимым</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>автомобильным сообщениям"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z504" w:id="250"/>
+    <w:bookmarkStart w:name="z504" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Информация о фактически перевезенных пассажирах по социально значимым автомобильным сообщениям"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(индекс – С6 периодичность месячная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z505" w:id="251"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 1 формы указывается наименование и (или) номер маршрута.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 2 формы указывается наименование вид маршрута.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 3 формы указывается утвержденный тариф на 1 пассажира, тенге.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 4 формы указывается количество перевезенных пассажиров в течение месяца, человек.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 5 формы указывается средства поступившие от перевозок пассажиров, тенге.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      В графе 1 формы указывается наименование и (или) номер маршрута.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="255"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17012,475 +20093,442 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенная для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 7 - в редакции приказа и.о. Министра транспорта РК от 10.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 7 - в редакции приказа и.о. Министра транспорта РК от 10.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 403</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z252" w:id="256"/>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Представляется: местные исполнительные органы</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Форма административных данных размещена на интернет – ресурсе: www.gov.kz.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Наименование формы административных данных: Информация о выполненной работе</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Индекс формы административных данных</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(краткое буквенно-цифровое выражение наименования формы): С7</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Периодичность: ежемесячная</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Отчетный период: ____ (месяц) 20__ года</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Круг лиц, представляющих информацию: перевозчики, уполномоченные организаций</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Срок представления формы административных данных</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перевозчик в срок до 10 числа каждого месяца, направляет в уполномоченную</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>организацию ежемесячную информацию;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уполномоченная организация в срок до 15 числа каждого месяца, предоставляет</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>информацию в местный исполнительный орган;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>При отсутствии уполномоченной организации перевозчик в срок до 15 числа каждого</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>месяца, направляет ежемесячную информацию в местный исполнительный орган.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН/БИН</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="3759200" cy="419100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
@@ -17502,709 +20550,871 @@
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование перевозчика </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество маршрутов, единиц</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выполненный объем перевозки, километр</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общая стоимость маршрута, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Средства поступившие от перевозок пассажиров, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Наименование организации _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес организации ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон организации ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты организации _______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель организации __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель организации или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________ ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главный бухгалтер</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место для печати (при наличии) или электронная цифровая подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Наименование организации _________________________________</w:t>
-[...186 lines deleted...]
-        <w:t>руководителя организации</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18298,212 +21508,253 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Информация</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о выполненной работе"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z527" w:id="257"/>
+    <w:bookmarkStart w:name="z527" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Информация о выполненной работе"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(индекс – С7, периодичность месячная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z528" w:id="258"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 1 формы указывается порядковый номер.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 2 формы указывается наименование перевозчика.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 3 формы указывается количество маршрутов, единиц.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 4 формы указывается выполненный объем перевозки, километр.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 5 формы указывается общая стоимость маршрута, тенге.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В графе 6 формы указывается средства поступившие от перевозок пассажиров, тенге.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      В графе 1 формы указывается порядковый номер.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="263"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18686,468 +21937,565 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z255" w:id="264"/>
+    <w:bookmarkStart w:name="z255" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z256" w:id="265"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Договор организации регулярных автомобильных перевозок пассажиров и багажа (далее - договор):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) номер договора №: _________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) дата заключения договора (число, месяц, год): __________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) срок действия договора (число, месяц, год): __________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Вид маршрута:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) городские (сельские) □;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) пригородные □;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) внутрирайонные □;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) межрайонные (междугородные внутриобластные) □.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Наименование и (или) номер маршрута: ___________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Период обслуживания маршрута:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) дата начала обслуживания (число, месяц, год) ___________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) дата завершения обслуживания (число, месяц, год) ___________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Сумма субсидирования (указывается в цифрах и в тенге): ___________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Прилагается пакет документов, согласно перечню, предусмотренному пунктом 8 Перечня.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждается, что:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все указанные данные являются официальными, и на них может быть направлена любая информация по вопросам осуществления деятельности или отдельных действий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель согласен на использование персональных данных ограниченного доступа, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>*При заполнении сведений по пункту 3 настоящего заявления на городских (сельских) или пригородных маршрутах указывается номер маршрута, а на внутрирайонных или межрайонных (междугородных внутриобластных) маршрутах указываются наименования населенных пунктов, расположенных в начальном и конечном пунктах маршрута.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1. Договор организации регулярных автомобильных перевозок пассажиров и багажа (далее - договор):</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-[...379 lines deleted...]
-    <w:bookmarkEnd w:id="284"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19330,1095 +22678,1413 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z278" w:id="285"/>
+    <w:bookmarkStart w:name="z278" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Субсидирование убытков перевозчика, связанных с осуществлением автомобильных пассажирских перевозок по социально значимым сообщениям в межрайонном (междугородном внутриобластном), внутрирайонном, городском (сельском) и пригородном сообщениях"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 9 - в редакции приказа и.о. Министра транспорта РК от 10.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 9 - в редакции приказа и.о. Министра транспорта РК от 10.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 403</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Местные исполнительные органы областей, городов Астана, Алматы и Шымкент, районов и городов областного значения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>через портал.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 (пять) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уведомление о назначении и оплате субсидии либо мотивированный ответ об отказе в оказании государственной услуги способом направления уведомления об отказе в назначении субсидии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма предоставления результата оказания государственной услуги: электронная.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Результат оказания государственной услуги направляется в "личный кабинет" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью руководителя услугодателя либо исполняющим его обязанности.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) услугодателя – с понедельника по пятницу включительно, с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, в соответствии с трудовым законодательством Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) информация о фактически перевезенных пассажиров по социально значимым сообщениям;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) при осуществлении перевозок по маршруту, стоимость которого определена в соответствии с главой 4 Правил, исходя из общего годового пробега автотранспортных средств по маршруту (километр), информация о выполненной работе;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20511,327 +24177,412 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Документы, указанные в подпунктах 1), 2), 3), 4), 5), 6) и 7) настоящего пункта представляются в электронной копии или электронно цифровой подписи руководителя организации.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сведения документов, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации индивидуального предпринимателя, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения государственной услуги.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания госудрственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия электронной цифровой подписи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг по телефону 1414, 8 800 080 7777.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -21096,748 +24847,983 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z565" w:id="286"/>
+    <w:bookmarkStart w:name="z565" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация по реализации билетов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z566" w:id="287"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование организации ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Наименование организации ____________________</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z567" w:id="288"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование и (или) номер маршрута</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="288"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Информация о реализации разовых проездных билетов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вид билета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>количество, (штук)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цена билета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(тенге)</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общая сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(тенге)</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z576" w:id="289"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="289"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>взрослый</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -21846,148 +25832,212 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>детский</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -21996,148 +26046,212 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>льготный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -22146,148 +26260,212 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Итого: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -22297,398 +26475,527 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Информация о реализации долгосрочных проездных билетов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вид билета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>количество (штук)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цена билета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(тенге)</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общая сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(тенге)</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>взрослый</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -22697,148 +27004,212 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>детский</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -22847,148 +27218,212 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>льготный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -22997,387 +27432,424 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z639" w:id="290"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При осуществлении перевозок в городах областного значения, являющиеся</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      административными центрами, городах республиканского значения, столице,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сведения по реализации билетов подтверждаются системой электронной оплаты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>за проезд, используемой на маршруте.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование оператора системы электронной оплаты за проезд (далее - оператор)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Договор, заключенный между перевозчиком и оператором</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ________ от _______ 20 ____ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок действия договора __________ 20 ____ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главный бухгалтер</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место для печати (при наличии) или электронная цифровая подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При осуществлении перевозок в городах областного значения, являющиеся</w:t>
-[...204 lines deleted...]
-        <w:t>руководителя организации</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23653,961 +28125,1298 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z642" w:id="291"/>
+    <w:bookmarkStart w:name="z642" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация о финансовых средствах, поступивших от перевозки пассажиров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z643" w:id="292"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование организации ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Наименование организации ________________________</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z644" w:id="293"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="293"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 и (или) номер маршрута</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сумма (тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от продажи разовых проездных билетов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от продажи долгосрочных проездных билетов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от полученных компенсаций за льготный проезд</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z654" w:id="294"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="294"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z672" w:id="295"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главный бухгалтер</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место для печати (при наличии) или электронная цифровая подпись руководителя организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Руководитель организации</w:t>
-[...34 lines deleted...]
-        <w:t>Место для печати (при наличии) или электронная цифровая подпись руководителя организации</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24792,744 +29601,1010 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z291" w:id="296"/>
+    <w:bookmarkStart w:name="z291" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация о расходах перевозчика по заработной плате и социальным отчислениям водителей и (или) кондукторов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z292" w:id="297"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование организации ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Наименование организации ________________________</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование и (или) номер маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество водителей, человек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Минимальная заработная плата водителей на уровне текущий финансовый год, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Социальные отчисления водителей на уровне текущий финансовый год, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество кондукторов, человек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Минимальная заработная плата кондукторов на уровне текущий финансовый год, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Социальные отчисления кондукторов на уровне текущий финансовый год, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>      Руководитель организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Главный бухгалтер</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место для печати (при наличии) или электронная цифровая подпись руководителя организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25714,345 +30789,310 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z295" w:id="298"/>
+    <w:bookmarkStart w:name="z295" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление о назначении и оплате субсидии №____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 11 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 11 - в редакции приказа и.о. Министра транспорта РК от 18.09.2024 </w:t>
-[...28 lines deleted...]
-      <w:bookmarkStart w:name="z534" w:id="299"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучатель: ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер / бизнес идентификационный номер)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга: "Субсидирование убытков перевозчика, связанных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с осуществлением автомобильных пассажирских перевозок по социально значимым</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сообщениям в межрайонном (междугородном внутриобластном), внутрирайонном,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>городском (сельском) и пригородном сообщениях"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вид маршрута: _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование и (или) номер маршрута: ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Период обслуживания маршрута: __________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статус: Субсидия назначена</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Местный исполнительный орган, выдавший уведомление:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время отправки уведомления: "___" ______ 20 ____ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Услугополучатель: ______________________________________________________</w:t>
-[...221 lines deleted...]
-        <w:t>Дата и время отправки уведомления: "___" ______ 20 ____ года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26237,268 +31277,325 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z308" w:id="300"/>
+    <w:bookmarkStart w:name="z308" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление об отказе в назначении субсидии №____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z309" w:id="301"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучатель: _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(индивидуальный идентификационный номер / бизнес идентификационный номер)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга: "Субсидирование убытков перевозчика, связанных с осуществлением автомобильных пассажирских перевозок по социально значимым сообщениям в межрайонном (междугородном внутриобластном), внутрирайонном, городском (сельском) и пригородном сообщениях"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вид маршрута: _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование и (или) номер маршрута: ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Период обслуживания маршрута: _______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статус: Отказано в назначении субсидии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Основание: ______________________________________ ________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Местный исполнительный орган, выдавший уведомление: _______________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время отправки уведомления: "___" ______ 20 ____ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Услугополучатель: _______________________________________________________</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-[...179 lines deleted...]
-    <w:bookmarkEnd w:id="310"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26620,638 +31717,754 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>социально значимых</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>перевозок пассажиров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Правила дополнены приложением 13 в соответствии с приказом и.о. Министра транспорта РК от 18.09.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены приложением 13 в соответствии с приказом и.о. Министра транспорта РК от 18.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 304</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z536" w:id="311"/>
+    <w:bookmarkStart w:name="z536" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Накладные расходы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-[...519 lines deleted...]
-    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Налоги и сборы, относимые на издержки производства (кроме налога на добавленную стоимость и корпоративного налога на прибыль).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Расходы на обязательное страхование гражданско-правовой ответственности владельцев автотранспортных средств и гражданско-правовой ответственности перевозчика перед пассажирами, а также обязательное страхование работников от несчастных случаев при исполнении им трудовых (служебных) обязанностей водителей и (или) кондукторов-контролеров, производственно-технического персонала перевозчика, обслуживающего подвижной состав.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Расходы на заработную плату работников перевозчика, задействованных в организации перевозок, кроме водителей, кондукторов и работников, проводящих ремонт и техническое обслуживание автотранспортных средств.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Расходы на прохождение обязательного технического осмотра автотранспортных средств.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Расходы на коммунальные платежи по административным зданиям и объектам производственно-технической базы, задействованным в перевозочном процессе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Расходы на аренду, амортизацию (кроме автотранспортных средств), отопление, водоснабжение, канализацию и освещение, содержание и текущий ремонт по административным зданиям и объектам производственно-технической базы перевозчика, задействованным в перевозочном процессе на социально значимых маршрутах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Расходы на подготовку и повышение квалификации, охрану труда и техники безопасности водителей и (или) кондукторов-контролеров, административно-управленческий и производственно-технического персонала перевозчика, обслуживающего подвижной состав.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Расходы на противопожарные мероприятия по административным зданиям и объектам производственно-технической базы, подвижному составу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Расходы на канцелярские товары для производственно-технического и административно-управленческого персонала перевозчика.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Расходы на командировки в пределах территории Республики Казахстан работников перевозчика, связанных с перевозочным процессом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Расходы на содержание охраны для обеспечения безопасности предприятий и сохранности административных зданий и объектов производственно-технической базы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Расходы на содержание автоинформаторов, системы видеонаблюдения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Расходы на содержание и ремонт оборудования, станков, стендов, электродвигателей, подъемников, силового и технологического оборудования, расходных материалов, запасных частей и смазочных материалов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Расходы на ремонт и восстановление быстроизнашивающихся инструментов и инвентаря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Расходы на вспомогательные материалы для проведения технического обслуживания и ремонта автотранспортных средств (кислород, ацетилен, карбид кальция, обтирочные материалы).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Расходы на топливо и электроэнергию для технологических нужд, связанных с перевозочным процессом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Расходы на содержание автомобилей хозяйственного и технического обслуживания, бензовозов, автомобилей технической помощи, служебных автотранспортных средств (топливо, смазочные и эксплуатационные материалы для технического обслуживания и текущего ремонта, ремонт автомобильной резины, амортизация на восстановление и капитальный ремонт). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Расходы на бланки эксплуатационной, технической и производственной документации, путевые листы, автобусные билеты, квитанции, бланки билетной документации, технические паспорта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Расходы на вывоз мусора и снега, материалы для хозяйственных нужд по административным зданиям и объектам производственно-технической базы, задействованным в перевозочном процессе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Расходы на перевозку топлива, смазочных материалов и их хранение;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Расходы на оплату работ, выполняемых централизованными бухгалтериями, не стоящими на балансе предприятия.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Расходы на утилизацию отработанных продуктов и производственных отходов, возникших в процессе перевозок подвижного состава перевозчика.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. Расходы на добровольное страхование автотранспортных средств, находящихся на балансе перевозчика и задействованных в перевозочном процессе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24. Расходы на амортизацию машин, оборудования, мебели, компьютерной техники, инструментов и прочих основных средств, находящихся на балансе перевозчика и задействованных в перевозочном процессе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25. Расходы на содержание и текущей ремонт машин, оборудования, мебели, компьютерной техники, инструментов и прочих основных средств, находящихся на балансе перевозчика и задействованных в перевозочном процессе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Расчетная сумма накладных расходов применяется исключительно на обслуживание социально значимого маршрута, стоимость которого определяется в соответствии с главой 4 настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -27273,55 +32486,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>