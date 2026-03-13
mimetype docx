--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c8760f9" w14:textId="c8760f9">
+    <w:p w14:paraId="cc753c5" w14:textId="cc753c5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,106 +76,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении натуральных норм снабжения техникой и имуществом автоматизации Национальной гвардии Республики Казахстан</w:t>
+        <w:t>Об утверждении натуральных норм снабжения объектами информатизации и средствами информационно-коммуникационных технологий Национальной гвардии Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра внутренних дел Республики Казахстан от 9 октября 2015 года № 829. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 ноября 2015 года № 12277.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок – в редакции приказа Министра внутренних дел РК от 27.08.2025 </w:t>
+      Сноска. Заголовок – в редакции приказа Министра внутренних дел РК от 19.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 637</w:t>
+        <w:t>№ 112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -272,100 +272,100 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Утвердить прилагаемые натуральные нормы снабжения техникой и имуществом автоматизации Национальной гвардии Республики Казахстан.</w:t>
+      1. Утвердить прилагаемые натуральные нормы снабжения объектами информатизации и средствами информационно-коммуникационных технологий Национальной гвардии Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Сноска. Пункт 1 – в редакции приказа Министра внутренних дел РК от 27.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра внутренних дел РК от 19.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 637</w:t>
+        <w:t>№ 112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -873,90 +873,110 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 9 октября 2015 года № 829 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Натуральные нормы снабжения техникой и имуществом автоматизации Национальной гвардии Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Натуральные нормы снабжения объектами информатизации и средствами информационно-коммуникационных технологий Национальной гвардии Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Натуральные нормы с изменениями, внесенными приказом Министра внутренних дел РК от 27.08.2025 </w:t>
+      Сноска. Натуральные нормы с изменениями, внесенными приказами Министра внутренних дел РК от 27.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 637</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Глава 1. Натуральные нормы снабжения средствами вычислительной и организационной техникой</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -995,51 +1015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- № п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1694,52 +1714,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -1861,70 +1881,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-интернет</w:t>
+              <w:t>
+Рабочая станция для работы в сети интернет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1987,106 +1989,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-на одну штатную единицу командования (первый руководитель и его заместители) ГКНГ, РгК, соединения, бригады, в/ч, ВУЗ, ВМУ, ОДП; начальникам и заместителям управления, начальникам отделов, службы, центра учреждений НГ; а также специалистам автоматизации, государственных закупок, пресс-службы, редакции, видеостудии и на одно должностное лицо оперативных дежурных по ГКНГ и по РгК, дежурных по соединению, по бригаде, по в/ч и по ВУЗ</w:t>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одну штатную единицу командования (первый руководитель и его заместители) ГКНГ, РгК, соединения, бригады, в/ч, ВУЗ, ВМУ, ОДП; начальникам и заместителям управления, начальникам отделов, службы, центра учреждений НГ; а также специалистам цифровизации, государственных закупок, пресс-службы, редакции, видеостудии и на одно должностное лицо оперативных дежурных по ГКНГ и по РгК, дежурных по соединению, по бригаде, по в/ч и по ВУЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2262,52 +2246,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -2317,51 +2301,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одну штатную единицу командования (первый руководитель и его заместители) ГКНГ, РгК, соединения, бригады, в/ч, ВУЗ, ВМУ, ОДП; начальникам и заместителям управлений; начальникам кафедр, отделов, служб, центров учреждений НГ; специалистам автоматизации; военнослужащих подразделений специального назначения офицерского состава; на одну штатную единицу командования дивизиона, батальона, батареи, роты, взвода; на одну штатную единицу руководства сводного отряда, войскового оперативного резерва (группы), ансамбля, клуба, видеостудии, редакции; на одно должностное лицо оперативных дежурных и их помощникам по ГКНГ, по РгК, дежурных и их помощникам по соединению, по бригаде, по в/ч, по ВУЗ, по ОДП</w:t>
+на одну штатную единицу командования (первый руководитель и его заместители) ГКНГ, РгК, соединения, бригады, в/ч, ВУЗ, ВМУ, ОДП; начальникам и заместителям управлений; начальникам кафедр, отделов, служб, центров учреждений НГ; специалистам цифровизации; военнослужащих подразделений специального назначения офицерского состава; на одну штатную единицу командования дивизиона, батальона, батареи, роты, взвода; на одну штатную единицу руководства сводного отряда, войскового оперативного резерва (группы), ансамбля, клуба, видеостудии, редакции; на одно должностное лицо оперативных дежурных и их помощникам по ГКНГ, по РгК, дежурных и их помощникам по соединению, по бригаде, по в/ч, по ВУЗ, по ОДП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2579,52 +2563,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -2634,51 +2618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одну штатную единицу командования (первый руководитель и его заместители) ГКНГ, РгК, соединения, бригады, в/ч, ВУЗ, ВМУ, ОДП и специалистам автоматизации</w:t>
+на одну штатную единицу командования (первый руководитель и его заместители) ГКНГ, РгК, соединения, бригады, в/ч, ВУЗ, ВМУ, ОДП и специалистам цифровизации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2854,52 +2838,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -3130,87 +3114,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 года</w:t>
-[...35 lines deleted...]
-на одно подразделение автоматизации и видеостудии (управление, отдел, отделение, служба, центр, группа) и одному специалисту автоматизации в/ч (при отсутствии подразделения), а также начальникам складов, базы хранения</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации и видеостудии (управление, отдел, отделение, служба, центр, группа) и одному специалисту цифровизации в/ч (при отсутствии подразделения), а также начальникам складов, базы хранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3386,52 +3388,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -3661,52 +3663,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -3936,52 +3938,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -4211,52 +4213,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -4486,52 +4488,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -4761,52 +4763,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -4816,51 +4818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одно подразделение автоматизации (управление, отдел, отделение, служба, центр, группа) и одному специалисту автоматизации в/ч (при отсутствии подразделения), а также начальникам складов, базы хранения</w:t>
+на одно подразделение цифровизации (управление, отдел, отделение, служба, центр, группа) и одному специалисту цифровизации в/ч (при отсутствии подразделения), а также начальникам складов, базы хранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5036,52 +5038,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -5311,52 +5313,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -5586,52 +5588,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -5753,52 +5755,70 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Интерактивная система (стол, доска)</w:t>
+              <w:t xml:space="preserve">
+Интерактивная </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+система (стол, доска)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5861,52 +5881,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -5916,51 +5936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одну штатную единицу командования (первый руководитель и его заместители) ГКНГ, РгК, соединения, бригады, командирам в/ч, начальнику и первому заместителю ВУЗ, ВМУ; на одно управление, кафедру, учреждений НГ; на одно подразделение автоматизации (отдел, отделение, служба, центр, группа) и на одно подразделение специального назначения (центр, отряд, отдельная группа)</w:t>
+на одну штатную единицу командования (первый руководитель и его заместители) ГКНГ, РгК, соединения, бригады, командирам в/ч, начальнику и первому заместителю ВУЗ, ВМУ; на одно управление, кафедру, учреждений НГ; на одно подразделение цифровизации (отдел, отделение, служба, центр, группа) и на одно подразделение специального назначения (центр, отряд, отдельная группа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6136,52 +6156,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -6817,70 +6837,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-(шредер)</w:t>
+              <w:t>
+Бумага уничтожающая машинка (шредер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6980,51 +6982,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одно подразделение автоматизации (управление, отдел, отделение, служба, центр, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+на одно подразделение цифровизации (управление, отдел, отделение, служба, центр, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7200,52 +7202,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -7475,52 +7477,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -7829,51 +7831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8086,51 +8088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8343,51 +8345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8605,52 +8607,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -8917,51 +8919,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-на одну штатную единицу специалиста автоматизации и на одно серверное помещение </w:t>
+на одну штатную единицу специалиста цифровизации и на одно серверное помещение </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9137,106 +9139,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9412,106 +9396,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9687,106 +9653,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9962,106 +9910,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10237,106 +10167,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10512,106 +10424,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10787,106 +10681,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11062,142 +10938,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-электрическое устройство для закручивания и откручивания шурупов, саморезов, винтов, дюбелей и других видов крепежных изделий, а также сверления отверстий. Для проведения технического обслуживания и ремонтных работ устройств</w:t>
+электрическое устройство для закручивания и откручивания шурупов, саморезов, винтов, дюбелей и других видов крепҰжных изделий, а также сверления отверстий. Для проведения технического обслуживания и ремонтных работ устройств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11338,141 +11196,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...53 lines deleted...]
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-устройство для уборки пыли и загрязнений с поверхностей за счет всасывания потоком воздуха. Для проведения технического обслуживания устройств</w:t>
+устройство для уборки пыли и загрязнений с поверхностей за счҰт всасывания потоком воздуха. Для проведения технического обслуживания устройств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11504,52 +11344,70 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Паяльник (Паяльная станция)</w:t>
+              <w:t xml:space="preserve">
+Паяльник </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(Паяльная станция)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11613,105 +11471,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...53 lines deleted...]
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11924,87 +11764,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-устройство для поддержания оптимальных климатических условий в помещении автоматизаций</w:t>
+устройство для поддержания оптимальных климатических условий в помещении цифровизации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12144,52 +11984,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4 </w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -13227,51 +13067,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одну штатную единицу специалиста автоматизации</w:t>
+на одну штатную единицу специалиста цифровизации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13484,51 +13324,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13596,70 +13436,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-(аппарат) для сварки оптического волокна</w:t>
+              <w:t>
+Устройство (аппарат) для сварки оптического волокна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13759,51 +13581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одно подразделение автоматизации (отдел, отделение, служба, группа) и на одного специалиста автоматизации в/ч (при отсутствии подразделения)</w:t>
+на одно подразделение цифровизации (отдел, отделение, служба, группа) и на одного специалиста цифровизации в/ч (при отсутствии подразделения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15156,52 +14978,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Специальная одежда</w:t>
+              <w:t xml:space="preserve">
+Специальная одежда </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15301,51 +15123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одну штатную единицу специалиста автоматизации</w:t>
+на одну штатную единицу специалиста цифровизации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18415,51 +18237,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одного специалиста автоматизации/год</w:t>
+на одного специалиста цифровизации/год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18668,51 +18490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одного специалиста автоматизации/год</w:t>
+на одного специалиста цифровизации/год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20692,51 +20514,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-на одну штатную единицу специалиста автоматизации</w:t>
+на одну штатную единицу специалиста цифровизации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -42551,55 +42373,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>