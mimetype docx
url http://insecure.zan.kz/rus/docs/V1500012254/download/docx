--- v0 (2025-10-11)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b09a74b" w14:textId="b09a74b">
+    <w:p w14:paraId="323b1da" w14:textId="323b1da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -816,2608 +816,2892 @@
         <w:t>
       6. Департамент по вопросам своей компетенции в установленном законодательством Республики Казахстан порядке принимает решения, оформляемые приказами начальника Департамента.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности Департамента утверждаются Председателем КНБ в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkStart w:name="z168" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Департамент состоит из управлений, отделов, отделений, групп, образующих его структуру. В его состав входят следующие обособленные структурные подразделения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkStart w:name="z169" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аксуский городской отдел. Зона обслуживания – город Аксу, Майский район;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkStart w:name="z170" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Железинское районное отделение. Зона обслуживания – Железинский район и район Тереңкөл;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
-[...15 lines deleted...]
-      3) Управление в городе Экибастузе. Зона обслуживания – город Экибастуз, Экибастузская сельская зона и Баянаульский район;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Управление в городе Экибастузе. Зона обслуживания – город Экибастуз и Экибастузская сельская зона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkStart w:name="z172" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Иртышское районное отделение. Зона обслуживания – Иртышский и Актогайский районы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkStart w:name="z173" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Успенское районное отделение. Зона обслуживания – Успенский и Павлодарский районы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
-[...15 lines deleted...]
-      6) Шербактинское районное отделение. Зона обслуживания – Шербактинский район и район Аққулы.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Шербактинское районное отделение. Зона обслуживания – Шербактинский район и район Аққулы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkStart w:name="z175" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Баянаульское районное отделение. Зона обслуживания – Баянаульский район.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Председателя Комитета национальной безопасности РК от 17.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16/нс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: 140000, Республика Казахстан, Павлодарская область, город Павлодар, улица Академика Бектурова, 24.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полное наименование государственного органа – республиканское государственное учреждение "Департамент Комитета национальной безопасности Республики Казахстан по Павлодарской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее Положение является учредительным документом Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Департамента осуществляется из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департаменту запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Департаменту законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) участие в реализации государственной политики в области обеспечения безопасности личности, общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) добывание разведывательной информации в интересах Республики Казахстан в соответствии с Законом Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществление контрразведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выявление, предупреждение и пресечение террористической и иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) координация деятельности в сфере противодействия терроризму и экстремизму на территории Павлодарской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) выявление, пресечение, раскрытие и расследование уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) организация и проведение контрразведывательных, специальных оперативно-розыскных мероприятий по заданиям субъектов контрразведывательной, оперативно-розыскной деятельности, а также создание условий для обеспечения их проведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация и проведение в установленном законодательством Республики Казахстан порядке негласных следственных действий, а также создание условий для обеспечения их проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) реализация единой государственной политики в области защиты государственных секретов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать конспиративные объекты (предприятия и организации), а также использовать документы, зашифровывающие сотрудников, конфиденциальных помощников, ведомственную принадлежность подразделений, организаций, помещений и транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать обязательные для исполнения правовые акты в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном законодательством Республики Казахстан порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать консультативно-совещательные органы, экспертные комиссии, а также межведомственные рабочие группы по вопросам, относящимся к деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращаться в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить контрразведывательные мероприятия, общие и специальные оперативно-розыскные мероприятия, криминалистические, психолого-социологические и полиграфологические исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять оперативно-боевые мероприятия по пресечению противоправной деятельности в соответствии с разрабатываемыми специальными методиками, а также использовать специальные средства в соответствии с перечнем, утверждаемым Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять проникновение в специальные службы и организации иностранных государств, преступные группы, цели и действия которых направлены на подрыв безопасности государства, нарушение территориальной целостности Республики Казахстан, насильственное изменение конституционного строя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с субъектами внешней разведки Республики Казахстан при осуществлении разведывательной деятельности, в том числе с использованием радиоэлектронных и специальных технических средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельно или совместно с уполномоченными государственными органами решать вопросы о закрытии въезда в Республику Казахстан и выдворении за пределы Республики Казахстан иностранцев и лиц без гражданства, которые своими действиями создают угрозу или наносят ущерб безопасности общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при выявлении, пресечении, раскрытии и расследовании уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности, давать обязательные для исполнения поручения другим органам в пределах, предусмотренных уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вызывать в Департамент граждан по материалам, находящимся в производстве, получать от них объяснения, справки, документы и снимать с них копии, подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с законодательством Республики Казахстан проверять у граждан при обоснованном подозрении в совершении уголовных правонарушений документы, удостоверяющие их личность, производить задержание лиц, подозреваемых в совершении уголовных правонарушений, осуществлять проверку документов, личный досмотр задержанных и их транспортных средств, а также изъятие находящихся при них вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при участии в антитеррористической операции и обеспечении правового режима антитеррористической операции применять меры и временные ограничения, предусмотренные Законом Республики Казахстан "О противодействии терроризму";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать средства связи, транспортные средства, принадлежащие Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям, а также иным организациям, для предотвращения уголовных правонарушений, преследования и задержания лиц, совершивших или подозреваемых в совершении уголовных правонарушений, доставления задержанных лиц к месту их содержания, а также для проезда к месту происшествия и доставки нуждающихся в срочной медицинской помощи граждан в лечебные учреждения (организации). По требованию владельцев средств связи и транспортных средств Департамент возмещает в установленном законодательством Республики Казахстан порядке причиненный в результате этого фактический ущерб;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беспрепятственно входить на территорию и в помещения организаций, воинских формирований и частей, жилые и иные принадлежащие гражданам помещения, на принадлежащие им земельные участки в целях пресечения уголовных правонарушений, преследования лиц, подозреваемых в их совершении, если промедление может поставить под угрозу жизнь и здоровье граждан, нанести ущерб безопасности страны. О случаях насильственного вхождения в жилые и иные принадлежащие гражданам помещения Департамент уведомляет прокурора в течение двадцати четырех часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в государственные органы и организации обязательные для исполнения представления об устранении причин и условий, способствующих реализации угроз безопасности Республики Казахстан, совершению уголовных правонарушений, расследование которых отнесено законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять административное задержание лиц, совершивших правонарушения, связанные с попытками проникновения и проникновением на специально охраняемые территории особорежимных и иных объектов. Проверять документы, удостоверяющие их личность, получать от них объяснения, осуществлять их личный досмотр, досмотр и изъятие вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять контроль, оказывать методическую и практическую помощь по вопросам обеспечения сохранности государственных секретов, коммерческой, банковской и иной охраняемой законом тайны; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь вне места его нахождения иные обособленные структурные подразделения, выполняющие часть функций Департамента и не подлежащие учетной регистрации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договоры, соглашения (меморандумы) с организациями, издавать совместные приказы с государственными органами Республики Казахстан, необходимые для выполнения возложенных на Департамент задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пресекать использование на территории Республики Казахстан передающих радиоэлектронных средств, используемых с нарушением установленных правил или законодательства Республики Казахстан о защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать безвозмездно и с соблюдением установленных законодательными актами требований к разглашению сведений, составляющих коммерческую, банковскую и иную охраняемую законом тайну, от государственных органов и организаций информацию, необходимую для выполнения задач, возложенных на органы национальной безопасности, включая электронные информационные ресурсы, которые предоставляются из информационных систем государственных органов и организаций, в порядке, установленном совместными нормативными правовыми актами с указанными государственными органами, а с организациями – соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направлять в служебные командировки сотрудников и работников Департамента, в том числе за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять хранение и использование архивных оперативных, следственных и других материалов, относящихся к деятельности Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать на договорной основе служебные помещения, транспортные и иные технические средства Вооруженных Сил Республики Казахстан, других войск и воинских формирований, и иных организаций, а также помещения, транспортные средства и иное имущество физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять при входе (въезде) на объекты и помещения Департамента и при выходе (выезде) из них у физических лиц документы, удостоверяющие личность, досматривать находящиеся при них вещи (за исключением охраняемых и иных лиц, определенных законодательством Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контроль, организовывать проверки состояния работы по обеспечению режима секретности, сохранности государственных секретов, организации и ведения делопроизводства в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в целях зашифровки личности сотрудников Департамента, ведомственной принадлежности их подразделений, помещений и транспортных средств или личности граждан, оказывающих содействие органам национальной безопасности на конфиденциальной основе, использовать документы других государственных органов, а также организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и использовать средства специальной связи, вооружения и оснащения, включая специальные технические и иные средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать видеокамеры и иные виды электронного оборудования государственных органов и иных организаций в порядке, определенном совместными нормативными правовыми актами или соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в оборудованных местах хранить оружие, боеприпасы, специальные средства защиты и обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z74" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать и использовать оперативные учеты и информационные системы, обеспечивающие решение задач оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z161" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводить специальную проверку сотрудников Департамента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z162" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      привлекать граждан Республики Казахстан на добровольной основе в качестве внештатных оперативных сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z75" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z76" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z76" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять разведывательную деятельность в интересах Республики Казахстан в соответствии с Законом Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z77" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z77" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z78" w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z78" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, предупреждать и пресекать терроризм и иную деятельность, направленную на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z79" w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z79" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, пресекать, раскрывать и расследовать уголовные правонарушения, отнесенные законодательством к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z80" w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z80" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать содействие государственным органам в предупреждении и пресечении деятельности на территории Республики Казахстан незаконных военизированных формирований, политических партий и профессиональных союзов других государств, партий на религиозной основе, а также финансирование политических партий и профессиональных союзов иностранными юридическими лицами и гражданами, иностранными государствами и международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z81" w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z81" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать и осуществлять меры по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах, воинских формированиях, частях и организациях, а также контролировать их деятельность в указанной сфере. Проводить специальную проверку граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к информации, составляющей государственную и служебную тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z82" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z82" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке и осуществлении мер по обеспечению безопасности объектов оборонного комплекса, атомной энергетики, транспорта и связи, объектов жизнеобеспечения регионов и других стратегических объектов, перечень которых определяет Правительство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z83" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z83" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в соответствии с законодательством Республики Казахстан в решении вопросов, касающихся приема в гражданство Республики Казахстан и выхода из гражданства Республики Казахстан, выезда за границу граждан Республики Казахстан, въезда на территорию Республики Казахстан и выезда за ее пределы иностранцев и лиц без гражданства, а также режима их пребывания на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z84" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z84" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать во взаимодействии с другими компетентными органами меры по обеспечению безопасности представительств иностранных государств и международных организаций на территории Павлодарской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z85" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       участвовать по указанию Президента Республики Казахстан совместно с другими государственными органами в обеспечении безопасности глав государств, правительств зарубежных стран и руководителей международных организаций на период их пребывания в Республике Казахстан, а также проводимых на территории страны важных общественно-политических мероприятий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z86" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвовать в обеспечении безопасности Президента Республики Казахстан и других охраняемых лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z87" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести информационно-аналитическую работу в целях реализации возложенных на Департамент задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z88" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выявлять радиоизлучения передающих радиоэлектронных средств, работа которых представляет угрозу безопасности Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z89" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z89" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять меры по обеспечению собственной безопасности, в том числе по предотвращению технического проникновения к сведениям органов национальной безопасности, составляющим государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z90" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z90" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать необходимые меры по обеспечению конспирации при проведении разведывательной, контрразведывательной, оперативно-розыскной деятельности, реализации материалов, отражающих результаты этой деятельности, а также недопущению рассекречивания источников информации путем распорядительной деятельности Председателя КНБ или уполномоченного им должностного лица, обеспечивающей ограничение доступа к материалам оперативно-служебной деятельности до их облечения в гласную форму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z91" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z91" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать мобилизационную готовность личного состава Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z92" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводить обязательную специальную проверку граждан Республики Казахстан, впервые поступающих на государственную службу или вновь поступающих на государственную службу после ее прекращения, а также претендующих на занятие должности судьи, служащего Национального Банка Республики Казахстан и его ведомств, служащего уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, авиационного инспектора уполномоченной организации в сфере гражданской авиации, осуществляющего контрольные и надзорные функции в области авиационной безопасности, в случаях, пределах и порядке, которые установлены законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z93" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z94" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z94" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z95" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z96" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z96" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z181" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять психолого-социологическое обеспечение оперативно-служебной деятельности в Департаменте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z176" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять работу, направленную на патриотическое, нравственное и духовное воспитание кадрового состава и предупреждение правонарушений в Департаменте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z177" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вести учет объявленных предостережений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z178" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовывать и нести боевое дежурство в Департаменте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z179" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовывать и нести боевую службу в Департаменте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z180" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным приказом Председателя Комитета национальной безопасности РК от 17.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16/нс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z99" w:id="96"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z99" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация и обеспечение защиты сведений, составляющих государственные секреты в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z100" w:id="97"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z100" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) участие с согласия руководства КНБ и в пределах своих полномочий в работе международных, межгосударственных и иных организаций в соответствии с международными договорами Республики Казахстан, обеспечение взаимодействия и международное сотрудничество со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными структурами безопасности и правоохранительными организациями в сферах деятельности, относящихся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z101" w:id="98"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z101" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение государственных органов и организаций Республики Казахстан информацией, необходимой для принятия решений в сфере обеспечения национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z102" w:id="99"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z102" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разработка и реализация мер по противодействию терроризму и экстремизму, иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан, осуществление координации деятельности государственных органов в сферах противодействия терроризму и экстремизму, организация проведения антитеррористических операций на территории Павлодарской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z103" w:id="100"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z103" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) повышение уровня антитеррористической защищенности объектов, уязвимых в террористическом отношении, посредством информирования их руководителей о характере и специфике террористических угроз, разработки рекомендаций по противодействию терроризму и антитеррористической защите, проведения практических антитеррористических учений, тренировок и экспериментов на объектах, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z104" w:id="101"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z104" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление контроля за реализацией государственными органами и органами местного самоуправления комплекса мер по совершенствованию систем безопасности и готовности к нейтрализации террористических угроз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z105" w:id="102"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z105" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организация и непосредственное осуществление контрразведывательной, оперативно-розыскной и разведывательной деятельности, досудебного расследования в установленном законодательством Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z106" w:id="103"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z106" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) оказание содействия специальным государственным и правоохранительным органам, Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям в обеспечении общественной безопасности, законности, правопорядка, обороноспособности страны, решении иных поставленных перед ними задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z107" w:id="104"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z107" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) оказание содействия государственным органам и организациям в продвижении национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z108" w:id="105"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z108" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) участие в разработке и осуществлении с уполномоченными органами мер по локализации и нейтрализации внешних и внутренних факторов, создающих условия для проведения противником разведывательно-подрывных акций, в том числе в сфере противодействия транснациональным преступным сообществам, незаконной миграции, незаконному обороту оружия, боеприпасов, взрывчатых и отравляющих веществ, наркотических средств, психотропных веществ, их аналогов и прекурсоров, специальных технических средств и электронных устройств, предназначенных для негласного получения информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z109" w:id="106"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z109" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) оповещение населения об установлении, изменении или отмене уровня террористической опасности и сроке, на который он устанавливается, а также о границах территории, в пределах которой он устанавливается, объектах, уязвимых в террористическом отношении, объектах транспорта, подвергшихся террористической опасности, мерах, предпринимаемых компетентными государственными органами по ее устранению, действиях гражданского населения в кризисных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z110" w:id="107"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z110" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осуществление с государственными органами, а также иными организациями взаимодействия по вопросам, относящимся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z111" w:id="108"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z111" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) разработка и осуществление мер по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах и организациях, а также контроль их деятельности в указанной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z112" w:id="109"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z112" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) проведение специальной проверки граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к сведениям, составляющим государственные секреты, а также выдача разрешений организациям на деятельность, связанную с использованием сведений, составляющих государственные секреты, созданием средств защиты государственных секретов, проведением мероприятий и (или) оказанием услуг по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z113" w:id="110"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z113" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществление деятельности по противодействию техническим разведкам в отношении сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z114" w:id="111"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z114" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) контроль за осуществлением деятельности в сфере противодействия терроризму на территории Павлодарской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z115" w:id="112"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z115" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) принятие во взаимодействии с другими компетентными органами мер по обеспечению безопасности представительств иностранных государств и международных организаций на территории Павлодарской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z116" w:id="113"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z116" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) организация проведения обязательной специальной проверки граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств, в порядке и пределах, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z117" w:id="114"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z117" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) организация проведения обязательной специальной проверки иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z118" w:id="115"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z118" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) реализация мер по обеспечению защиты и зашифровки сотрудников, работников, конфиденциальных помощников, учреждений, помещений и транспортных средств органов национальной безопасности, а также их ведомственной принадлежности, в том числе за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z119" w:id="116"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z119" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) организация и проведение мероприятий по мобилизационной подготовке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z120" w:id="117"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z120" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) обеспечение безопасности лиц, подлежащих государственной защите в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z121" w:id="118"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z121" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществление анализа и прогнозирования террористических угроз на территории Павлодарской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z160" w:id="119"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z160" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-1) согласование перечня объектов, уязвимых в террористическом отношении, расположенных на территории Павлодарской области, разрабатываемый местным исполнительным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z122" w:id="120"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z122" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) организация боевого, технического, материального, кадрового, финансового, научного, информационного, правового, социально-бытового, военно-медицинского (медицинского) и других видов обеспечения Департамента, в том числе питание сотрудников и работников, капитальное строительство и реконструкция, ремонт зданий и сооружений, жилищное и казарменно-жилищное строительство, ремонт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z123" w:id="121"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z123" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организация архивного дела в Департаменте, создание и использование в этих целях информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z124" w:id="122"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z124" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) проведение психолого-социологических и психофизиологических исследований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z125" w:id="123"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z125" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) проведение полиграфологических исследований и осуществление учета их результатов в информационной системе в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z126" w:id="124"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z126" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) проведение военно-врачебной экспертизы, а также наркотестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z127" w:id="125"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z127" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) рассмотрение дел об административных правонарушениях и наложение административных взысканий в порядке, установленном Кодексом Республики Казахстан "Об административных правонарушениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z128" w:id="126"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z128" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) организация и обеспечение разведывательной, контрразведывательной и оперативно-розыскной деятельности, направленной на обеспечение пограничной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z129" w:id="127"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z129" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) участие в работе призывных комиссий на период проведения призыва граждан на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z130" w:id="128"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z130" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) на основе представленных местными органами военного управления сводных данных осуществление мониторинга и отбора призывного контингента для нужд Пограничной службы КНБ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z131" w:id="129"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z131" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) выявление, предупреждение и пресечение чрезвычайных ситуаций социального характера, вызванных массовым переходом Государственной границы Республики Казахстан с территорий сопредельных государств; попытками насильственного изменения конституционного строя Республики Казахстан; актами терроризма; действиями, направленными на насильственный захват власти или насильственное удержание власти в нарушение Конституции Республики Казахстан; диверсиями; вооруженным мятежом, а также осуществление иных действий, предусмотренных Законом Республики Казахстан "О чрезвычайном положении";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z132" w:id="130"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z132" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) обеспечение правопорядка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z133" w:id="131"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z133" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) организация и осуществление работы по развитию и расширению сферы употребления государственного языка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z134" w:id="132"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z134" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) осуществление взаимодействия с дежурными службами заинтересованных государственных органов в целях своевременного получения информации о событиях и фактах, затрагивающих интересы национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z135" w:id="133"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z135" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) организация технического обеспечения контрразведывательных, оперативно-розыскных мероприятий и следственных действий, проводимых органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z136" w:id="134"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z136" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) координация и контроль работы по обеспечению режима секретности в государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z137" w:id="135"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z137" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) координация и контроль деятельности органов защиты государственных секретов в интересах разработки и выполнения правовых актов и методических рекомендаций по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z138" w:id="136"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z138" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) контроль исполнения на территории Павлодарской области системы правовых, административных, экономических, технических, программных и криптографических мер по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z139" w:id="137"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z139" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) осуществление мероприятий по киберзащите информации, коммуникаций и стратегических объектов инфраструктуры государства в киберпространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z140" w:id="138"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z140" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) оказание практической и методической помощи государственным органам и организациям по вопросам защиты сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z141" w:id="139"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z141" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) техническое осуществление контрразведывательных, специальных оперативно-розыскных мероприятий, связанных с использованием сети связи в интересах решения задач всеми органами, осуществляющими контрразведывательную, оперативно-розыскную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z142" w:id="140"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z142" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) обеспечение охраны зданий, объектов, а также пропускного и внутриобъектового режимов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3436,438 +3720,438 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="141"/>
+    <w:bookmarkStart w:name="z143" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия начальника Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z144" w:id="142"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z144" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Департамента осуществляется начальником, который несет персональную ответственность за выполнение возложенных на Департамент задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z145" w:id="143"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z145" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Начальник Департамента назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z146" w:id="144"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z146" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Начальник Департамента имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z147" w:id="145"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z147" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия начальника Департамента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z148" w:id="146"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z148" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        1) определяет полномочия своих заместителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z149" w:id="147"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z149" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        2) определяет полномочия руководителей структурных подразделений, входящих в состав Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z150" w:id="148"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z150" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        3) утверждает должностные инструкции сотрудников и работников Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z151" w:id="149"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z151" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        4) осуществляет иные полномочия в соответствии с нормативными правовыми и правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z152" w:id="150"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z152" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий начальника Департамента в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z153" w:id="151"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z153" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Начальник Департамента представляет руководству КНБ предложения по структуре и штатному расписанию Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z154" w:id="152"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z154" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z155" w:id="153"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z155" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Департамент может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Департамента формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z156" w:id="154"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z156" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Департаментом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z157" w:id="155"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z157" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Департамент не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z158" w:id="156"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z158" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z159" w:id="157"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z159" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Департамента осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>