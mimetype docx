--- v0 (2025-11-20)
+++ v1 (2026-03-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aad399c" w14:textId="aad399c">
+    <w:p w14:paraId="99ebe57" w14:textId="99ebe57">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2379,668 +2379,650 @@
         <w:t>
       9) размер гарантии – 85 (восемьдесят пять) % от суммы основного долга;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z739" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) комиссия за гарантирование составляет не более 10 (десять) % от суммы гарантии, при этом осуществляется единовременное субсидирование не более 9,99 (девять целых девяносто девять сотых) % от суммы гарантии и заемщиком оплачивается 0,01 (ноль целых одна сотая) % от суммы гарантии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z740" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) конечный заемщик принимает обязательства по страхованию посевных площадей, по которому одобрено выделение кредитных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Условие, указанное в части первой настоящего подпункта, действует при наличии бюджетных средств на субсидирование страховых премий в рамках </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> субсидирования страховых премий, утвержденных приказом Министра сельского хозяйства Республики Казахстан от 19 мая 2020 года № 172 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 20673), и действующего страхового лимита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z725" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гарант применяет метод портфельного гарантирования по кредитным договорам на проведение весенне-полевых и/или уборочных работ с заключением с кредитором соглашения о портфельном гарантировании и в соответствии с условиями настоящих Правил устанавливает в соглашении максимальную сумму кредита и гарантии на заемщика на основании внутренних документов гаранта. При применении метода портфельного гарантирования по кредитам на проведение весенне-полевых и/или уборочных работ кредитные договоры оформляются как самостоятельные кредитные договоры, в том числе в рамках соглашения об открытии кредитной линии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z726" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если кредитором по кредитному договору выступает кредитное товарищество или социально-предпринимательская корпорация, профинансированные за счет средств дочерней организации с целью дальнейшего финансирования заемщиков, соглашение о портфельном гарантировании заключается между гарантом, дочерней организацией и кредитным товариществом или социально-предпринимательской корпорацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z727" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кредитор самостоятельно, в соответствии с процедурой, установленной внутренними документами кредитора, рассматривает заявление заемщика на финансирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z728" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае принятия кредитором положительного решения о предоставлении кредита на проведение весенне-полевых и/или уборочных работ с гарантией гаранта, кредитор в течение 5 (пяти) рабочих дней со дня подписания кредитного договора предоставляет гаранту копию кредитного договора, решения уполномоченного органа кредитора о финансировании, документ об оплате части комиссии по гарантии в соответствии с настоящими Правилами, на основании которых гарант в течение 2 (двух) рабочих дней оформляет гарантийное обязательство и направляет кредитору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z729" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок выставления требования по гарантии и его исполнение гарантом по гарантийным обязательствам производятся гарантом в соответствии с соглашением о портфельном гарантировании с соблюдением требований, установленных настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 3-1 в соответствии с приказом Министра сельского хозяйства РК от 15.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11) Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); в редакции приказа Министра сельского хозяйства РК от 24.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными приказами Министра сельского хозяйства РК от 09.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 396</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования); от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...266 lines deleted...]
-    <w:bookmarkStart w:name="z759" w:id="64"/>
+    </w:p>
+    <w:bookmarkStart w:name="z759" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-2. Субсидирование части комиссии по гарантии осуществляется по видам деятельности согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и по кредитным договорам, соответствующим следующим условиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z760" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z760" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выдаваемые кредиторами на пополнение оборотных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z761" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z761" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) срок кредита – не более 18 (восемнадцати) месяцев, с возможностью пролонгации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z762" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z762" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ставка вознаграждения или ставка доходности, применяемая к финансированию на исламских принципах, в размере не более базовой ставки вознаграждения, установленной Национальным Банком Республики Казахстан с увеличением на 7,5 (семь целых пять десятых) % годовых;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z763" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z763" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) валюта кредита – тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z764" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z764" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) погашение кредита – осуществление платежей в соответствии с условиями кредитного договора; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z765" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z765" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) максимальная сумма кредита определяется гарантом на основании внутренних документов гаранта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z766" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z766" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) срок гарантии – срок, превышающий на 4 (четыре) месяца срока кредитного договора, с возможностью пролонгации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z767" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z767" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) размер гарантии – до 85 (восьмидесяти пяти) % (включительно) от суммы основного долга; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z768" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z768" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) комиссия за гарантирование составляет не более 10 (десять) % от суммы гарантии, при этом осуществляется единовременное субсидирование в размере 9,99 (девять целых девяносто девять сотых) % от суммы гарантии и заемщиком оплачивается 0,01 (ноль целых одна сотая) % от суммы гарантии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z769" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z769" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гарант применяет метод портфельного гарантирования по кредитным договорам на пополнение оборотных средств с заключением с кредитором соглашения о портфельном гарантировании и в соответствии с условиями настоящих Правил устанавливает в соглашении максимальную сумму кредита и гарантии на заемщика на основании внутренних документов гаранта. При применении метода портфельного гарантирования по кредитам на пополнение оборотных средств кредитные договоры оформляются как самостоятельные кредитные договоры, в том числе в рамках соглашения об открытии кредитной линии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z770" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z770" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Кредитор самостоятельно, в соответствии с процедурой, установленной внутренними документами кредитора, рассматривает заявление заемщика на финансирование. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z771" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z771" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае принятия кредитором положительного решения о предоставлении кредита на пополнение оборотных средств с гарантией гаранта, кредитор в течение 5 (пяти) рабочих дней со дня подписания кредитного договора предоставляет гаранту копию кредитного договора, решения уполномоченного органа кредитора о финансировании, документ об оплате части комиссии по гарантии в соответствии с настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z772" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z772" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок выставления требования по гарантии и его исполнение гарантом по гарантийным обязательствам производятся гарантом в соответствии с соглашением о портфельном гарантировании с соблюдением требований, установленных настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3079,70 +3061,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="78"/>
+    <w:bookmarkStart w:name="z45" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Размер гарантии – до 50 (пятидесяти) % (включительно) от суммы основного долга, но не более 1 500 000 000 (одного миллиарда пятисот миллионов) тенге, за исключением пункта 5 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3161,150 +3143,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="79"/>
+    <w:bookmarkStart w:name="z46" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Размер гарантии по приоритетным инвестиционным проектам до ввода проекта в эксплуатацию составляет до 85 (восьмидесяти пяти) % (включительно) от суммы основного долга, но не более 2 550 000 000 (двух миллиардов пятисот пятидесяти миллионов) тенге. После ввода в эксплуатацию проекта и представления заемщиком его в залог кредитору размер гарантии снижается до размеров согласно пункту 4 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z388" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z388" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень приоритетных инвестиционных проектов определен согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z389" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z389" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Вводом проекта в эксплуатацию считается регистрация в уполномоченном органе акта ввода в эксплуатацию зданий и сооружений по проекту и (или) регистрации в уполномоченном органе техники и (или) подписание акта приема передачи оборудований и (или) биологических активов, стоимость которых составляет не менее 50 (пятидесяти) % от стоимости проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z390" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z390" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гарант применяет метод портфельного гарантирования с заключением двухстороннего рамочного соглашения и установлением максимальной суммы гарантии. Выбор кредитора осуществляется гарантом самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3323,90 +3305,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z644" w:id="83"/>
+    <w:bookmarkStart w:name="z644" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Если в течение 120 (ста двадцати) календарных дней с даты неисполнения/ненадлежащего исполнения заемщиком обязательств по погашению суммы основного долга по кредитному договору заемщик не исполнил/исполнил ненадлежащим образом обязательства по погашению суммы основного долга по кредитному договору, кредитору допускается предъявлять требование к гаранту. По кредитным договорам, указанным в пунктах 3-1 и 3-2 настоящих Правил, в рамках гарантирования на проведение весенне-полевых и/или уборочных работ, на пополнение оборотных средств требование к гаранту предъявляется по истечении 90 (девяносто) календарных дней с даты неисполнения/ненадлежащего исполнения заемщиком обязательств по погашению суммы основного долга по кредитному договору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z773" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z773" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кредитор предоставляет реструктуризацию по займам заемщиков в соответствии с требованиями действующих внутренних документов кредитора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3445,90 +3427,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z646" w:id="85"/>
+    <w:bookmarkStart w:name="z646" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-2. Гарант оплачивает гарантии по кредитным договорам в течение 20 (двадцати) рабочих дней с момента получения требования, а по кредитным договорам, указанным в пунктах 3-1 и 3-2 настоящих Правил, в рамках гарантирования на проведение весенне-полевых и/или уборочных работ, на пополнение оборотных средств – в течение 10 (десяти) рабочих дней с момента получения требования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z824" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z824" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, в случае, если кредиторами по кредитным договорам выступают кредитные товарищества или социально-предпринимательские корпорации, профинансированные за счет средств дочерних организаций с целью дальнейшего финансирования заемщиков, выплата по гарантии производится гарантом в пользу дочерних организаций, за исключением случаев, если обязательства по кредитному договору будут погашены перед дочерними организациями кредитными товариществами или социально-предпринимательскими корпорациями. В таких случаях выплата по гарантии производится гарантом в пользу кредитных товариществ или социально-предпринимательских корпораций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3567,90 +3549,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z648" w:id="87"/>
+    <w:bookmarkStart w:name="z648" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-3. При выявлении фактов нецелевого использования кредита, гарант принимает решение о снижении суммы гарантии пропорционально сумме кредита, использованного по нецелевому назначению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z649" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z649" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае полного нецелевого использования кредита, гарант прекращает гарантию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3689,70 +3671,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="89"/>
+    <w:bookmarkStart w:name="z49" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Комиссия за гарантирование по кредитным договорам, указанным в пункте 3 настоящих Правил, составляет не более 20 (двадцати) % от суммы гарантии, при этом осуществляется единовременное субсидирование в размере 19,99 (девятнадцать целых девяносто девять сотых) % от суммы гарантии и заемщиком оплачивается 0,01 (ноль целых одна сотая) % от суммы гарантии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3771,130 +3753,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="90"/>
+    <w:bookmarkStart w:name="z50" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Субсидирование части комиссии по страховой премии осуществляется по договорам займа, соответствующим следующим условиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z391" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z391" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ставка вознаграждения или ставка доходности, применяемая к финансированию на исламских принципах в размере не более 17 (семнадцати) % годовых в тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z392" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z392" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) с максимальной суммой не более 1 500 000 000 (один миллиард пятьсот миллионов) тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z393" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z393" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) целевым назначением является приобретение основных средств, строительство, пополнение оборотных средств, приобретение сельскохозяйственных животных, техники и технологического оборудования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3913,200 +3895,200 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="94"/>
+    <w:bookmarkStart w:name="z51" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8. Страховая сумма составляет не более 50 (пятидесяти) % от суммы основного долга по кредиту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z55" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z55" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Страховая премия составляет не более 30 (тридцать) % от страховой суммы, при этом осуществляется единовременное субсидирование не более 50 (пятидесяти) % от страховой премии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z56" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z56" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Право требования кредитора по договору страхования наступает во второй очереди погашения займа. Если размер непогашенной/просроченной части займа не превышает 50 (пятидесяти) % от суммы выданного займа, договор страхования не предусматривает осуществление страховой выплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z57" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z57" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В случае, если размер непогашенной/просроченной части займа превышает 50 (пятидесяти) % от суммы выданного займа, страховая организация осуществляет страховую выплату в размере, не превышающем разницу между 50 (пятьюдесятью) % от выданного займа и размером непогашенной/просроченной части.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z58" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z58" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В случае расторжения договора субсидирования до окончания срока договора страхования, повторное заключение договора субсидирования не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z59" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z59" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Субсидированию не подлежат договора страхования, заключенные ранее, чем за 30 (тридцати) рабочих дней до подачи предложения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z60" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z60" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. МИО по вопросам сельского хозяйства (услугодатель)/уполномоченный орган (услугодатель) в течение 3 (трех) рабочих дней после утверждения индивидуального помесячного плана финансирования по субсидированию в рамках гарантирования и страхования займов субъектов агропромышленного комплекса (далее – План финансирования)/ индивидуального помесячного плана финансирования по субсидированию в рамках гарантирования займов субъектов агропромышленного комплекса (далее – План финансирования) размещает его на веб-портале.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4125,111 +4107,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="101"/>
+    <w:bookmarkStart w:name="z61" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 2. Условия получения субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z62" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z62" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15. Субсидии по гарантированию выплачиваются при соблюдении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z591" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z591" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) подачи гарантом, после заключения договора гарантии или при применении метода портфельного гарантировании, заявки на получение субсидии по гарантированию по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4264,91 +4246,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и заявки на получение субсидии по гарантированию на пополнение оборотных средств по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в электронном виде посредством взаимодействия веб-портала "электронного правительства" с ГИСС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z592" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z592" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) регистрации заявки на получение субсидии по гарантированию в ГИСС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z593" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z593" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличии в ГИСС лицевого счета у гаранта, данные которых подтверждены в результате информационного взаимодействия ГИСС с государственными базами данных "Юридические лица" или "Физические лица".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4427,200 +4409,200 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="106"/>
+    <w:bookmarkStart w:name="z66" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16. Субсидии по страхованию выплачиваются при соблюдении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z595" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z595" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) подачи страховой организацией заявки на субсидирование по страхованию по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в электронном виде посредством взаимодействия веб-портала "электронного правительства" с ГИСС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z596" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z596" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) регистрации заявки на субсидирование по страхованию в ГИСС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z597" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z597" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличии в ГИСС лицевого счета заемщика и страховой организации, данные которых подтверждены в результате информационного взаимодействия ГИСС с государственными базами данных "Юридические лица" или "Физические лица";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z598" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z598" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) наличии на веб-портале по поданной заявке на субсидирование по страхованию действительного (не расторгнутого и не прекращенного) договора субсидирования в рамках страхования займов субъектов агропромышленного комплекса, заключенного по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4639,140 +4621,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="111"/>
+    <w:bookmarkStart w:name="z71" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17. Перечень основных требований к оказанию государственной услуги "Субсидирование в рамках гарантирования и страхования займов субъектов агропромышленного комплекса" изложен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z600" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z600" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информационное взаимодействие веб-портала и ГИСС осуществляется согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4791,140 +4773,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="113"/>
+    <w:bookmarkStart w:name="z73" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18. В случае сбоя ГИСС, содержащей необходимые сведения для выдачи субсидий, МИО по вопросам сельского хозяйства (услугодатель) незамедлительно уведомляет уполномоченный орган (услугодателя) о возникшей ситуации, которое приступает к ее устранению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z650" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z650" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, после проведения работ по устранению возникшего сбоя уполномоченный орган (услугодатель) в течение 3 (трех) рабочих дней составляет протокол о технической проблеме и размещает его в ГИСС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z651" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z651" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       МИО по вопросам сельского хозяйства (услугодатель)/уполномоченный орган (услугодателя) обеспечивает внесение данных о стадии получения субсидий в информационную систему мониторинга оказания государственных услуг согласно подпункту 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о государственных услугах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4943,200 +4925,200 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="116"/>
+    <w:bookmarkStart w:name="z76" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 3. Порядок выплаты субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z77" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z77" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Параграф 1. Порядок выплаты субсидий по гарантированию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z78" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z78" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19. Для предоставления доступа к данным реестра через веб-портал (далее – личный кабинет):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z652" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z652" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) гарант получает ЭЦП, для самостоятельной регистрации в ГИСС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z653" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z653" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) гарант ежегодно направляет в уполномоченный орган (услугодатель) актуализированные списки работников, обладающих ЭЦП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z654" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z654" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МИО по вопросам сельского хозяйства (услугодатель) ежегодно до 20 января направляет в уполномоченный орган (услугодатель) актуализированные списки работников, обладающих ЭЦП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5155,151 +5137,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="122"/>
+    <w:bookmarkStart w:name="z83" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Для регистрации в личном кабинете гарантом указываются следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z84" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z84" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бизнес-идентификационный номер, полное наименование; фамилия, имя и отчество (при его наличии) и индивидуальный идентификационный номер первого руководителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z85" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z85" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) контактные данные (почтовый адрес, телефон, адрес электронной почты);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z86" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z86" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) реквизиты текущего счета банка второго уровня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z87" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z87" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При изменении вышеуказанных данных, гарант в течение 1 (одного) рабочего дня изменяет данные лицевого счета, внесенные в личный кабинет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z88" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z88" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5344,291 +5326,291 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам/предварительной заявки на получение субсидии по гарантированию на пополнение оборотных средств по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам производится в личном кабинете по одному из следующих порядков:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z826" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z826" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при поступлении заявки от заемщика к кредитору на получение кредита (с намерением дальнейшего обращения к гаранту с заявкой на гарантирование) кредитор информирует гаранта с приложением документов, необходимых для гарантирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z827" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z827" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для рассмотрения вопроса о предоставлении гарантии кредитор предоставляет гаранту документы по перечню, определенному внутренними нормативными документами кредитора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z828" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z828" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гарант после получения документов от кредитора и заявления от заемщика в течение 5 (пять) рабочих дней по кредитам не более 750 000 000 (семисот пятидесяти миллионов) тенге и 10 (десять) рабочих дней по кредитам более 750 000 000 (семисот пятидесяти миллионов) тенге рассматривает их и выносит проект на рассмотрение уполномоченного органа гаранта для принятия решения о предоставлении/непредоставлении гарантии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z829" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z829" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае установления неполноты представленных сведений и (или) документов, гарант в течение 3 (трех) рабочих дней возвращает кредитору/заемщику представленные документы с указанием конкретных недостатков по представленным документам для доработки. При этом, общий срок рассмотрения заявки приостанавливается и возобновляется со дня получения полного пакета документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z830" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z830" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае несоответствия предпринимателя и (или) представленных материалов условиям настоящих Правил и (или) требованиям гаранта, утвержденным его уполномоченным органом, гарант направляет мотивированный отказ с указанием конкретных причин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z831" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z831" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отказ гаранта в предоставлении гарантии допускается в случае несоответствия проекта условиям настоящих Правил, а также несоответствия заемщиков требованиям к заемщикам, установленным решением кредитора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z832" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z832" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При принятии гарантом положительного решения о предоставлении гарантии, формируется в ГИСС предварительная заявка на получение субсидии по гарантированию/предварительная заявка на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/предварительная заявка на получение субсидии по гарантированию на пополнение оборотных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z833" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z833" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при поступлении заявки от заемщика напрямую к гаранту на получение гарантии с приложением документов по перечню, определенному внутренними нормативными документами гаранта, последний рассматривает вопрос о предоставлении гарантии в пользу кредитора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z834" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z834" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гарант после получения заявления и документов от заемщика рассматривает и принимает по ним решение в порядке и сроки, установленные подпунктом 1) настоящего пункта настоящих Правил. При принятии гарантом положительного решения о предоставлении гарантии, формируется в ГИСС предварительная заявка на получение субсидии по гарантированию/предварительная заявка на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/предварительная заявка на получение субсидии по гарантированию на пополнение оборотных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z835" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z835" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) предварительная заявка на получение субсидии по гарантированию/предварительная заявка на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/предварительная заявка на получение субсидии по гарантированию на пополнение оборотных средств регистрируется в ГИСС путем ее подписания гарантом с использованием ЭЦП и становится доступной в личном кабинете МИО по вопросам сельского хозяйства (услугодателя)/уполномоченного органа (услугодателя). На электронный адрес МИО по вопросам сельского хозяйства (услугодателя)/уполномоченного органа (услугодателя) направляется электронное извещение о поступлении на рассмотрение предварительной заявки на получение субсидии по гарантированию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z836" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z836" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После заключения договора гарантии, гарант отзывает предварительную заявку на получение субсидии по гарантированию/ предварительную заявку на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/предварительную заявку на получение субсидии по гарантированию на пополнение оборотных средств и подает заявку на получение субсидии по гарантированию/заявку на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/заявку на получение субсидии по гарантированию на пополнение оборотных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z837" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z837" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При применении метода портфельного гарантирования по кредитам на проведение весенне-полевых и/или уборочных работ или пополнение оборотных средств предварительная заявка на получение субсидии по гарантированию не представляется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5647,51 +5629,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="140"/>
+    <w:bookmarkStart w:name="z92" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5736,91 +5718,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам/заявки на получение субсидии по гарантированию на пополнение оборотных средств по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, производится в личном кабинете в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z788" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z788" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формируется заявка на получение субсидии по гарантированию/заявка на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/заявка на получение субсидии по гарантированию на пополнение оборотных средств с внесением в нее сведений, необходимых для проверки ГИСС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z789" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z789" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заявка на получение субсидии по гарантированию/заявка на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/заявки на получение субсидии по гарантированию на пополнение оборотных средств регистрируется в ГИСС путем ее подписания гарантом с использованием ЭЦП и становится доступной в личном кабинете МИО по вопросам сельского хозяйства (услугодателя)/уполномоченного органа (услугодателя). На электронный адрес МИО по вопросам сельского хозяйства (услугодателя)/уполномоченного органа (услугодателя) направляется электронное извещение о поступлении на рассмотрение заявки на получение субсидии по гарантированию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5839,100 +5821,100 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="143"/>
+    <w:bookmarkStart w:name="z95" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">23. МИО по вопросам сельского хозяйства (услугодатель)/уполномоченный орган (услугодатель) в течение 1 (одного) рабочего дня с момента регистрации заявки на получение субсидии по гарантированию/заявки на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/заявки на получение субсидии по гарантированию на пополнение оборотных средств подтверждает ее принятие путем подписания ЭЦП соответствующего уведомления. Уведомление о подтверждении заявки на субсидирование направляется в форме электронного документа в личный кабинет гаранта в ГИСС. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z791" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z791" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если до момента формирования МИО по вопросам сельского хозяйства (услугодателем)/уполномоченным органом (услугодателем) счетов к оплате выявлено наличие несоответствия данных в зарегистрированной заявке на получение субсидии по гарантированию/заявке на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/заявке на получение субсидии по гарантированию на пополнение оборотных средств, гарант отзывает заявку на получение субсидии по гарантированию/заявку на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/заявку на получение субсидии по гарантированию на пополнение оборотных средств с указанием причины отзыва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5951,81 +5933,81 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="145"/>
+    <w:bookmarkStart w:name="z97" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24. МИО по вопросам сельского хозяйства (услугодатель)/уполномоченный орган (услугодатель) в течение 2 (двух) рабочих дней с момента подачи заявки на субсидирование по гарантированию/ заявки на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ/заявки на получение субсидии по гарантированию на пополнение оборотных средств осуществляет проверку ее соответствия требованиям, установленным настоящими Правилами, и по итогам проверки в соответствии с Планом финансирования формирует в ГИСС счета к оплате на выплату субсидии по гарантированию, загружаемые в информационную систему "Казначейство-Клиент".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z793" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z793" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       МИО по вопросам сельского хозяйства (услугодатель)/уполномоченный орган (услугодатель) в течение срока, указанного в части первой настоящего пункта, готовит уведомление о перечислении субсидии по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6040,71 +6022,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – уведомление о перечислении субсидии), либо уведомление об отказе в оказании государственной услуги по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в случаях и по основаниям, предусмотренных пунктом 9 Перечня (далее – уведомление об отказе в оказании государственной услуги).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z794" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z794" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о перечислении субсидии либо уведомление об отказе в оказании государственной услуги направляется в форме электронного документа на адрес электронной почты, указанный гарантом при регистрации в ГИСС, а также в личный кабинет гаранта в ГИСС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6123,51 +6105,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="148"/>
+    <w:bookmarkStart w:name="z98" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6192,91 +6174,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, гарант приостанавливает гарантирование проектов до получения дополнительных бюджетных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z743" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z743" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом по проектам на проведение весенне-полевых и/или уборочных работ в случае образования недостатка/отсутствия бюджетных средств для гарантирования проектов гарант продолжает осуществлять гарантирование, в том числе путем заключения договоров гарантии, с учетом последующего возмещения средств из бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z744" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z744" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При невозмещении или неполном возмещении средств из бюджета до конца финансового года, в котором были предоставлены гарантии, гарант приостанавливает предоставление гарантий и заключение соответствующих договоров до осуществления полного расчета по оплате гаранту комиссии за выданные гарантии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6295,90 +6277,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z396" w:id="151"/>
+    <w:bookmarkStart w:name="z396" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25-1. МИО по вопросам сельского хозяйства (услугодатель), гарант ежеквартально, не позднее 15 (пятнадцатого) числа месяца, следующего за отчетным кварталом, а также ежегодно, не позднее 20 (двадцатого) числа месяца, следующего за отчетным годом, представляют в уполномоченный орган (услугодателю) отчет о фактическом использовании субсидий по гарантированию займов по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 9-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6417,470 +6399,470 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="152"/>
+    <w:bookmarkStart w:name="z102" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Субсидирование прекращается в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z103" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z103" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ареста счетов гаранта по решению суда, вступившему в законную силу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z104" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z104" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) письменного заявления гаранта об отказе в получении субсидии по гарантированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z105" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z105" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) расторжения договора гарантии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z106" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z106" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Параграф 2. Порядок выплаты субсидий по страхованию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z107" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z107" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Субсидирование по страхованию включает в себя следующие процессы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z108" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z108" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) прием предложения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z109" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z109" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заключение договора субсидирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z110" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z110" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) формирование графика субсидирования заемщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z111" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z111" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подача заявки на субсидирование по страхованию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z112" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z112" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) выплата субсидии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z113" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z113" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) изменение договора субсидирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z114" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z114" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) прекращение договора субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z115" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z115" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28. Для открытия лицевого счета в ГИСС заемщику и страховой организации необходимо иметь ЭЦП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z621" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z621" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для регистрации при открытии лицевых счетов заемщиком и страховой организацией указываются следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z622" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z622" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для физических лиц и индивидуальных предпринимателей: индивидуальный идентификационный номер, фамилия, имя и отчество (при его наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z623" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z623" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для юридических лиц и индивидуальных предпринимателей в форме совместного предпринимательства: бизнес идентификационный номер, полное наименование; фамилия, имя и отчество (при его наличии) и индивидуальный идентификационный номер первого руководителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z624" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z624" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) контактные данные (почтовый адрес, телефон, адрес электронной почты);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z625" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z625" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) реквизиты текущего счета банка второго уровня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z626" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z626" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При изменении вышеуказанных данных, заемщик и страховая организация в течение 1 (одного) рабочего дня изменяют данные лицевого счета, внесенные в личный кабинет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6899,220 +6881,220 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="172"/>
+    <w:bookmarkStart w:name="z122" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Прием предложений по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам осуществляется с 1 февраля соответствующего года посредством веб-портала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z123" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z123" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Предложение подается заемщиком и подтверждается ЭЦП страховой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z124" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z124" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31. Ответственный исполнитель МИО по вопросам сельского хозяйства (услугодателя) в течение 2 (двух) рабочих дней с даты получения предложения осуществляет на веб-портале следующие действия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z628" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z628" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) регистрацию предложения в ГИСС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z629" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z629" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) проверку соответствия предложения условиям субсидирования, установленным настоящими Правилами, в том числе проверку соответствия условий договора страхования требованиям к договорам страхования, установленным согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z630" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z630" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принятие и оформление решения по предложению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7131,320 +7113,320 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="178"/>
+    <w:bookmarkStart w:name="z128" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Решение МИО по вопросам сельского хозяйства (услугодателя) по предложению включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z129" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z129" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование и местонахождение страховой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z130" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z130" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование и местонахождение заемщика, по заявке которого принято решение о заключении/отказе от заключения договора субсидирования, и в случае отказа, перечень причин такого отказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z131" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z131" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сумма кредита (займа);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z132" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z132" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ставка вознаграждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z133" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z133" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) срок кредитования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z134" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z134" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) целевое назначение кредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z135" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z135" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) страховая сумма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z136" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z136" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) срок страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z137" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z137" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) срок субсидирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z138" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z138" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) сумма субсидии к выплате в текущем году.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z139" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z139" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33. Решение по предложению подписывается ЭЦП первого руководителя МИО по вопросам сельского хозяйства (услугодателя), либо лица, его замещающего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z632" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z632" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение по предложению направляется в личный кабинет заемщика и страховой организации в ГИСС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7463,300 +7445,300 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="191"/>
+    <w:bookmarkStart w:name="z141" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Договор субсидирования заключается в электронной форме на веб-портале на основании решения по предложению между заемщиком, страховой организацией и МИО по вопросам сельского хозяйства (услугодателем) в течение 3 (трех) рабочих дней с даты получения заемщиком, страховой организацией уведомления МИО по вопросам сельского хозяйства (услугодателя) о положительном решении по предложению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z142" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z142" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. В случае не подписания договора субсидирования заемщиком, страховой организацией или МИО по вопросам сельского хозяйства (услугодателем), в течение 10 (десяти) рабочих дней со дня принятия решения по предложению, ранее принятое решение МИО по вопросам сельского хозяйства (услугодателя) по предложению отменяется. Формирование повторного предложения осуществляется в соответствии с требованиями настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z143" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z143" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Договор субсидирования предусматривает его расторжение в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z144" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z144" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) письменное заявление заемщика или страховой организации об отказе в получении субсидий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z145" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z145" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) полное погашение заемщиком обязательств перед кредитором по договору займа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z146" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z146" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) неисполнение заемщиком обязательств перед страховой организацией по оплате несубсидируемой части страховой премии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z147" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z147" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) расторжение или прекращение договора страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z148" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z148" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Страховая организация в течение 14 (четырнадцати) рабочих дней после подписания договора субсидирования формирует на веб-портале график субсидирования заемщика по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписываемый ЭЦП страховой организацией и МИО по вопросам сельского хозяйства (услугодателем).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z149" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z149" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38. Заявка на субсидирование по страхованию подается страховой организацией начиная с 1 февраля соответствующего года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z658" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z658" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответственный исполнитель МИО по вопросам сельского хозяйства (услугодателя) в течение 1 (одного) рабочего дня с момента получения заявки на субсидирование по страхованию подтверждает ее принятие путем подписания ЭЦП соответствующего уведомления. Уведомление о подтверждении заявки на субсидирование направляется в форме электронного документа в личный кабинет страховой организации в ГИСС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z659" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z659" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если до момента формирования МИО по вопросам сельского хозяйства (услугодателем) счетов к оплате выявлено наличие несоответствия данных в зарегистрированной заявке на субсидирование по страхованию, страховая организация отзывает заявку на субсидирование по страхованию с указанием причины отзыва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7775,120 +7757,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="202"/>
+    <w:bookmarkStart w:name="z152" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39. Ответственный исполнитель МИО по вопросам сельского хозяйства (услугодателя) в течение 2 (двух) рабочих дней с момента подачи заявки на субсидирование по страхованию осуществляет проверку ее соответствия требованиям, установленным настоящими Правилами, и по итогам проверки в соответствии с Планом финансирования формирует в ГИСС счета к оплате на выплату субсидий, загружаемые в информационную систему "Казначейство-Клиент" для перечисления субсидии по страховой премии на банковский счет страховой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z637" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z637" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Ответственный исполнитель МИО по вопросам сельского хозяйства (услугодателя) в течение срока, указанного в части первой настоящего пункта, готовит уведомление о перечислении субсидии, либо уведомление об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z638" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z638" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о перечислении субсидии либо уведомление об отказе в оказании государственной услуги направляется в форме электронного документа на адрес электронной почты, указанный страховой организацией при регистрации в ГИСС, а также в личный кабинет гаранта в ГИСС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7907,100 +7889,100 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="205"/>
+    <w:bookmarkStart w:name="z153" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>40. По заявкам на получение субсидии по страхованию, в которых объем субсидий превышает объем бюджетных средств, предусмотренных в Плане финансирования на соответствующий месяц, выплата субсидий осуществляется в следующем месяце в порядке очередности с момента подачи заявки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z156" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z156" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Страховая организация при наступлении события, являющегося основанием для изменения/расторжения договора субсидирования, в ГИСС уведомляет МИО по вопросам сельского хозяйства (услугодателя) о таком событии в течение 3 (трех) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8019,70 +8001,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="207"/>
+    <w:bookmarkStart w:name="z157" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. МИО по вопросам сельского хозяйства (услугодатель) в течение 5 (пяти) рабочих дней со дня получения уведомления от страховой организации принимает и оформляет решение на изменение/расторжение договора субсидирования и уведомляет об этом заемщика и страховую организацию в ГИСС с приложением копии принятого решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8101,200 +8083,200 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="208"/>
+    <w:bookmarkStart w:name="z158" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Страховая организация в течение 5 (пяти) рабочих дней после изменения договора субсидирования формирует на веб-портале изменения в график субсидирования заемщика, подписываемый ЭЦП страховой организацией и МИО по вопросам сельского хозяйства (услугодателем).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z159" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z159" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Договор субсидирования считается измененным/расторгнутым со дня получения заемщиком и страховой организацией уведомления о соответствующем решении МИО по вопросам сельского хозяйства (услугодателя).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z160" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z160" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Глава 4. Порядок обжалования решений, действий (бездействия) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>услугодателя</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и (или) его должностных лиц по вопросу оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z161" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z161" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Жалоба на решение, действие (бездействие) МИО по вопросам сельского хозяйства (услугодателя)/уполномоченного органа (услугодателя) по вопросам оказания государственных услуг подается на имя руководителя местного исполнительного органа области, города республиканского значения, столицы (далее – местный исполнительный орган), уполномоченного органа (услугодателя), в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z657" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z657" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае поступления жалобы в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК), МИО по вопросам сельского хозяйства (услугодатель)/уполномоченный орган (услугодатель) направляет ее в орган, рассматривающий жалобу, в течение 3 (трех) рабочих дней со дня поступления. Жалоба МИО по вопросам сельского хозяйства (услугодателем)/уполномоченным органом (услугодателем) не направляется в орган, рассматривающий жалобу, в случае принятия благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8313,150 +8295,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="213"/>
+    <w:bookmarkStart w:name="z165" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. Жалоба заемщика, гаранта, страховой организации, поступившая в адрес местного исполнительного органа, уполномоченного органа (услугодателя) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z655" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z655" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба заемщика, гаранта, страховой организации, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z656" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z656" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8610,68 +8592,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>займов субъектов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>агропромышленного комплекса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="216"/>
+    <w:bookmarkStart w:name="z171" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Виды деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа и.о. Министра сельского хозяйства РК от 03.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12396,68 +12378,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>займов субъектов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>агропромышленного комплекса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z315" w:id="217"/>
+    <w:bookmarkStart w:name="z315" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень приоритетных инвестиционных проектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа и.о. Министра сельского хозяйства РК от 03.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13806,88 +13788,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z674" w:id="218"/>
+    <w:bookmarkStart w:name="z674" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на получение субсидии по гарантированию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z795" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z795" w:id="220"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(местный исполнительный орган области, города республиканского значения,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14312,64 +14294,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>договора гарантии, по которому перечисляется комиссии по гарантии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z796" w:id="220"/>
+      <w:bookmarkStart w:name="z796" w:id="221"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сведения о заявителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ФИО/наименование __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14468,64 +14450,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z797" w:id="221"/>
+      <w:bookmarkStart w:name="z797" w:id="222"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения по счету в банке второго уровня:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14624,64 +14606,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кбе ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z798" w:id="222"/>
+      <w:bookmarkStart w:name="z798" w:id="223"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о кредитном договоре, заключенного между кредитором</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и заемщиком (далее – КД):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15718,70 +15700,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z799" w:id="223"/>
+    <w:bookmarkStart w:name="z799" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о договоре гарантии (далее – ДГ):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -16840,68 +16822,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z150" w:id="224"/>
+    <w:bookmarkStart w:name="z150" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 3-1 в соответствии с приказом Министра сельского хозяйства РК от 15.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16922,64 +16904,64 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z800" w:id="225"/>
+      <w:bookmarkStart w:name="z800" w:id="226"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(местный исполнительный орган области, города республиканского значения,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17404,64 +17386,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>договора гарантии, по которому перечисляется комиссии по гарантии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z801" w:id="226"/>
+      <w:bookmarkStart w:name="z801" w:id="227"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сведения о заявителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ФИО/наименование ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17560,64 +17542,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z802" w:id="227"/>
+      <w:bookmarkStart w:name="z802" w:id="228"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения по счету в банке второго уровня:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17716,64 +17698,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кбе _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z803" w:id="228"/>
+      <w:bookmarkStart w:name="z803" w:id="229"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о кредитном договоре, заключенного между кредитором</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и заемщиком (далее – КД):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18793,70 +18775,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z804" w:id="229"/>
+    <w:bookmarkStart w:name="z804" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о договоре гарантии (далее – ДГ):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -19898,126 +19880,126 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z806" w:id="230"/>
+    <w:bookmarkStart w:name="z806" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на получение субсидии по гарантированию на пополнение оборотных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 3-2 в соответствии с приказом Министра сельского хозяйства РК от 09.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z807" w:id="231"/>
+      <w:bookmarkStart w:name="z807" w:id="232"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(местный исполнительный орган области, города республиканского значения,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20442,64 +20424,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечисляется комиссии по гарантии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z808" w:id="232"/>
+      <w:bookmarkStart w:name="z808" w:id="233"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сведения о заявителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ФИО/наименование __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20598,64 +20580,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z809" w:id="233"/>
+      <w:bookmarkStart w:name="z809" w:id="234"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения по счету в банке второго уровня:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20754,64 +20736,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кбе _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z810" w:id="234"/>
+      <w:bookmarkStart w:name="z810" w:id="235"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о кредитном договоре, заключенного между кредитором</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и заемщиком (далее – КД):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21831,70 +21813,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z811" w:id="235"/>
+    <w:bookmarkStart w:name="z811" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о договоре гарантии (далее – ДГ):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="236"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -23040,68 +23022,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>области, города республиканского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>значения и столицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z183" w:id="236"/>
+    <w:bookmarkStart w:name="z183" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на субсидирование по страхованию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "____" __________20__года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23548,68 +23530,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="237"/>
+    <w:bookmarkStart w:name="z186" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договор субсидирования в рамках страхования займов субъектов агропромышленного комплекса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       город ___________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23620,960 +23602,960 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___"_________20__ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Управление ___________________________________ области (города), именуемое в дальнейшем "МИО по вопросам сельского хозяйства", в лице ______________, действующего на основании доверенности №_______от___________20__ года, с одной стороны, и ___________________,именуемое в дальнейшем "Страховая организация", в лице ______________________,действующего на основании _____________, с другой стороны, и ___________, именуемый (-ая, -ое) в дальнейшем "Заемщик", в лице ___________, действующего на основании ____________, с третьей стороны, далее совместно именуемые "Стороны", а по отдельности "Сторона", заключили настоящий договор субсидирования части страховой премии (далее – договор) о нижеследующем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="238"/>
+    <w:bookmarkStart w:name="z187" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 1. Термины и определения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z188" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z188" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В настоящем договоре используются понятия, соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> субсидирования в рамках гарантирования и страхования займов субъектов агропромышленного комплекса, утвержденные приказом Министра сельского хозяйства Республика Казахстан от 30 января 2015 года № 9-1/71 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 12183) (далее – Правила субсидирования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z189" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z189" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 2. Предмет договора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z190" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z190" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящий договор предусматривает порядок и условия перечисления денежных средств страховой организации, условия мониторинга МИО по вопросам сельского хозяйства использования средств субсидирования страховой организацией, ответственность Сторон и иные условия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z191" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z191" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 3. Условия договора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z192" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z192" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. По настоящему договору МИО по вопросам сельского хозяйства обязуется на условиях, определяемых договором, осуществить субсидирование в пределах сумм денег, выделенных по соответствующей бюджетной подпрограмме "Целевые текущие трансферты областным бюджетам, бюджетам городов республиканского значения и столицы на субсидирование в рамках гарантирования и страхования займов субъектов агропромышленного комплекса" согласно графику субсидирования заемщика (далее – график субсидирования) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z193" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z193" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Страховая организация направляет МИО по вопросам сельского хозяйства заявку на субсидирование по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам субсидирования, при этом сумма субсидий определяется согласно графику субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z194" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z194" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. МИО по вопросам сельского хозяйства в течение 2 (двух) рабочих дней после получения заявки на субсидирование, осуществляет проверку ее соответствия графику субсидирования, и направляет соответствующие счета к оплате в органы казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z195" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z195" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 4. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z196" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z196" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. МИО по вопросам сельского хозяйства вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z197" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z197" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществлять контроль за соблюдением сроков исполнения обязательств, установленных настоящим договором, предусмотренных для Сторон, и требовать их своевременного исполнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z198" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z198" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) запрашивать от страховой организации документы и информацию о ходе исполнения заемщиком обязательств перед кредитором, по осуществлению выплат согласно графику погашений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z199" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z199" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) запрашивать и получать необходимую информацию у страховой организации для реализации своих прав и возложенных на него обязанностей, в том числе сведения, содержащие коммерческую и банковскую тайны, документы и информацию о заемщике, участвующем в процедуре субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z200" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z200" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. МИО по вопросам сельского хозяйства обязуется в сроки, предусмотренные договором, перечислять суммы субсидий на специальный счет страховой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z201" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z201" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Заемщик и страховая организация вправе требовать от МИО по вопросам сельского хозяйства своевременного перечисления субсидируемой части страховой премии, предусмотренной в рамках настоящего договора, за исключением случая прекращения субсидирования заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z202" w:id="253"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z202" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Страховая организация обязана представлять МИО по вопросам сельского хозяйства заявку на субсидирование по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z203" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z203" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 5. Ответственность сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z204" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z204" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Стороны по настоящему договору несут ответственность за неисполнение и/или ненадлежащее исполнение обязательств, вытекающих из настоящего договора, в соответствии с настоящим договором и законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z205" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z205" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 6. Обстоятельства непреодолимой силы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z206" w:id="257"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z206" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Стороны освобождаются от ответственности за неисполнение, либо ненадлежащее исполнение своих обязанностей по настоящему договору, если невозможность исполнения явилась следствием обстоятельств непреодолимой силы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z207" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z207" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При наступлении обстоятельств непреодолимой силы, Сторона, для которой создалась невозможность исполнения ее обязательств по настоящему договору, своевременно в течение 10 (десяти) рабочих дней с момента их наступления известить другую Сторону о таких обстоятельствах. При этом характер, период действия, факт наступления обстоятельств непреодолимой силы подтверждаются соответствующими документами уполномоченных государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z208" w:id="259"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z208" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При отсутствии своевременного извещения, Сторона обязана возместить другой Стороне вред, причиненный не извещением или несвоевременным извещением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z209" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z209" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Наступление обстоятельств непреодолимой силы влечет увеличение срока исполнения настоящего договора на период их действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z210" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z210" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Если такие обстоятельства будут продолжаться более 3 (трех) месяцев подряд, то любая из Сторон вправе отказаться от дальнейшего исполнения обязательств по настоящему договору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z211" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z211" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 7. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z212" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z212" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Корреспонденция считается должным образом представленной или направленной, когда она оформлена надлежащим образом (корреспонденция считается должным образом оформленная, когда она представлена на бланке, подписана руководителем и имеет регистрационной номер, дату), вручена лично, доставлена по почте или курьерской связью по адресу участвующей Стороны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z213" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z213" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Любое изменение, прекращение условий настоящего договора, в том числе срока действия настоящего договора, оформляются в течение 5 (пяти) рабочих дней с даты получения МИО по вопросам сельского хозяйства уведомления от страховой организации о наступлении события, являющегося основанием для изменения/расторжения договора субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z214" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z214" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Все претензии, возникающие по настоящему договору, предъявляются в соответствии с законодательством Республики Казахстан и настоящим договором. При этом Стороны договорились об обязательном досудебном порядке решения споров, претензий. Применимым законодательством во всех случаях будет являться законодательство Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z215" w:id="266"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z215" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. При подписании настоящего договора заемщик дает согласие на сбор, обработку персональных данных, а также их передачу по запросу в уполномоченный орган по исполнению бюджета в рамках проекта по созданию информационной системы посубъектного мониторинга мер государственной поддержки бизнеса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z216" w:id="267"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z216" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Настоящий договор вступает в силу с даты подписания уполномоченными представителями всех Сторон и действует до конца срока договоров страхования в соответствии с графиком субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z217" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z217" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Договор расторгается в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z218" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z218" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) письменное заявление заемщика или страховой организации об отказе в получении субсидий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z219" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z219" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) полное погашение заемщиком обязательств перед кредитором по договору займа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z220" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z220" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) неисполнение заемщиком обязательств перед страховой организацией по оплате несубсидируемой части страховой премии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z221" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z221" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) расторжение или прекращение договора страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z222" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z222" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Вопросы, не урегулированные настоящим договором, регулируются законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z223" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z223" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Настоящий договор составлен в 6 (шести) экземплярах на государственном и русском языках, имеющих одинаковую юридическую силу, по два экземпляра по одному на государственном и русском языках для каждой из Сторон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z224" w:id="275"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z224" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Адреса, банковские реквизиты, подписи Сторон:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -25026,92 +25008,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z462" w:id="276"/>
+    <w:bookmarkStart w:name="z462" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Субсидирование в рамках гарантирования и страхования займов субъектов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>агропромышленного комплекса"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 6 - в редакции приказа Министра сельского хозяйства РК от 09.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26741,126 +26723,126 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z380" w:id="277"/>
+    <w:bookmarkStart w:name="z380" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предварительная заявка на получение субсидии по гарантированию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 7 - в редакции приказа Министра сельского хозяйства РК от 09.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z812" w:id="278"/>
+      <w:bookmarkStart w:name="z812" w:id="279"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(местный исполнительный орган области/уполномоченный орган в области</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -27258,64 +27240,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от суммы гарантии).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z813" w:id="279"/>
+      <w:bookmarkStart w:name="z813" w:id="280"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сведения о заявителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkEnd w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ФИО/наименование ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -27380,64 +27362,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>номер телефона (факса): ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z814" w:id="280"/>
+      <w:bookmarkStart w:name="z814" w:id="281"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения по счету у кредитора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -27536,64 +27518,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кбе _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z815" w:id="281"/>
+      <w:bookmarkStart w:name="z815" w:id="282"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о кредитном договоре, заключенного между кредитором</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и заемщиком (далее – КД):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -28596,70 +28578,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z816" w:id="282"/>
+    <w:bookmarkStart w:name="z816" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о договоре гарантии (далее – ДГ):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -29716,68 +29698,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z694" w:id="283"/>
+    <w:bookmarkStart w:name="z694" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предварительная заявка на получение субсидии по гарантированию на проведение весенне-полевых и/или уборочных работ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 7-1 в соответствии с приказом Министра сельского хозяйства РК от 15.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29798,64 +29780,64 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z817" w:id="284"/>
+      <w:bookmarkStart w:name="z817" w:id="285"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(местный исполнительный орган области/уполномоченный орган в области</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30246,64 +30228,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(девять целых девяносто девять сотых) процентов (далее – %) от суммы гарантии).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z818" w:id="285"/>
+      <w:bookmarkStart w:name="z818" w:id="286"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сведения о заявителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ФИО/наименование ____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30368,64 +30350,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>номер телефона (факса): ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z819" w:id="286"/>
+      <w:bookmarkStart w:name="z819" w:id="287"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения по счету у кредитора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31598,70 +31580,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z821" w:id="287"/>
+    <w:bookmarkStart w:name="z821" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о договоре гарантии (далее – ДГ):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -32686,68 +32668,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z823" w:id="288"/>
+    <w:bookmarkStart w:name="z823" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предварительная заявка на получение субсидии по гарантированию на пополнение оборотных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 7-2 в соответствии с приказом Министра сельского хозяйства РК от 09.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35612,68 +35594,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z237" w:id="289"/>
+    <w:bookmarkStart w:name="z237" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление о перечислении субсидии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уважаемый (-ая) __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -35901,68 +35883,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z240" w:id="290"/>
+    <w:bookmarkStart w:name="z240" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление об отказе в оказании государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уважаемый (-ая) _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36269,80 +36251,80 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в уполномоченный орган в области развития агропромышленного комплекса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.gov.kz</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z701" w:id="291"/>
+    <w:bookmarkStart w:name="z701" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Наименование административной формы:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Отчет о фактическом использовании субсидий по гарантированию займов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 9-1 в соответствии с приказом Министра сельского хозяйства РК от 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36363,64 +36345,64 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z838" w:id="292"/>
+      <w:bookmarkStart w:name="z838" w:id="293"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: № 1-ГЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Периодичность: ежеквартально, ежегодно</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -36479,80 +36461,80 @@
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z839" w:id="293"/>
+          <w:bookmarkStart w:name="z839" w:id="294"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бизнес-идентификационный номер</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="293"/>
+          <w:bookmarkEnd w:id="294"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36597,144 +36579,144 @@
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z842" w:id="294"/>
+    <w:bookmarkStart w:name="z842" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: в электронном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkEnd w:id="295"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z843" w:id="295"/>
+          <w:bookmarkStart w:name="z843" w:id="296"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="295"/>
+          <w:bookmarkEnd w:id="296"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -36911,80 +36893,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z850" w:id="296"/>
+          <w:bookmarkStart w:name="z850" w:id="297"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="296"/>
+          <w:bookmarkEnd w:id="297"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -37321,143 +37303,143 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z864" w:id="297"/>
+    <w:bookmarkStart w:name="z864" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="298"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z865" w:id="298"/>
+          <w:bookmarkStart w:name="z865" w:id="299"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата договора о предоставлении гарантии</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="298"/>
+          <w:bookmarkEnd w:id="299"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -37632,80 +37614,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z871" w:id="299"/>
+          <w:bookmarkStart w:name="z871" w:id="300"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="299"/>
+          <w:bookmarkEnd w:id="300"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -37980,64 +37962,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z883" w:id="300"/>
+      <w:bookmarkStart w:name="z883" w:id="301"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkEnd w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -38130,70 +38112,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z884" w:id="301"/>
+    <w:bookmarkStart w:name="z884" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет о фактическом использовании субсидий по гарантированию займов" приведено в приложении к настоящей форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="302"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -38311,51 +38293,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>использовании субсидий</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по гарантированию займов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z886" w:id="302"/>
+    <w:bookmarkStart w:name="z886" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -38364,407 +38346,407 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Отчет о фактическом использовании субсидий по гарантированию займов"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(индекс: форма № 1-ГЗ, периодичность: ежеквартально, ежегодно)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z887" w:id="303"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z887" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z888" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z888" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет о фактическом использовании субсидий по гарантированию займов" (далее – Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z889" w:id="305"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z889" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма заполняется структурным подразделением местного исполнительного органа области, города республиканского значения, столицы, реализующим функции в области сельского хозяйства (далее – МИО по вопросам сельского хозяйства), дочерней организацией акционерного общества "Национальный управляющий холдинг "Байтерек", уполномоченной на предоставление гарантий (далее – гарант).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z890" w:id="306"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z890" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма подписывается руководителем, либо лицом, исполняющим его обязанности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z891" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z891" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форма предоставляется: МИО по вопросам сельского хозяйства и гарантом в уполномоченный орган в области развития агропромышленного комплекса ежеквартально, не позднее пятнадцатого числа месяца, следующего за отчетным кварталом, и ежегодно, не позднее двадцатого января календарного года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z892" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z892" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Форма заполняется на казахском или русском языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z893" w:id="309"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z893" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z894" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z894" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 1 указывается порядковый номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z895" w:id="311"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z895" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 2 указывается наименование заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z896" w:id="312"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z896" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 3 указывается индивидуальный идентификационный номер/бизнес-идентификационный номер заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z897" w:id="313"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z897" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 4 указывается наименование кредитора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z898" w:id="314"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z898" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 5 указывается цель финансирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z899" w:id="315"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z899" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 6 указывается номер договора о предоставлении гарантии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z900" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z900" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 7 указывается дата договора о предоставлении гарантии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z901" w:id="317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z901" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В графе 8 указывается размер гарантии от суммы основного долга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z902" w:id="318"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z902" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графе 9 указывается сумма кредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z903" w:id="319"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z903" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В графе 10 указывается сумма гарантии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z904" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z904" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В графе 11 указывается сумма комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkEnd w:id="321"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -38921,68 +38903,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z243" w:id="321"/>
+    <w:bookmarkStart w:name="z243" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предложение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkEnd w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заемщик: _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39062,630 +39044,630 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кому:___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (наименование местного исполнительного органа по вопросам сельского хозяйства)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="322"/>
+    <w:bookmarkStart w:name="z244" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сведения о заемщике:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z245" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z245" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.1 ФИО/наименование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z246" w:id="324"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z246" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.2 ФИО и индивидуальный идентификационный номер (далее – ИИН) первого руководителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z247" w:id="325"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z247" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.3 ИИН/бизнес идентификационный номер (далее – БИН);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z248" w:id="326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z248" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.4 Контактные данные (почтовый адрес, телефон, адрес электронной почты)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z249" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z249" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения о кредиторе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z250" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z250" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.1 Наименование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z251" w:id="329"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z251" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.2 ФИО первого руководителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z252" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z252" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.3 БИН;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z253" w:id="331"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z253" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.4 Контактные данные (почтовый адрес, телефон, адрес электронной почты).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z254" w:id="332"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z254" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Информация о займе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z255" w:id="333"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z255" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.1 Сумма кредита (лизинга);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z256" w:id="334"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z256" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.2 Валюта кредитования (тенге/доллары США/евро/российский рубль);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z257" w:id="335"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z257" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.3 Срока кредитования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z258" w:id="336"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z258" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.4 Целевое назначение кредита (лизинга).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z259" w:id="337"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z259" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о страховой организации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z260" w:id="338"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z260" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.1 Наименование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z261" w:id="339"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z261" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.2 ФИО первого руководителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z262" w:id="340"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z262" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.3 БИН;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z263" w:id="341"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z263" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.4 Банковские реквизиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z264" w:id="342"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z264" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.5 Контактные данные (почтовый адрес, телефон, адрес электронной почты).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z265" w:id="343"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z265" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Информация о страховании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z266" w:id="344"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z266" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.1 Планируемый срок страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z267" w:id="345"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z267" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.2 Планируемый объем страховой суммы (тенге/долларов США/евро);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z268" w:id="346"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z268" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.3 Планируемый размер страховой премии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z269" w:id="347"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z269" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим заемщиком и страховой организацией подтверждается, что:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z270" w:id="348"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z270" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проект договора страхования соответствует требованиям к договорам страхования, установленных главой 3 Правил субсидирования в рамках гарантирования и страхования займов субъектов агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z271" w:id="349"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z271" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) деятельность заемщика не находится в стадии изменения организационно-правовой формы, ликвидации или банкротства, а также деятельность не приостановлена в соответствии с действующим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z272" w:id="350"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z272" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в случае отказа в субсидировании части страховой премии заемщик обязуется выплатить страховой организации остаток непросубсидированной части страховой премии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkEnd w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подписано заемщиком:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39975,168 +39957,168 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">займов субъектов </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>агропромышленного комплекса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z274" w:id="351"/>
+    <w:bookmarkStart w:name="z274" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования к договорам страхования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z275" w:id="352"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z275" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Договор страхования должен соответствовать следующим требованиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z276" w:id="353"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z276" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) страхование осуществляется по договорам займа, средства по которым были использованы в сфере агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z277" w:id="354"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z277" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) договор страхования с правом пролонгации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z278" w:id="355"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z278" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) страховая сумма не более 50 (пятидесяти) % от суммы основного долга по кредиту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z279" w:id="356"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z279" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) страховая премия не более 30 (тридцати) % от страховой суммы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkEnd w:id="357"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -40293,68 +40275,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z282" w:id="357"/>
+    <w:bookmarkStart w:name="z282" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> График субсидирования заемщика</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkEnd w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование субъекта агропромышленного комплекса_______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41364,55 +41346,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -41738,31 +41720,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>