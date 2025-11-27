--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ccef260" w14:textId="ccef260">
+    <w:p w14:paraId="2e281fc" w14:textId="2e281fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2024,1494 +2024,712 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "наземных съемок (почвенных, геоботанических, почвенно-мелиоративных, почвенно-эрозионных) и наблюдений на пунктах территориально-зональной сети;".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Утратил силу приказом и.о. Министра национальной экономики РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. В </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 30 декабря 2014 года № 196 "Об утверждении Правил привлечения, использования, мониторинга и оценки использования несвязанных грантов" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10170, опубликованный в Информационно-правовой системе "Әділет" 4 февраля 2015 года) внести следующие изменения и дополнение:</w:t>
+        <w:t xml:space="preserve"> Министра Республики Казахстан от 20 января 2015 года № 30 "Об утверждении Правил распределения объемов тарифных квот между участниками внешнеэкономической деятельности на ввоз в Республику Казахстан отдельных видов мяса" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10181, опубликованный в Информационно-правовой системе "Әділет" 12 февраля 2015 года) внести следующие изменения: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z58" w:id="36"/>
+    <w:bookmarkStart w:name="z70" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пункт 3 внесены изменения в текст на казахском языке, текст на русском языке не изменяется;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z71" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> привлечения, использования, мониторинга и оценки использования несвязанных грантов, утвержденных указанным приказом:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="37"/>
+        <w:t xml:space="preserve"> распределения объемов тарифных квот между участниками внешнеэкономической деятельности на ввоз в Республику Казахстан отдельных видов мяса, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. В настоящих Правилах используются следующие определения и понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уполномоченный орган в области развития агропромышленного комплекса - Министерство сельского хозяйства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) новый поставщик - юридическое или физическое лицо, зарегистрированное в качестве индивидуального предпринимателя в соответствии с законодательством Республики Казахстан, не являющееся историческим поставщиком товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коммерчески выгодное количество - объем товара более 25 килограмм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уполномоченный орган в сфере таможенного дела - Министерство финансов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) переработчик - юридическое или физическое лицо, зарегистрированное в качестве индивидуального предпринимателя в соответствии с законодательством Республики Казахстан, соответствующее следующему критерию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет в течение года, предшествующего году установления квоты, производство мясной продукции, классифицируемой кодами Классификатора продукции по видам экономической деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1013 14 - колбасы и изделия аналогичные из мяса, субпродуктов мясных или крови животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1013 15 - продукты готовые и консервированные из мяса, субпродуктов мясных или крови животных прочие, кроме полуфабрикатов готовых из мяса и субпродуктов мясных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предшествующий период - два года, непосредственно предшествующие году установления тарифной квоты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) страны-поставщики - страны, с которыми у стран-участников Таможенного союза и Единого экономического пространства не заключены соглашения о свободной торговле, либо существуют изъятия из режима свободной торговли в отношении товара; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) уполномоченный орган в области регулирования торговой деятельности - Министерство национальной экономики Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) участники внешнеторговой деятельности - юридические или физические лица, зарегистрированные в качестве индивидуальных предпринимателей в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) исторический поставщик - юридическое или физическое лицо, зарегистрированное в качестве индивидуального предпринимателя в соответствии с законодательством Республики Казахстан, соответствующее следующим критериям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет ввоз товара в предшествующий период или в течение года, непосредственно предшествующего году, в котором установлена тарифная квота, из стран-поставщиков в таможенной процедуре "выпуск для внутреннего потребления";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объем ввоза товара в течение года, непосредственно предшествующего году, в котором установлена тарифная квота, не должен быть меньше коммерчески выгодного количества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) объем ввоза товара историческим поставщиком - количество товаров в натуральном выражении, происходящих из стран - поставщиков, ввезенных на территорию Республики Казахстан в таможенной процедуре "выпуск для внутреннего потребления" за предшествующий период;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) объем тарифной квоты - объем товаров, определяемый решением Евразийской экономической комиссии и утверждаемый решением уполномоченного органа в области регулирования торговой деятельности на один календарный год, ввоз которых облагается по внутри квотным ставкам ввозных таможенных пошлин Единого таможенного тарифа Таможенного союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) товар - отдельные виды мяса, в отношении которых установлена тарифная квота, происходящие из стран-поставщиков.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пункт 15 внесено изменение в текст на казахском языке, текст на русском языке не изменяется;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z75" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункте 3</w:t>
-[...753 lines deleted...]
-      в пункт 12 приложения к Правилам привлечения, использования, мониторинга и оценки использования несвязанных грантов внесено изменение в текст на казахском языке, текст на русском языке не изменяется.</w:t>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанному приказу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z69" w:id="41"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Министра Республики Казахстан от 20 января 2015 года № 30 "Об утверждении Правил распределения объемов тарифных квот между участниками внешнеэкономической деятельности на ввоз в Республику Казахстан отдельных видов мяса" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10181, опубликованный в Информационно-правовой системе "Әділет" 12 февраля 2015 года) внести следующие изменения: </w:t>
+    <w:bookmarkStart w:name="z76" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графу 1 строки, порядковый номер 3 внесено изменение в текст на казахском языке, текст на русском языке не изменяется.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z70" w:id="42"/>
-[...538 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4045,55 +3263,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4419,31 +3637,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>