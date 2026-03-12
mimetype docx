--- v1 (2025-11-27)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2e281fc" w14:textId="2e281fc">
+    <w:p w14:paraId="4a0db9b" w14:textId="4a0db9b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнения в некоторые приказы Министерства национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра национальной экономики Республики Казахстан от 15 сентября 2015 года № 637. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 октября 2015 года № 12158.</w:t>
+        <w:t>Приказ Министра национальной экономики Республики Казахстан от 15 сентября 2015 года № 637. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 октября 2015 года № 12158</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -1401,1335 +1401,1151 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Утратил силу приказом Министра национальной экономики РК от 22.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. В </w:t>
+      10. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 5 декабря 2014 года № 129 "Об утверждении Правил разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения государственного инвестиционного проекта, а также планирования, рассмотрения, отбора, мониторинга и оценки реализации бюджетных инвестиций" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 9938, опубликованный в Информационно-правовой системе "Әділет" 19 декабря 2014 года) внести следующие изменения:</w:t>
+        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 22 декабря 2014 года № 156 "О лимитах государственных концессионных обязательств местных исполнительных органов на 2014-2016 годы" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10098, опубликованный в Информационно-правовой системе "Әділет" 4 февраля 2015 года) внести следующие изменения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkStart w:name="z39" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пункт 1 внесено изменение в текст на казахском языке, текст на русском языке не изменяется;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z40" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правилах</w:t>
-[...29 lines deleted...]
-      в пункт 194 внесено изменение в текст на казахском языке, текст на русском языке не изменяется;</w:t>
+        <w:t>Лимитах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных концессионных обязательств местных исполнительных органов на 2014-2016 годы, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
-[...15 lines deleted...]
-      в приложении 4:</w:t>
+    <w:bookmarkStart w:name="z41" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесено изменение в правый верхний угол в тексте на казахском языке, текст на русском языке не изменяется.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
-[...15 lines deleted...]
-      в абзац четыре примечания внесено изменение в текст на казахском языке, текст на русском языке не изменяется;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики РК от 27.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 23 декабря 2014 года № 159 "Об утверждении Правил ведения мониторинга земель и пользования его данными в Республике Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10148, опубликованный в Информационно-правовой системе "Әділет" 20 марта 2015 года) внести следующее изменение:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
-[...211 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkStart w:name="z55" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Лимитах</w:t>
-[...32 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведения мониторинга земель и пользования его данными в Республике Казахстан, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z56" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац третий </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "наземных съемок (почвенных, геоботанических, почвенно-мелиоративных, почвенно-эрозионных) и наблюдений на пунктах территориально-зональной сети;".</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики РК от 27.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 34</w:t>
+        <w:t xml:space="preserve">13. Утратил силу приказом и.о. Министра национальной экономики РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="32"/>
+    <w:bookmarkStart w:name="z59" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. В </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 23 декабря 2014 года № 159 "Об утверждении Правил ведения мониторинга земель и пользования его данными в Республике Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10148, опубликованный в Информационно-правовой системе "Әділет" 20 марта 2015 года) внести следующее изменение:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="33"/>
+        <w:t xml:space="preserve"> Министра Республики Казахстан от 20 января 2015 года № 30 "Об утверждении Правил распределения объемов тарифных квот между участниками внешнеэкономической деятельности на ввоз в Республику Казахстан отдельных видов мяса" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10181, опубликованный в Информационно-правовой системе "Әділет" 12 февраля 2015 года) внести следующие изменения: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z70" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пункт 3 внесены изменения в текст на казахском языке, текст на русском языке не изменяется;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z71" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ведения мониторинга земель и пользования его данными в Республике Казахстан, утвержденных указанным приказом:</w:t>
-[...60 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> распределения объемов тарифных квот между участниками внешнеэкономической деятельности на ввоз в Республику Казахстан отдельных видов мяса, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="35"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">14. В </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="37"/>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. В настоящих Правилах используются следующие определения и понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уполномоченный орган в области развития агропромышленного комплекса - Министерство сельского хозяйства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) новый поставщик - юридическое или физическое лицо, зарегистрированное в качестве индивидуального предпринимателя в соответствии с законодательством Республики Казахстан, не являющееся историческим поставщиком товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коммерчески выгодное количество - объем товара более 25 килограмм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уполномоченный орган в сфере таможенного дела - Министерство финансов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) переработчик - юридическое или физическое лицо, зарегистрированное в качестве индивидуального предпринимателя в соответствии с законодательством Республики Казахстан, соответствующее следующему критерию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет в течение года, предшествующего году установления квоты, производство мясной продукции, классифицируемой кодами Классификатора продукции по видам экономической деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1013 14 - колбасы и изделия аналогичные из мяса, субпродуктов мясных или крови животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1013 15 - продукты готовые и консервированные из мяса, субпродуктов мясных или крови животных прочие, кроме полуфабрикатов готовых из мяса и субпродуктов мясных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предшествующий период - два года, непосредственно предшествующие году установления тарифной квоты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) страны-поставщики - страны, с которыми у стран-участников Таможенного союза и Единого экономического пространства не заключены соглашения о свободной торговле, либо существуют изъятия из режима свободной торговли в отношении товара; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) уполномоченный орган в области регулирования торговой деятельности - Министерство национальной экономики Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) участники внешнеторговой деятельности - юридические или физические лица, зарегистрированные в качестве индивидуальных предпринимателей в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) исторический поставщик - юридическое или физическое лицо, зарегистрированное в качестве индивидуального предпринимателя в соответствии с законодательством Республики Казахстан, соответствующее следующим критериям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет ввоз товара в предшествующий период или в течение года, непосредственно предшествующего году, в котором установлена тарифная квота, из стран-поставщиков в таможенной процедуре "выпуск для внутреннего потребления";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объем ввоза товара в течение года, непосредственно предшествующего году, в котором установлена тарифная квота, не должен быть меньше коммерчески выгодного количества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) объем ввоза товара историческим поставщиком - количество товаров в натуральном выражении, происходящих из стран - поставщиков, ввезенных на территорию Республики Казахстан в таможенной процедуре "выпуск для внутреннего потребления" за предшествующий период;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) объем тарифной квоты - объем товаров, определяемый решением Евразийской экономической комиссии и утверждаемый решением уполномоченного органа в области регулирования торговой деятельности на один календарный год, ввоз которых облагается по внутри квотным ставкам ввозных таможенных пошлин Единого таможенного тарифа Таможенного союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) товар - отдельные виды мяса, в отношении которых установлена тарифная квота, происходящие из стран-поставщиков.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пункт 15 внесено изменение в текст на казахском языке, текст на русском языке не изменяется;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z75" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правилах</w:t>
-[...458 lines deleted...]
-        </w:rPr>
         <w:t>приложении 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанному приказу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z76" w:id="41"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z76" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графу 1 строки, порядковый номер 3 внесено изменение в текст на казахском языке, текст на русском языке не изменяется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3263,55 +3079,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>