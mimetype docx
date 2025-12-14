--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f1f02e1" w14:textId="f1f02e1">
+    <w:p w14:paraId="6ec3d9a" w14:textId="6ec3d9a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1132,190 +1133,180 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма, предназначенная для</w:t>
-[...25 lines deleted...]
-              <w:t>данных</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в местный исполнительный орган области, города республиканского значения и столицы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Форма административных данных размещена на интернет-ресурсе: www.gov.kz</w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.gov.kz</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Отчет об объеме реализованного сырья</w:t>
+        <w:t xml:space="preserve"> Наименование административной формы: Отчет об объеме реализованного сырья</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа Министра сельского хозяйства РК от 26.01.2023 </w:t>
+      Сноска. Приложение 1 - в редакции приказа и.о. Министра сельского хозяйства РК от 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35</w:t>
+        <w:t>№ 354</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Индекс формы административных данных: форма № ОРС-1</w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № ОРС-1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартально</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1325,69 +1316,238 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: ____ квартал ____ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Круг лиц, представляющих информацию: производители биотоплива </w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: производители биотоплива </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Срок представления формы административных данных: ежеквартально, до 20 числа месяца, следующего за отчетным кварталом</w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежеквартально, до 20 числа месяца, следующего за отчетным кварталом</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес-идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе или в электронном виде</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -1444,51 +1604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вид сырья согласно коду товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза</w:t>
+Вид сырья согласно коду единой товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2636,238 +2796,273 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Наименование _____________________ Адрес _________________________</w:t>
-[...186 lines deleted...]
-        <w:t xml:space="preserve">       "__" __________ 20__ года</w:t>
+      Наименование ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Адрес _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главный бухгалтер ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата сдачи отчета "__" __________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет об объеме реализованного сырья" приведено в приложении к настоящей форме.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2903,440 +3098,455 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение к форме,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к форме, предназначенной для </w:t>
+              <w:t>предназначенной для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сбора административных </w:t>
+              <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">данных "Отчет об объеме </w:t>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Отчет об объеме</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реализованного сырья"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z32" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных "Отчет об объеме реализованного сырья" </w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет об объеме реализованного сырья" (индекс: форма ОРС-1, периодичность: ежеквартальная)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z33" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z34" w:id="12"/>
+    <w:bookmarkStart w:name="z102" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных "Отчет об объеме реализованного сырья" (далее – Форма).</w:t>
+      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет об объеме реализованного сырья" (далее – Форма).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z35" w:id="13"/>
+    <w:bookmarkStart w:name="z103" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма заполняется производителем биотоплива.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z36" w:id="14"/>
+    <w:bookmarkStart w:name="z104" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Форма подписывается руководителем, либо лицом, исполняющим его обязанности, главным бухгалтером производителя биотоплива.</w:t>
+      3. Форма подписывается исполнителем и руководителем, либо лицом, исполняющим его обязанности, а также главным бухгалтером производителя биотоплива.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z37" w:id="15"/>
+    <w:bookmarkStart w:name="z105" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Форма представляется производителем биотоплива в местный исполнительный орган области, города республиканского значения и столицы, ежеквартально, до 20 (двадцатого) числа месяца, следующего за отчетным кварталом.</w:t>
+      4. Форма представляется производителем биотоплива в местный исполнительный орган области, города республиканского значения и столицы ежеквартально, до 20 (двадцатого) числа месяца, следующего за отчетным кварталом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z38" w:id="16"/>
+    <w:bookmarkStart w:name="z106" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Форма заполняется на казахском и русском языках.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z39" w:id="17"/>
+    <w:bookmarkStart w:name="z107" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z40" w:id="18"/>
+    <w:bookmarkStart w:name="z108" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 1 указывается номер по порядку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z41" w:id="19"/>
+    <w:bookmarkStart w:name="z109" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. В графе 2 указывается вид сырья согласно коду товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза. Для пшеницы дополнительно указываются класс пшеницы, номер и дата документа по оценке соответствия в области технического регулирования на данную партию пшеницы.</w:t>
+      7. В графе 2 указывается вид сырья согласно коду единой товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза. Для пшеницы дополнительно указываются класс пшеницы, номер и дата документа по оценке соответствия в области технического регулирования на данную партию пшеницы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z42" w:id="20"/>
+    <w:bookmarkStart w:name="z110" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 3 указывается общий объем поступившего сырья, в тоннах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z43" w:id="21"/>
+    <w:bookmarkStart w:name="z111" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 4 указывается количество собственного выращенного пищевого сырья, использованного в производстве биотоплива, в случае, если предусматривается его выращивание.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z44" w:id="22"/>
+    <w:bookmarkStart w:name="z112" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 5 указываются наименование поставщика пищевого сырья, место происхождения (область, район).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z45" w:id="23"/>
+    <w:bookmarkStart w:name="z113" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 6 указываются дата, номер договора поставки пищевого сырья.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z46" w:id="24"/>
+    <w:bookmarkStart w:name="z114" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 7 указываются использованные остатки, в тоннах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z47" w:id="25"/>
+    <w:bookmarkStart w:name="z115" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В графе 8 указывается количество переработанного сырья, в тоннах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z116" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графе 9 указывается количество испорченного, утраченного сырья, в тоннах.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3474,190 +3684,200 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма, предназначенная для</w:t>
-[...25 lines deleted...]
-              <w:t>данных</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в местный исполнительный орган области, города республиканского значения и столицы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Форма административных данных размещена на интернет-ресурсе: www.gov.kz</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="26"/>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.gov.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Отчет об объеме произведенного биотоплива</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+        <w:t xml:space="preserve"> Наименование административной формы: Отчет об объеме произведенного биотоплива</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приказ дополнен приложением 1-1 в соответствии с приказом Министра сельского хозяйства РК от 26.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа и.о. Министра сельского хозяйства РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Индекс формы административных данных: форма № ОПБ-2</w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № ОПБ-2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартально</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3666,70 +3886,239 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: ____ квартал ____ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: производители биотоплива </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Круг лиц, представляющих информацию: производители биотоплива</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежеквартально, до 20 числа месяца, следующего за отчетным кварталом</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес-идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Срок представления формы административных данных: ежеквартально, до 20 числа месяца, следующего за отчетным кварталом</w:t>
+      Метод сбора: на бумажном носителе или в электронном виде</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -3752,69 +4141,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...17 lines deleted...]
-п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3918,51 +4289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Возврат биотоплива,литров</w:t>
+Возврат биотоплива, литров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -3985,51 +4356,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-всего</w:t>
+Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4913,93 +5284,93 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-итого</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+Итого</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5231,221 +5602,273 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Наименование _______________________ Адрес ______________________</w:t>
-[...169 lines deleted...]
-        <w:t xml:space="preserve">       "__" __________ 20__ года</w:t>
+      Наименование ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главный бухгалтер____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата сдачи отчета "__" __________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет об объеме произведенного биотоплива" приведено в приложении к настоящей форме.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5481,460 +5904,475 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение к форме,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к форме, предназначенной для </w:t>
+              <w:t>предназначенной для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сбора административных </w:t>
+              <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">данных "Отчет об объеме </w:t>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Отчет об объеме</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>произведенного биотоплива"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="27"/>
+    <w:bookmarkStart w:name="z53" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных "Отчет об объеме произведенного биотоплива" </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="28"/>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет об объеме произведенного биотоплива" (индекс: форма ОПБ-2, периодичность: ежеквартальная)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z54" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z55" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z117" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных "Отчет об объеме произведенного биотоплива" (далее – Форма).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="30"/>
+      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет об объеме произведенного биотоплива" (далее – Форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z118" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма заполняется производителем биотоплива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z57" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z119" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Форма подписывается исполнителем и руководителем, либо лицом, исполняющим его обязанности, а также главным бухгалтером производителя биотоплива. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z120" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Форма подписывается руководителем, либо лицом, исполняющим его обязанности, главным бухгалтером производителя биотоплива.</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="33"/>
+      4. Форма представляется производителем биотоплива в местный исполнительный орган области, города республиканского значения и столицы ежеквартально, до 20 (двадцатого) числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z121" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Форма заполняется на казахском и русском языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z60" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z122" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z61" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z123" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 1 указывается номер по порядку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z62" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z124" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. В графе 2 указывается персональный идентификационный номер-код биотоплива.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="37"/>
+      7. В графе 2 указывается персональный идентификационный номер – код биотоплива.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z125" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 3 указывается общее количество, реализованного биотоплива (графа 3 = графа 4 + графа 5 + графа 6 + графа 7 + графа 8), в литрах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z64" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z126" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 4 указывается количество биотоплива, реализованного лицам по производству биотоплива, в литрах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z65" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z127" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 5 указывается количество биотоплива, реализованного на компаундирование нефтепродуктов, в литрах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z66" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z128" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 6 указывается количество биотоплива, реализованного на производство продукции химической и связанных с ней отраслей промышленности, в литрах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z67" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z129" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 7 указывается количество биотоплива, использованного на собственные производственные нужды, в литрах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z68" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z130" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В графе 8 указывается количество биотоплива, реализованного на экспорт, в литрах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z69" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z131" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графе 9 указывается количество испорченного, утраченного биотоплива производителем, в литрах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z132" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В графе 10 указывается количество возвращенного биотоплива производителю, в литрах.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6072,331 +6510,559 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма, предназначенная для</w:t>
-[...25 lines deleted...]
-              <w:t>данных</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в местный исполнительный орган области, города республиканского значения и столицы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Форма административных данных размещена на интернет-ресурсе: www.gov.kz</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="44"/>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.gov.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Отчет о приходе биотоплива от других поставщиков</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
+        <w:t xml:space="preserve"> Наименование административной формы: Отчет о приходе биотоплива от других поставщиков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приказ дополнен приложением 1-2 в соответствии с приказом Министра сельского хозяйства РК от 26.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа и.о. Министра сельского хозяйства РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z133" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Индекс формы административных данных: форма № ПБП-2</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № ПБП-2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z134" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартально</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z135" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: ____ квартал ____ года</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z136" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Круг лиц, представляющих информацию: производитель биотоплива </w:t>
-[...1 lines deleted...]
-    </w:p>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: производители биотоплива </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z137" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Срок предоставления формы административных данных: ежеквартально, до 20 числа месяца, следующего за отчетным кварталом</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежеквартально, до 20 числа месяца, следующего за отчетным кварталом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z138" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z139" w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z142" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе или в электронном виде</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z143" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="55"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6572,51 +7238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Код товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза</w:t>
+Код единой товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6853,68 +7519,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z164" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7590,51 +8268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Итого:</w:t>
+Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7852,238 +8530,297 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z197" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Наименование_________________________Адрес___________________</w:t>
-[...171 lines deleted...]
-    </w:p>
+      Наименование ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z198" w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главный бухгалтер __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата сдачи отчета "__" __________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z199" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет о приходе биотоплива от других поставщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8117,475 +8854,488 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение к форме,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к форме, предназначенной для </w:t>
+              <w:t>предназначенной для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сбора административных </w:t>
+              <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">данных "Отчет о приходе </w:t>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">биотоплива от других </w:t>
+              <w:t>"Отчет о приходе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>биотоплива от других</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>поставщиков"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="45"/>
+    <w:bookmarkStart w:name="z75" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных "Отчет о приходе биотоплива от других поставщиков"</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="46"/>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет о приходе биотоплива от других поставщиков" (индекс: форма ПБП-2, периодичность: ежеквартальная)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z76" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z77" w:id="47"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z200" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных "Отчет о приходе биотоплива от других поставщиков" (далее – Форма).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="48"/>
+      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет о приходе биотоплива от других поставщиков" (далее – Форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z201" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма заполняется производителем биотоплива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z79" w:id="49"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z202" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Форма подписывается исполнителем и руководителем, либо лицом, исполняющим его обязанности, а также главным бухгалтером производителя биотоплива. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z203" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Форма подписывается руководителем, либо лицом, исполняющим его обязанности, главным бухгалтером производителя биотоплива.</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="51"/>
+      4. Форма представляется производителем биотоплива в местный исполнительный орган области, города республиканского значения и столицы ежеквартально, до 20 (двадцатого) числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z204" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Форма заполняется на казахском и русском языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z82" w:id="52"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z205" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z83" w:id="53"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z206" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 1 указывается порядковый номер строки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z84" w:id="54"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z207" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 2 указывается тип поставки биотоплива (импорт, поставки внутреннего рынка).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z85" w:id="55"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z208" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 3 указываются цель поставки биотоплива (для переработки в другие виды биотоплива, для технических нужд, возврат ранее поставленной продукции).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z86" w:id="56"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z209" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. В графе 4 указывается индивидуальный идентификационный номер / бизнес-идентификационный номер поставщика биотоплива.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="57"/>
+      9. В графе 4 указывается индивидуальный идентификационный номер/бизнес-идентификационный номер поставщика биотоплива.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z210" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 5 указывается наименование поставщика биотоплива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z88" w:id="58"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z211" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 6 указывается объем поставленного поставщиком в течение отчетного периода биотоплива, как импортного, так и внутреннего производства, в литрах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z89" w:id="59"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z212" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 7 указывается код бюджетной классификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z90" w:id="60"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z213" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. В графе 8 указывается код товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза, присваиваемый товару при пересечении таможенной границы Евразийского экономического союза. Графа заполняется при условии, что поставленное биотопливо является импортом.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="61"/>
+      13. В графе 8 указывается код единой товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза, присваиваемый товару при пересечении таможенной границы Евразийского экономического союза. Графа заполняется при условии, что поставленное биотопливо является импортом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z214" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графе 9 указывается номер декларации на товары (далее – ДТ) к ввозимому биотопливу. Графа заполняется при условии, что поставленное биотопливо является импортом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z92" w:id="62"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z215" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В графе 10 указывается дата оформления ДТ к ввозимому биотопливу. Графа заполняется при условии, что поставленное биотопливо является импортом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8664,125 +9414,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 июля 2015 года № 4-4/631</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="63"/>
+    <w:bookmarkStart w:name="z93" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила представления производителями биотоплива отчетов в местный исполнительный орган области, города республиканского значения и столицы, необходимых для осуществления мониторинга производства биотоплива</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра сельского хозяйства РК от 26.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="64"/>
+    <w:bookmarkStart w:name="z94" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z95" w:id="65"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z95" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила представления производителями биотоплива отчетов в местный исполнительный орган области, города республиканского значения и столицы, необходимых для осуществления мониторинга производства биотоплива (далее – Правила), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8797,223 +9547,345 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О государственном регулировании производства и оборота биотоплива" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и определяют порядок представления производителями биотоплива отчетов в местный исполнительный орган области, города республиканского значения и столицы, необходимых для осуществления мониторинга производства биотоплива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Производители биотоплива представляют отчеты в местный исполнительный орган области, города республиканского значения и столицы, необходимых для осуществления мониторинга производства биотоплива, по формам согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу (далее – отчеты по производству биотоплива).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Производители биотоплива представляют отчеты в местный исполнительный орган области, города республиканского значения и столицы, необходимых для осуществления мониторинга производства биотоплива, по формам согласно приложению 1 к настоящему приказу (далее – отчеты по производству биотоплива).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="67"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа и.о. Министра сельского хозяйства РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. По результатам мониторинга представленных отчетов по производству биотоплива местный исполнительный орган области, города республиканского значения и столицы представляет в уполномоченный орган в области производства биотоплива аналитическую информацию по итогам года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z98" w:id="68"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок представления производителями биотоплива отчетов в местный исполнительный орган области, города республиканского значения и столицы, необходимых для осуществления мониторинга производства биотоплива</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z99" w:id="69"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z99" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При составлении отчетов по производству биотоплива не допускаются исправления, подчистки и помарки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z100" w:id="70"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z100" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Отчеты по производству биотоплива направляются производителями биотоплива посредством информационной системы, по почте заказным письмом с уведомлением о вручении, либо вносятся нарочно в службу документационного обеспечения местного исполнительного органа области, города республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z101" w:id="71"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z101" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Отчеты по производству биотоплива представляются в местный исполнительный орган области, города республиканского значения и столицы ежеквартально до 20 числа месяца, следующего за отчетным кварталом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9335,35 +10207,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>