--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="65e1851" w14:textId="65e1851">
+    <w:p w14:paraId="fc0a4ee" w14:textId="fc0a4ee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,274 +103,358 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ и.о. Министра по инвестициям и развитию Республики Казахстан от 24 февраля 2015 года № 196. Зарегистрирован в Министерстве юстиции Республики Казахстан 9 сентября 2015 года № 12045.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции приказа и.о. Министра транспорта РК от 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 409</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 41-58) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 Закона Республики Казахстан от 15 июля 2010 года "Об использовании воздушного пространства Республики Казахстан и деятельности авиации" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сертификационные требования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к организациям по техническому обслуживанию и ремонту авиационной техники.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету гражданской авиации Министерства по инвестициям и развитию Республики Казахстан (Сейдахметов Б.К.) обеспечить:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      2. Комитету гражданской авиации Министерства по инвестициям и развитию Республики Казахстан (Сейдахметов Б.К.) обеспечить:</w:t>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в установленном законодательством порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      1) в установленном законодательством порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направление его копии на официальное опубликование в периодических печатных изданиях и информационно-правовой системе "Әділет" республиканского государственного предприятия на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) размещение настоящего приказа на интернет-ресурсе Министерства по инвестициям и развитию Республики Казахстан и на интранет-портале государственных органов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства по инвестициям и развитию Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) пункта 2 настоящего приказа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства по инвестициям и развитию Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) пункта 2 настоящего приказа.</w:t>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа оставляю за собой.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      3. Контроль за исполнением настоящего приказа оставляю за собой.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -810,1868 +894,1952 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и развитию Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 февраля 2015 года № 196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сертификационные требования предусматриваются в редакции приказа и.о. Министра транспорта РК от 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 409</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификационные требования к организациям по техническому</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>обслуживанию и ремонту авиационной техники</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 1 в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 568</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Сертификационные требования к организациям по техническому обслуживанию и ремонту авиационной техники (далее – Сертификационные требования) разработаны в соответствии с подпунктом 41-58) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 июля 2010 года "Об использовании воздушного пространства Республики Казахстан и деятельности авиации".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сертификационные требования устанавливают требования к организациям, осуществляющим техническое обслуживание и ремонт авиационной техники (далее – ТО и РАТ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции приказа Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В настоящих сертификационных требованиях используются следующие термины и определения:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      2. Сертификационные требования устанавливают требования к организациям, осуществляющим техническое обслуживание и ремонт авиационной техники (далее – ТО и РАТ).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) авиационная техника – комплекс авиационных технических средств (воздушные суда, их бортовое оборудование и агрегаты, двигатели, авиационное вооружение воздушных судов государственной авиации, авиационные средства спасения, комплексные тренажеры (летные симуляторы), комплектующие изделия, технические средства управления воздушным движением, навигации посадки и связи, а также средства наземного обеспечения общего и специального применения, предназначенных для выполнения полета, организации управления воздушным движением и наземного обеспечения полетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сертификат по техническому обслуживанию и ремонту авиационной техники (далее – сертификат по ТО и РАТ) – документ установленного образца, удостоверяющий соответствие организации по техническому обслуживанию и ремонту авиационной техники сертификационным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ремонт авиационной техники – восстановление авиационного изделия в пригодное для выполнение полетов состояние, определенное соответствующими нормами летной годности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) эксплуатационная документация авиационной техники – документация, регламентирующая летную и техническую эксплуатацию авиационной техники и компонента, включая техническое обслуживание, и содержащая эксплуатационные ограничения, процедуры и рекомендации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) человеческий фактор – принципы, применяемые в разработке и сертификации авиационной техники, подготовке персонала, производстве полетов и техническое обслуживание, и направленные на достижение безопасного взаимодействия между человеком и другими элементами системы путем надлежащего рассмотрения и учета свойств человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) руководство по процедурам организации технического обслуживания и ремонту авиационной техники гражданской авиации (далее – руководство по процедурам организации по ТО и РАТ) – документ, утвержденный руководителем организации по техническому обслуживанию и ремонту авиационной техники и содержащий подробную информацию о структуре организации по техническому обслуживанию и ремонту авиационной техники и обязанностях ее руководства, сфере выполняемых работ, производственной базе, процедурах технического обслуживания и системах обеспечения качества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) руководство по качеству организации технического обслуживания и ремонту авиационной техники гражданской авиации (далее – руководство по качеству ТО и PAT) – документ, излагающий политику в области качества и описывающий систему качества организации по ТО и РАТ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) внешняя линейная станция по ТО и РАТ – линейная станция, созданная организацией по ТО и РАТ гражданских воздушных судов для их технического обслуживания и находящиеся за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) линейная станция по ТО и РАТ – подразделение организации по техническому обслуживанию и ремонту авиационной техники, которое создается на территории Республики Казахстан вне аэропорта дислокации основной базы техническому обслуживанию и ремонту авиационной техники на срок не менее трех месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) организация по ТО и РАТ – юридическое лицо, осуществляющее техническое обслуживание и (или) ремонт авиационной техники и имеющее действующий сертификат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) руководящий персонал – уполномоченные лица в составе персонала организации, имеющие полномочия, достаточные для того, чтобы осуществлять ресурсное и организационное обеспечение всех работ по ТО и РАТ в соответствии с возложенными на них обязанностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) неразрушающий контроль – контроль надежности основных рабочих свойств и параметров объекта или отдельных его элементов/узлов, не требующий выведения объекта из работы либо его демонтажа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) инженерно-технический персонал – авиационный персонал, имеющий действующее свидетельство авиационного персонала с допуском работы по ТО и РАТ ВС и/или его компонентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) допускающий персонал – авиационный персонал, уполномоченный Организацией по техническому обслуживанию осуществлять допуск авиационной техники или его компонентов к эксплуатации после выполнения технического обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) система качества – совокупность организационной структуры, документальных методик, процессов и ресурсов, необходимых для осуществления административного управления качеством ТО и РАТ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) свидетельство о техническом обслуживании – документ, содержащий сведения, подтверждающие удовлетворительное выполнение указанных в нем работ по техническому обслуживанию в соответствии с утвержденными данными и процедурами, описанными в руководстве по процедурам организации по техническому обслуживанию, или в рамках эквивалентной системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) техническое обслуживание – проведение работ, необходимых для обеспечения сохранения летной годности воздушного судна, включая контрольно-восстановительные работы, проверки, замены, устранение дефектов, выполняемые как в отдельности, так и в сочетании, а также практическое осуществление модификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) летная годность – техническое состояние воздушного судна, соответствующее летно-техническим характеристикам, которые обеспечивают его безопасность и летное качество;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) поддержание летной годности – комплекс мер, посредством которых обеспечивается соответствие авиационной техники нормам летной годности и их поддержание в состоянии, необходимом для безопасной эксплуатации на протяжении эксплуатационного срока службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) система управления безопасностью полетов – системный подход к управлению безопасностью полетов, включая необходимую организационную структуру, иерархию ответственности, руководящие принципы и процедуры (глава 1 Приложения 6 к Чикагской конвенции ИКАО).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции приказа Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Сертификационные требования к организациям по техническому обслуживанию и ремонту авиационной техники</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p>
-[...520 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 568</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="15"/>
+    <w:bookmarkStart w:name="z34" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Требования к деятельности организации ТО и РАТ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z35" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Организации ТО и PAT необходимо соответствовать следующим требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) иметь утвержденную организационную структуру и руководство по процедурам организации по ТО и РАТ, описывающие систему управления своих процедур, достаточную для выполнения работ в заявленной области деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иметь действующую эксплуатационную документацию авиационной техники, определяющую требования к организации и выполнению работ, в соответствии с заявленной областью деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечить выполнение работ по ТО и PAT по программе (регламенту) технического обслуживания авиационной техники (далее - АТ), директивам летной годности, информации, связанной с безопасностью полетов, бюллетеням разработчика (изготовителя) АТ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иметь инструкцию своевременного доведения требований и положений законодательства Республики Казахстан, регламентирующих деятельность в гражданской авиации и внутренней документации организации и изменений до персонала с целью их своевременного изучения и исполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) располагать необходимыми техническими данными, оборудованием, инструментом и материалами для выполнения утвержденных видов работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечиваются склады для хранения частей, оборудования, инструмента и материалов. Условия хранения обеспечивают защищенность и исключают порчу и повреждение хранимых предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) иметь запас компонентов, запасных частей и расходных материалов, для выполнения работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) иметь в штате квалифицированный персонал в количестве, обеспечивающем выполнение планируемых работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) иметь систему поддержания (повышения) квалификации персонала, его подготовки и переподготовки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обеспечить хранение подробных регистрируемых данных о техническом обслуживании, которые свидетельствуют о выполнении всех требований при подписании свидетельства о техническом обслуживании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) иметь систему качества, гарантирующую надлежащее выполнение всех работ по ТО и PAT;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) иметь руководство по процедурам организации по ТО и PAT и руководство по качеству ТО и PAT;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) иметь систему управления безопасностью полетов (далее – СУБП).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции приказа Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Для получения Сертификата по ТО и PAT организация по ТО и PAT обеспечивает соблюдение следующих условий:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z35" w:id="16"/>
-[...15 lines deleted...]
-      4. Организации ТО и PAT необходимо соответствовать следующим требованиям:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие производственного оснащения, соответствующего планируемым видам работ, специализированные мастерские (цехи, участки) для выполнения всех планируемых работ, обеспечивающих защиту oт неблагоприятных погодных условий. Наличие разделенных между собой, цехов и ангаров, обеспечивающих защиту от загрязнения и воздействия окружающей среды при выполнении То и РАТ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие рабочих (офисных) помещений для обеспечения управления всеми планируемыми работами, а также размещения допускающего персонала с тем, чтобы он мог успешно выполнять свои обязанности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соответствие производственных условий, включая ангары, цеха (лаборатории, участки) для работы с оборудованием и офисные помещения, тем работам, которые указаны в области действия Сертификата организации ТО и РАТ, при этом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      температурный режим в помещениях должен поддерживаться в пределах 16-22 градусах по Цельсию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пыль и подобные загрязнения воздуха должны быть сведены к минимуму, не допускается такой уровень загрязнения рабочей зоны, когда появляется видимый налет пыли на поверхности АТ/компонента. В случае появления пыли или иных загрязнений в форме видимого налета пыли на поверхностях необходимо герметично закрыть чувствительные к загрязнениям системы на период до восстановления приемлемых условий работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      освещение должно обеспечивать проведение всех видов проверок, осмотров и других работ по ТО и PAT;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шум не должен мешать персоналу в выполнении работ, в случае нецелесообразности регулирования источника шума указанный персонал должен быть обеспечен необходимыми персональными средствами защиты от шума, которые исключат влияние избыточного шума на выполнение работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае, когда конкретная работа по ТО и PAT требует создания особых условий производственной среды, отличающихся от вышеописанных, то такие условия должны быть созданы, такие особые условия указываются в документации разработчика гражданского воздушного судна;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      условия выполнения оперативного ТО и PAT должны соответствовать требованиям нормативных правовых актов Республики Казахстан в области охраны труда и техники безопасности, в случае ухудшения условий работы до неприемлемого уровня в части температуры, влажности, тумана, льда, снега, ветра, освещенности, пыли или иных загрязнений воздуха, то конкретная работа или вид ТО и PAT должны быть отложены на период до восстановления приемлемых условий работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие складских помещений, оборудованных средствами безопасности, для размещения компонентов, оборудования, инструмента и материалов. Условия хранения должны обеспечивать раздельное хранение кондиционных и не кондиционных компонентов и материалов и всех компонентов, материалов, оборудования и инструмента. Условия хранения должны отвечать указаниям разработчиков AT, а доступ в эти помещения должен быть ограничен и разрешен только уполномоченному персоналу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Требования к персоналу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...232 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Для получения Сертификата по ТО и PAT организация по ТО и PAT назначает ответственного руководителя, на которого возлагается ответственность в части финансирования и своевременного выполнения всех работ по ТО и PAT согласно требованиям заказчика работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z17" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В организации по ТО и PAT имеется руководящий персонал, который отвечает за постоянное соответствие организации настоящим требованиям. Этот руководящий персонал подчиняется исключительно ответственному руководителю организации, при этом должны быть процедуры замещения каждого из конкретных лиц на случай их продолжительного отсутствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции приказа Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции приказа Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 493</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="17"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="18"/>
+    <w:bookmarkStart w:name="z18" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Ответственный руководитель назначает лицо, который в отношении гарантирования качества, включая систему обратной связи, чтобы обеспечить надлежащее информирование ответственного руководителя по вопросам качества и соответствия требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z19" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Организация по ТО и PAT должна иметь расчет загрузки, подтверждающий, что она располагает собственным штатом работников для планирования, выполнения, управления производством и контроля качества работ в организации в соответствии с областью ее утверждения. Кроме того, организация должна провести перерасчет загрузки принятых к исполнению работ на случай, когда фактический штат работников меньше планировавшегося для конкретной рабочей смены или периода работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z20" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Организация по ТО и PAT устанавливает и контролирует уровень компетентности персонала, участвующего в выполнении ТО, управлении или контроле качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z21" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Организация ТО и PAT обеспечивает, чтобы персонал, выполняющий или контролирующий специальные виды работ, связанные с поддержанием летной годности, такие как, например, неразрушающий контроль АТ и/или компонентов, имел квалификацию, соответствующую нормативным требованиям разработчиков АТ/компонентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z22" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Лицо, несущее ответственность в отношении системы качества, отвечает также и за выдачу разрешений допускающему персоналу от имени организации по ТО и PAT.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z23" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Организация ведет реестр всего инженерно-технического персонала. Реестр персонала содержит:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения о свидетельствах авиационного персонала по ТО и PAT;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения обо всех пройденных персоналом видах подготовки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) области выданных разрешений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) данные по персоналу с ограниченными или однократными разрешениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Организация по ТО и PAT сохраняет данные реестра не менее двух лет со дня увольнения из этой организации лица из состава инженерно-технического персонала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z25" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 2. Требования к персоналу</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+        <w:t xml:space="preserve"> Параграф 3. Требования к оборудованию, инструменту и материалам</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>организации по ТО и PAT</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z26" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Для выполнения работ по ТО и PAT согласно области деятельности организации по ТО и PAT обладает необходимыми оборудованием, инструментом и материалами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если разработчик AT предписывает применение конкретного оборудования или инструмента, то организация по ТО и PAT использует это оборудование или инструмент, за исключением случаев, когда в руководстве по процедурам организации по ТО и PAT установлены процедуры по применению иных видов оборудования или инструмента. Организация по ТО и PAT, выполняющая периодическое техническое обслуживание, оснащается необходимыми средствами доступа и иметь платформы (или эквивалентное оборудование) для проведения проверок и осмотров с тем, чтобы АТ могло быть тщательно проверено.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Организация по ТО и PAT проводит работу по учету и организации поверки всего оборудования и инструмента, включая средств контроля, с периодичностью, обеспечивающей работоспособность и точность. Организация обеспечивает ведение учетной документации по такому метрологическому контролю и используемым при этом стандартам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z28" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...273 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 3. Требования к оборудованию, инструменту и материалам</w:t>
-[...31 lines deleted...]
-      16. Для выполнения работ по ТО и PAT согласно области деятельности организации по ТО и PAT обладает необходимыми оборудованием, инструментом и материалами.</w:t>
+        <w:t xml:space="preserve"> Параграф 4. Требования к документации по ТО и PAT</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:p>
-[...33 lines deleted...]
-      17. Организация по ТО и PAT проводит работу по учету и организации поверки всего оборудования и инструмента, включая средств контроля, с периодичностью, обеспечивающей работоспособность и точность. Организация обеспечивает ведение учетной документации по такому метрологическому контролю и используемым при этом стандартам.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Для получения Сертификата по ТО и PAT организация по ТО и PAT имеет в своем распоряжении и использует при выполнении ТО и PAT, включая модификации и ремонты, эксплуатационную документацию по ТО и PAT.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z28" w:id="31"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Параграф 4. Требования к документации по ТО и PAT</w:t>
+    <w:bookmarkStart w:name="z30" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Применимая документация по ТО и PAT означает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z29" w:id="32"/>
-[...15 lines deleted...]
-      18. Для получения Сертификата по ТО и PAT организация по ТО и PAT имеет в своем распоряжении и использует при выполнении ТО и PAT, включая модификации и ремонты, эксплуатационную документацию по ТО и PAT.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выпущенные уполномоченной организацией (уполномоченным органом) директивы летной годности и указания по поддержанию летной годности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z30" w:id="33"/>
-[...15 lines deleted...]
-      19. Применимая документация по ТО и PAT означает:</w:t>
+    <w:bookmarkStart w:name="z14" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) любые применимые директивы летной годности, выпущенные разработчиком авиационной техники;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z13" w:id="34"/>
-[...15 lines deleted...]
-      1) выпущенные уполномоченной организацией (уполномоченным органом) директивы летной годности и указания по поддержанию летной годности;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) применимые указания по поддержанию летной годности, выпущенные держателями сертификата типа авиационной техники и дополнений к нему;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z14" w:id="35"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="37"/>
+    <w:bookmarkStart w:name="z16" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) любые применимые документы и данные, выпущенные в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Сертификационных требований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) выпущенные уполномоченной организацией (уполномоченным органом) указания, если они отличаются от указаний подпунктов 2), 3) и 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2728,564 +2896,564 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="38"/>
+    <w:bookmarkStart w:name="z31" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Организация по ТО и PAT устанавливает процедуры, которые в случае обнаружения содержащихся в используемой производственным персоналом документации по ТО и PAT неточных, неполных или неверных процедур или технологий, сведений или указаний обеспечат регистрацию таких данных и извещение автора документации по ТО и PAT.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z32" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Организация по ТО и PAT изменяет инструкцию только в порядке, определенном в руководстве по качеству ТО и PAT, при этом исключаются процессы разработки документации на ремонты и модификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 в редакции приказа Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Организация по ТО и PAT создает общую систему разработки рабочих технологических карт для использования в своей деятельности. Кроме того, организация либо полностью и точно переносит в эти рабочие технологические карты информацию из документации по ТО и PAT, предусмотренную настоящими Сертификационными требованиями. Рабочие технологические карты допускается вести в электронном виде и хранить в электронной базе.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z32" w:id="39"/>
-[...15 lines deleted...]
-      21. Организация по ТО и PAT изменяет инструкцию только в порядке, определенном в руководстве по качеству ТО и PAT, при этом исключаются процессы разработки документации на ремонты и модификации.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В таких случаях организация обеспечивает защиту базы данных против несанкционированных изменений базы и наличия резервной базы данных, которая должна обновляться в срок не более 24 часов с момента внесения любого изменения в основную базу данных. Для учета выполнения сложных видов работ по ТО и PAT их технология переносится в рабочие технологические карты с разделением на этапы работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если организация предоставляет услуги ТО и PAT эксплуатанту АТ, который требует использования его собственной системы рабочих технологических карт, то допускается использование такой системы карт эксплуатанта. В этом случае организация принимает процедуру, обеспечивающую правильное выполнение рабочих технологических карт эксплуатанта АТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Организация по ТО и PAT обеспечивает возможность беспрепятственного использования документации по ТО и PAT своим персоналом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:p>
-[...77 lines deleted...]
-      22. Организация по ТО и PAT создает общую систему разработки рабочих технологических карт для использования в своей деятельности. Кроме того, организация либо полностью и точно переносит в эти рабочие технологические карты информацию из документации по ТО и PAT, предусмотренную настоящими Сертификационными требованиями. Рабочие технологические карты допускается вести в электронном виде и хранить в электронной базе.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Организация по ТО и PAT устанавливает процедуры контроля состояния документации по ТО и PAT, гарантирующие ее своевременное обновление. Если такой контроль состояния документации осуществляет эксплуатант АТ/заказчик и сам предоставляет эту документацию по ТО и PAT, то организация по ТО и PAT подтверждает это путем представления либо письма от эксплуатанта/заказчика, удостоверяющего, что в документацию по ТО и PAT внесены все обязательные изменения, либо договора, определяющего статус подлежащей использованию документации по ТО и PAT, либо учтенного листа изменений документации по ТО и PAT, представленной эксплуатантом АТ заказчиком.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p>
-[...51 lines deleted...]
-      23. Организация по ТО и PAT обеспечивает возможность беспрепятственного использования документации по ТО и PAT своим персоналом.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. В организации по ТО и PAT должны быть ремонтная, технологическая и контрольная документация.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z38" w:id="42"/>
-[...15 lines deleted...]
-      24. Организация по ТО и PAT устанавливает процедуры контроля состояния документации по ТО и PAT, гарантирующие ее своевременное обновление. Если такой контроль состояния документации осуществляет эксплуатант АТ/заказчик и сам предоставляет эту документацию по ТО и PAT, то организация по ТО и PAT подтверждает это путем представления либо письма от эксплуатанта/заказчика, удостоверяющего, что в документацию по ТО и PAT внесены все обязательные изменения, либо договора, определяющего статус подлежащей использованию документации по ТО и PAT, либо учтенного листа изменений документации по ТО и PAT, представленной эксплуатантом АТ заказчиком.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Организация располагает комплектом учтенной конструкторской документации, по составу и количеству обеспечивающим:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z39" w:id="43"/>
-[...15 lines deleted...]
-      25. В организации по ТО и PAT должны быть ремонтная, технологическая и контрольная документация.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разработку Организацией по ТО и РАТ технологической документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разработку и изготовление средств ремонта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выявление в процессе ремонта изделий всех неисправностей (дефектов) и принятие решений по их оценке и устранению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выполнение модификаций и восстановительных ремонтов изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) изготовление деталей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Организация обеспечивает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z40" w:id="44"/>
-[...15 lines deleted...]
-      26. Организация располагает комплектом учтенной конструкторской документации, по составу и количеству обеспечивающим:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разработку процедуры по управлению конструкторской документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие ведомости документов для ремонта по каждому виду ремонтируемой авиационной техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организацию учета и хранения действующей конструкторской документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) внесение поступающих изменений и доведение их до исполнителей и работников отдела технического контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) изъятие из обращения непригодной конструкторской документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Ремонт (модификация) изделий осуществляется по ремонтной документации (Руководство по ремонту, Альбом основных сочленений и ремонтных допусков), разработанной или утвержденной изготовителем или разработчиком воздушного судна. В ремонтной документации должны указываться методы, последовательность и условия выполнения работ, контролируемые параметры и способы контроля, технологическая оснастка, инструмент и материалы, требования к защите изделий от повреждений и загрязнений, производственной среде, способы идентификации деталей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) разработку Организацией по ТО и РАТ технологической документации;</w:t>
-[...90 lines deleted...]
-      27. Организация обеспечивает:</w:t>
+      Организация осуществляет использование, внесение изменений, доведение до исполнителей, учет и хранение технологической документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Модификация отдельных экземпляров воздушных судов (компонентов) выполняется по документации разработчика воздушного судна или согласованной с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. На всех этапах ремонта (модификации) изделий оформляется контрольная документация, содержащая:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:p>
-[...164 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование и номер изделия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3412,108 +3580,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="48"/>
+    <w:bookmarkStart w:name="z44" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Состав и формы ремонтной документации (эталонное Дело ремонта) разрабатываются, утверждаются и корректируются организацией по ТО и РАТ применительно к типу изделия и организации ремонта на основании действующей документации разработчика воздушного судна.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оформленная на изделие ремонтная документация комплектуется в один пакет документов под названием "Дело ремонта изделия".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="49"/>
+    <w:bookmarkStart w:name="z45" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. "Дело ремонта изделия", оформленное на каждый экземпляр изделия, должно соответствовать эталонному "Делу ремонта изделия".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Дело ремонта изделия" хранится в организации до списания изделия. При ликвидации организации по ТО и РАТ "Дело ремонта изделия" передается организации, определенной уполномоченной организацией в сфере гражданской авиации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3550,730 +3718,730 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="50"/>
+    <w:bookmarkStart w:name="z46" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Номенклатура и порядок ведения эксплуатационной документации должны отвечать требованиям настоящих сертификационных требований и правил технической эксплуатации и ремонта гражданских воздушных судов Республики Казахстан, в соответствии с подпунктом 41-24) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z47" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 5. Требования к планированию производства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z48" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Для получения Сертификата по ТО и PAT организация по ТО и PAT имеет систему планирования производства, отвечающую объему и сложности выполняемых работ и используемую для планирования всех ресурсов:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z47" w:id="51"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       персонала, оборудования, инструмента, материалов, документации по ТО и PAT и производственных помещений, необходимых для безопасного выполнения работ по ТО и PAT.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="53"/>
+    <w:bookmarkStart w:name="z50" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Планирование работ по ТО и PAT и организация сменной работы проводятся с учетом психофизиологических ограничений человека в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Трудового кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 34 в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 568</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. В случае необходимости передать продолжение или завершение работ по ТО и PAT в связи с пересменкой или изменением состава исполнителей, соответствующая информация передается от сменяющегося ко вновь приходящему персоналу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z52" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 6. Требования к учету сведений о работах по ТО и PAT</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z53" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Для получения Сертификата по ТО и PAT организация по ТО и PAT регистрирует всю информацию о выполненных работах. Организация по ТО и PAT хранит учетные сведения, необходимые для подтверждения соблюдения всех требований в отношении оформления свидетельство о техническом обслуживании, включая документы о допуске AT к эксплуатации, оформляемые субподрядчиками работ (сторонними организациями).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z54" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Организация по ТО и PAT предоставляет в распоряжение эксплуатанта АТ копию каждого оформленного ею свидетельства о ТО и PAT, а также копию утвержденной документации на ремонт или модификацию, использованной при выполнении этого ремонта или модификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z55" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Организация по ТО и PAT хранит учетные сведения о работах по ТО и PAT и документацию, связанную с работами по ТО и PAT, в течение двух лет от даты выпуска из этой организации конкретного АТ или компонента АТ, на которых выполнялись эти работы, следующим образом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения обеспечиваются защитой от порчи и уничтожения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) все компьютерное оборудование, используемое для архивации и резервного хранения данных располагается отдельно от оборудования, содержащего рабочие копии данных, и хранится в условиях, обеспечивающих поддержание рабочее состояние этого оборудования и архивных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в случае прекращения организацией своей деятельности все сохраненные учетные сведения о работах ТО и PAT за последние два года передаются последнему заказчику или владельцу соответствующей АТ или компонента.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 7. Требования к отчетности организации по ТО и РАТ о</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>нарушениях летной годности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z57" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Организация по ТО и PAT направляет в уполномоченную организацию в сфере гражданской авиации, государству регистрации АТ и организации, ответственной за типовую конструкцию или модификацию типовой конструкции АТ или компонента и, при необходимости, государству эксплуатанта отчет о любых, выявленных этой организацией, нарушениях летной годности АТ или компонента, которые существенно влияют на безопасность полета или может оказать такое влияние.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 34 в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 39 в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 568</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="54"/>
-[...263 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="61"/>
+    <w:bookmarkStart w:name="z58" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Организация по ТО и PAT создает и описывает в руководстве по процедурам организации по ТО и PAT внутреннюю систему отчетности о нарушениях летной годности, обеспечивающую сбор и оценку таких отчетных данных, включая процедуры отбора по результатам оценки тех событий, которые подлежат отчетности согласно положениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Сертификационных требований. Указанные процедуры определяют негативные тенденции, предпринятые корректирующие действия для устранения недостатков, а также включать порядок анализа всей имеющейся информации о рассматриваемым событиям и методы распространения этой информации при необходимости.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 40 в редакции приказа Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Если организация по ТО и PAT осуществляет поддержание летной годности АТ по договору с его коммерческим эксплуатантом, то эта организация направляет отчет также и эксплуатанту АТ для информации о любом таком событии, влияющем на летную годность АТ или компонента, принадлежащего указанному эксплуатанту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z60" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Организация готовит и направляет отчеты в возможно короткий срок, но в любом случае не позднее, чем 72 часа с момента обнаружения организацией по ТО и PAT события, подлежащего обязательной отчетности.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z61" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...68 lines deleted...]
-      41. Если организация по ТО и PAT осуществляет поддержание летной годности АТ по договору с его коммерческим эксплуатантом, то эта организация направляет отчет также и эксплуатанту АТ для информации о любом таком событии, влияющем на летную годность АТ или компонента, принадлежащего указанному эксплуатанту.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 8. Требования к Руководству по процедурам организации по ТО и PAT</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z60" w:id="63"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок в редакции приказа Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 493</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="65"/>
+    <w:bookmarkStart w:name="z62" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Организация по ТО и PAT принимает руководство по процедурам организации по ТО и PAT, содержащее следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) подписанную ответственным руководителем организации по ТО и РАТ декларацию о соответствии процедур организации требованиям настоящих Сертификационных требований при осуществлении деятельности согласно положениям руководства по процедурам организации по ТО и PAT и всех иных указанных в нем руководств, а также обязательство поддерживать это соответствие постоянно. Если ответственный руководитель организации по ТО и РАТ находится в подчинении другого ответственного руководителя, то данная декларация также подписывается этим ответственным руководителем;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4528,658 +4696,658 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="66"/>
+    <w:bookmarkStart w:name="z133" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Организация по ТО и PAT обеспечивает внесение необходимых изменений в руководство по процедурам организации по ТО и PAT для поддержания актуальности содержащейся в нем информации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководство по процедурам организации по ТО и PAT и последующие еҰ изменения утверждаются уполномоченной организацией в сфере гражданской авиации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 44 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 17.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44-1. Организации по ТО и PAT сообщают уполномоченной организации в сфере гражданской авиации о любых изменениях функций или смене назначенных руководителей в срок 8 (восемь) рабочих дней и обеспечивают контроль в соответствующих структурах организации при отсутствии назначенных руководителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Требования дополнены пунктом 44-1 в соответствии с приказом Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 568</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 9. Требование к метрологическому обеспечению</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Организация по ТО и РАТ обеспечивает разработку процедур, определяющих порядок деятельности по выполняемым направлениям метрологического обеспечения ремонтного производства. Метрологическое обеспечение работ осуществляется в соответствии с национальными стандартами государственной системы обеспечения единства измерений и включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обучение и аттестацию специалистов метрологической службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) поверку средств измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направление на метрологическую аттестацию и испытания с целью утверждения типа средств измерений и запасных частей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ведение реестра государственной системы обеспечения единства измерений Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) метрологическую экспертизу технологической и конструкторской документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Организация по ТО и РАТ устанавливает средства измерений, необходимые для обеспечения соответствия изделий авиационной техники установленным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z67" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Средства измерений должны быть:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) поверены в сроки, в соответствии с законодательством и нормативными документами в области обеспечения единства измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отрегулированы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) идентифицированы с целью установления статуса поверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) защищены от регулировок, которые сделали бы недействительными результаты измерения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) защищены от повреждения и ухудшения состояния в ходе использования, технического обслуживания и хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Организация производит оценку и регистрацию предыдущих результатов измерения, если обнаружено, что средство измерений не соответствует требованиям национальных стандартов государственной системы обеспечения единства измерений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z69" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Организация по ТО и РАТ обеспечивает немедленное изъятие из технологических процессов неисправных и не прошедших поверку средств измерения, а также назначить лиц, ответственных за контроль состояния и соблюдения графиков поверки технических средств измерений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z70" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 10. Требования к технологическим процессам ремонта</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...119 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 9. Требование к метрологическому обеспечению</w:t>
-[...259 lines deleted...]
-      48. Организация производит оценку и регистрацию предыдущих результатов измерения, если обнаружено, что средство измерений не соответствует требованиям национальных стандартов государственной системы обеспечения единства измерений.</w:t>
+        <w:t>авиационной техники</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z69" w:id="73"/>
-[...15 lines deleted...]
-      49. Организация по ТО и РАТ обеспечивает немедленное изъятие из технологических процессов неисправных и не прошедших поверку средств измерения, а также назначить лиц, ответственных за контроль состояния и соблюдения графиков поверки технических средств измерений.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Организации необходимо планировать и разрабатывать процедуры по управлению нормативной, организационно-распорядительной, технической и производственно-контрольной документацией в подразделениях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z70" w:id="74"/>
-[...48 lines deleted...]
-    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Организация технологического процесса ремонта изделий осуществляется в соответствии с настоящими Сертификационными требованиями и правилами технической эксплуатации и ремонта гражданских воздушных судов Республики Казахстан, в соответствии с подпунктом 41-24) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="76"/>
+    <w:bookmarkStart w:name="z72" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Организации необходимо иметь производственные площади для выполнения запланированных работ, в том числе для размещения ангаров, цехов, складских, служебных и бытовых помещений, ремонтируемых изделий, средств ремонта, а также для размещения персонала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом производственные площади:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5264,780 +5432,780 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участки сборки изделий изолируются от мест, где выполняются любые виды механической обработки с образованием стружки, металлической и абразивной пыли и других загрязнений. Участки по очистке, промывке, окраске изделий также изолируются от других рабочих мест.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выполнение ремонтных работ вне производственных помещений допускается выполнять только при погодных условиях, приемлемых по температуре, влажности, запыленности и атмосферным осадкам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="77"/>
+    <w:bookmarkStart w:name="z73" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Необходимо предусмотреть складские помещения для хранения материалов, изделий, инструмента и оборудования. Условия хранения отвечают требованиям изготовителя материалов, изделий, инструмента и оборудования.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z74" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Организация по ТО и РАТ обеспечивает выполнение требований по охране окружающей среды. Служебные помещения, в которых работает персонал, необходимо спроектировать и оборудовать для осуществления планирования и руководства производством, управления качеством, защиты персонала от неблагоприятных погодных и производственных факторов, а также для оформления и изучения документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z75" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Организации по ТО и РАТ необходимо иметь средства ремонта для выполнения запланированных работ, которые соответствуют (быть идентичными или равноценными) требованиям технологической документации разработчика АТ.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z74" w:id="78"/>
-[...15 lines deleted...]
-      53. Организация по ТО и РАТ обеспечивает выполнение требований по охране окружающей среды. Служебные помещения, в которых работает персонал, необходимо спроектировать и оборудовать для осуществления планирования и руководства производством, управления качеством, защиты персонала от неблагоприятных погодных и производственных факторов, а также для оформления и изучения документации.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Применяемые средства ремонта идентифицированы (маркировка, паспортизация) и аттестованы соответствующим подразделением Организации ТО и РАТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодические проверки, поверки, обслуживание, ремонт и хранение средств ремонта, а также изоляция тех из них, которые не соответствуют предъявляемым требованиям, необходимо осуществлять согласно требованиям разработчика АТ и стандартов государственной системы обеспечения единства измерений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 11. Неразрушающий контроль</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z75" w:id="79"/>
-[...15 lines deleted...]
-      54. Организации по ТО и РАТ необходимо иметь средства ремонта для выполнения запланированных работ, которые соответствуют (быть идентичными или равноценными) требованиям технологической документации разработчика АТ.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Для получения сертификата по ТО и PAT организация разрабатывает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Применяемые средства ремонта идентифицированы (маркировка, паспортизация) и аттестованы соответствующим подразделением Организации ТО и РАТ.</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="80"/>
+      1) процедуры контроля деятельности подразделений неразрущающего контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) процедуры выполнения для всех применяемых методов неразрушающего контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) процедуры, регламентирующие применение отраслевых контрольного и рабочего образцов для вихревого тока, ультразвукового, магнитного, капиллярного контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) технологические инструкции на технологические процессы неразрушающего контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) процедуры по оформлению результатов и принятию решения неразрушающего контроля узлов и деталей ремонтируемой авиационной технике, по регистрации результатов контроля в производственно-контрольной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Оборудование, применяемое при неразрушающем контроле, для гарантии точности измерений проходит периодическую метрологическую поверку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z79" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Рабочие места выполнения неразрушающего контроля обеспечены технологической документацией по неразрушающему контролю и оснащены эталонами для настройки оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z80" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Организация имеет отдельные помещения, лаборатории или специально оборудованные рабочие места для проведения неразрушающего контроля и стандартные образцы, применяемые при вихре токовом, ультразвуковом, магнитопорошковом, капиллярном методах контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z81" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 11. Неразрушающий контроль</w:t>
-[...149 lines deleted...]
-      57. Рабочие места выполнения неразрушающего контроля обеспечены технологической документацией по неразрушающему контролю и оснащены эталонами для настройки оборудования.</w:t>
+        <w:t xml:space="preserve"> Параграф 12. Требования к техническому обслуживанию воздушного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>судна и компонентов в процессе ремонта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z80" w:id="84"/>
-[...15 lines deleted...]
-      58. Организация имеет отдельные помещения, лаборатории или специально оборудованные рабочие места для проведения неразрушающего контроля и стандартные образцы, применяемые при вихре токовом, ультразвуковом, магнитопорошковом, капиллярном методах контроля.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Для получения Сертификата по ТО и PAT организация разрабатывает процедуры выполнения технического обслуживания воздушных судов и компонентов в процессе ремонта:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z81" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по внесению изменений в эксплуатационную документацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по оформлению разрешений для инженерно-технического персонала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по организации выполнения предусмотренных в области деятельности организации ТО и РАТ видов технического обслуживания на воздушном судне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Организация имеет средства для проведения технического обслуживания воздушных судов, обеспечивает контроль качества выполнения и оформления результатов технического обслуживания ответственными должностными лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z84" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 12. Требования к техническому обслуживанию воздушного</w:t>
+        <w:t xml:space="preserve"> Параграф 13. Система информации и принятия мер по отказам</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>судна и компонентов в процессе ремонта</w:t>
-[...19 lines deleted...]
-      59. Для получения Сертификата по ТО и PAT организация разрабатывает процедуры выполнения технического обслуживания воздушных судов и компонентов в процессе ремонта:</w:t>
+        <w:t>изделий</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:p>
-[...69 lines deleted...]
-      60. Организация имеет средства для проведения технического обслуживания воздушных судов, обеспечивает контроль качества выполнения и оформления результатов технического обслуживания ответственными должностными лицами.</w:t>
+    <w:bookmarkStart w:name="z85" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Организация по ТО и РАТ сводит необходимую информацию об опасных отказах и для этой цели:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z84" w:id="88"/>
+    <w:bookmarkStart w:name="z29" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает порядок сбора, учета и доведения до сведения уполномоченной организации в сфере гражданской авиации информацию обо всех обнаруженных опасных отказах (дефектах), связанных с летной годностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет порядок принятия мер по оперативному устранению отказов (дефектов) в эксплуатации.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 61 в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 568</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. В Организации действуют:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) система сбора, учета и анализа информации по отказам (дефектам), выявленным в процессе ремонта и эксплуатации изделий после ремонта и доведение информации до непосредственных исполнителей и служб;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) система проведения служебного расследования и установления причин дефектов изделий с определением ответственных подразделений и должностных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) взаимодействие с Изготовителем, Разработчиком и научно-исследовательских институтов при проведении исследований изделий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Организация принимает профилактические меры по предотвращению отказов ремонтируемой авиатехники и разрабатывает процедуры, регламентирующие порядок предупреждения отказов ремонтируемых изделий и реализации корректирующих и предупреждающих действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z88" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 13. Система информации и принятия мер по отказам</w:t>
-[...151 lines deleted...]
-      62. В Организации действуют:</w:t>
+        <w:t xml:space="preserve"> Параграф 14. Свидетельство о техническом обслуживании</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:p>
-[...69 lines deleted...]
-      63. Организация принимает профилактические меры по предотвращению отказов ремонтируемой авиатехники и разрабатывает процедуры, регламентирующие порядок предупреждения отказов ремонтируемых изделий и реализации корректирующих и предупреждающих действий.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Свидетельство о техническом обслуживании оформляется и подписывается для подтверждения того, что проведенные работы по техническому обслуживанию удовлетворительно выполнены в соответствии с утвержденными данными и процедурами, изложенными в руководстве по процедурам организации по техническому обслуживанию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z88" w:id="93"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z89" w:id="95"/>
+    <w:bookmarkStart w:name="z89" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Свидетельство о техническом обслуживании компонента оформляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Сертификационным требованиям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6056,722 +6224,706 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="96"/>
+    <w:bookmarkStart w:name="z111" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 15. Управление безопасностью полетов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Требования дополнены параграфом 15 в соответствии с приказом Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 493</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="97"/>
+    <w:bookmarkStart w:name="z112" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. Организация по ТО и РАТ внедряет СУБП, разработанную в соответствий с Типовой инструкций по управлению безопасностью полетов, при техническом обслуживании воздушных судов, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра транспорта и коммуникаций Республики Казахстан от 28 марта 2011 года № 173 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6855).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z113" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. СУБП содержит:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z114" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) политику безопасности и цели безопасности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z113" w:id="98"/>
-[...15 lines deleted...]
-      67. СУБП содержит:</w:t>
+    <w:bookmarkStart w:name="z115" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) управление рисками;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z114" w:id="99"/>
-[...15 lines deleted...]
-      1) политику безопасности и цели безопасности;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение безопасности и повышение уровня безопасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z115" w:id="100"/>
-[...15 lines deleted...]
-      2) управление рисками;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 16. Управление качеством</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z116" w:id="101"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Требования дополнены параграфом 16 в соответствии с приказом Министра по инвестициям и развитию РК от 25.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 493</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="103"/>
+    <w:bookmarkStart w:name="z118" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Организация по ТО и РАТ внедряет систему качества, описание которой содержится в Руководстве по процедурам организации по ТО и PAT.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z119" w:id="104"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z119" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       69. Организация по ТО и РАТ предусматривает в своей структуре службу контроля качества и/или гарантии качества. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z120" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Организация по ТО и РАТ предусматривает в штате лицо, ответственное за систему качества. Данное лицо соответствует следующим требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z33" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) иметь высшее или среднее авиационно-техническое образование;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z120" w:id="105"/>
-[...15 lines deleted...]
-      70. Организация по ТО и РАТ предусматривает в штате лицо, ответственное за систему качества. Данное лицо соответствует следующим требованиям:</w:t>
+    <w:bookmarkStart w:name="z34" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иметь сертификат об успешном окончании курсов аудиторов гарантии качества в сертифицированных авиационных учебных центрах гражданской авиаций или в иностранных сертифицированных авиационных учебных центрах гражданской авиаций, сертификаты которых признаны уполномоченной организацией в сфере гражданской авиации либо уполномоченным органом в сфере гражданской авиации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z33" w:id="106"/>
-[...15 lines deleted...]
-      1) иметь высшее или среднее авиационно-техническое образование;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) опыт работы в области управления системой качества не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 70 в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 568</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Лица, ответственные за систему качества, проходят курсы по поддержанию профессионального уровня один раз в два года, в сертифицированных авиационных учебных центрах гражданской авиаций или в иностранных сертифицированных авиационных учебных центрах гражданской авиаций, сертификаты которых признаны уполномоченной организацией в сфере гражданской авиации либо уполномоченным органом в сфере гражданской авиации. Поддержание квалификации внутреннего аудитора гарантии качества осуществляется путем ежегодного самостоятельного проведения не менее четырех внутренних аудитов качества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...35 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 71 в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 568</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Ответственное лицо за систему качества подчиняется непосредственно первому руководителю организации по ТО и РАТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z126" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Служба контроля и/или гарантии качества проводит независимые аудиты гарантии качества. Организация предусматривает систему информирования руководителя организации по ТО и РАТ по вопросам гарантии качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z127" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Ежегодная программа аудитов качества должна включать аудиты по проверке всех разделов и глав Руководства по процедурам организации по ТО и РАТ. Также в программе аудитов должны быть предусмотрены аудиты контрактных организаций по ТО и РАТ, признанных уполномоченной организацией в сфере гражданской авиации, по соответствию настоящим сертификационным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 70 в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 74 в редакции приказа Министра индустрии и инфраструктурного развития РК от 29.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 568</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="107"/>
-[...137 lines deleted...]
-      74. Ежегодная программа аудитов качества должна включать аудиты по проверке всех разделов и глав Руководства по процедурам организации по ТО и РАТ. Также в программе аудитов должны быть предусмотрены аудиты контрактных организаций по ТО и РАТ, признанных уполномоченной организацией в сфере гражданской авиации, по соответствию настоящим сертификационным требованиям.</w:t>
+    <w:bookmarkStart w:name="z128" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. В целях обеспечения надлежащего выполнения анализа по несоответствиям, выявленным в процессе внутренних и внешних аудитов, служба гарантии качества организации по ТО и РАТ обеспечивает ведение документации, запись результатов аудитов контроля и/или гарантии качества, корректирующих действий и анализ основных причин возникновения несоответствий, а также предотвращение повторения несоответствий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:p>
-[...77 lines deleted...]
-      75. В целях обеспечения надлежащего выполнения анализа по несоответствиям, выявленным в процессе внутренних и внешних аудитов, служба гарантии качества организации по ТО и РАТ обеспечивает ведение документации, запись результатов аудитов контроля и/или гарантии качества, корректирующих действий и анализ основных причин возникновения несоответствий, а также предотвращение повторения несоответствий.</w:t>
+    <w:bookmarkStart w:name="z129" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Подразделение гарантии качества организации по ТО и РАТ должно иметь типовую форму отчета по результатам аудита, годовой план аудитов гарантии качества, что должно быть описано в Руководстве по процедурам организации по ТО и РАТ. В Руководстве по процедурам организации по ТО и РАТ должно иметься описание системы обратной связи c персоналом организации ТО и РАТ, и описание того, что ответственными лицами предприняты и обеспечены корректирующие действия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z129" w:id="112"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6984,68 +7136,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="113"/>
+    <w:bookmarkStart w:name="z132" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Свидетельство о техническом обслуживании компонента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>