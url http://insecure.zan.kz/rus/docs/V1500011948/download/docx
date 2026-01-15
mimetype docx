--- v0 (2025-10-01)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7f48e58" w14:textId="7f48e58">
+    <w:p w14:paraId="63d8ebf" w14:textId="63d8ebf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -954,98 +954,204 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенная для сбора</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z418" w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Комитет по регулированию игорного бизнеса и лотереи</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерства туризма и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1053,187 +1159,216 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Форма административных данных размещена на интернет-ресурсе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>www.tsm.gov.kz</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="5"/>
+    <w:bookmarkStart w:name="z419" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Форма представления отчетности организатора игорного бизнеса</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>Форма представления отчетности организатора игорного бизнеса</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Отчетный период ________20__года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа Министра туризма и спорта РК от 01.10.2024 </w:t>
+      Сноска. Приложение 1 - в редакции приказа и.о. Министра туризма и спорта Республики Казахстан от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 169</w:t>
+        <w:t>№ 246</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z191" w:id="6"/>
+      <w:bookmarkStart w:name="z420" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс: 1-(ОИБ)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Периодичность: ежеквартально</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Круг лиц, представляющих информацию: организаторы игорного бизнеса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(юридические лица, осуществляющие организацию и проведение азартных игр и (или) пари)</w:t>
+        <w:t>(юридические лица, осуществляющие организацию и проведение азартных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>игр и (или) пари)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Срок представления формы административных данных: один раз в квартал,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1242,269 +1377,253 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>не позднее 10 числа месяца, следующего за отчетным периодом.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z192" w:id="7"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...16 lines deleted...]
-            <w:tcW w:w="946" w:type="dxa"/>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес идентификационный номер организатора игорного бизнеса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование организатора игорного бизнеса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юридический адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1528,124 +1647,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество участников азартных игр и (или) пари на начало отчетного периода, человек</w:t>
-            </w:r>
-[...72 lines deleted...]
-Количество отказов в установлении деловых отношений с участниками по основаниям Закона о ПОД/ФТ*, человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1677,5642 +1722,5621 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на начало отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 резиденты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нерезиденты</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...83 lines deleted...]
-          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z215" w:id="8"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...16 lines deleted...]
-            <w:tcW w:w="946" w:type="dxa"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
-            </w:r>
-[...106 lines deleted...]
-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...220 lines deleted...]
-        </w:tc>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z421" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...106 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество участников азартных игр и (или) пари на конец отчетного периода, человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество отказов в установлении деловых отношений с участниками по основаниям </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Закона</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о ПОД/ФТ/ФРОМУ*, человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество посещений игорных заведений одними и теми же участниками азартных игр в отчетный период</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о сумме уплаченной платы за пользование лицензией на занятие деятельностью в сфере игорного бизнеса за отчетный период</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о суммах обязательных резервов, фактически размещенных в банке (-ах) по состоянию на день предоставления отчетности**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о суммах выплаченных выигрышей участникам азартных игр и (или) пари</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общая сумма совершенных ставок за отчетный период</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+резиденты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нерезиденты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+менее 10 посещений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+более 10 посещений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+более 50 посещений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z241" w:id="9"/>
+    <w:bookmarkStart w:name="z422" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование и вид игорного оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество игорного оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Серийный и (или) инвентарный номер игорного оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Производитель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техническое состояние игорного оборудования, игровых автоматов (новое/бывшее в употреблении)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата тестирования оборудования (для новых игровых автоматов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Установленный процент выигрыша, технологически заложенный в игровой автомат (для зала игровых автоматов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z242" w:id="10"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...154 lines deleted...]
-Общая сумма совершенных ставок за отчетный период</w:t>
+Сведения о техническом состоянии видеозаписывающих систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z248" w:id="11"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...228 lines deleted...]
-          </w:p>
+штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z256" w:id="12"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...16 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Наименование видеозаписывающей системы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...143 lines deleted...]
-19</w:t>
+Количество, штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...191 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z272" w:id="13"/>
+    <w:bookmarkStart w:name="z423" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...268 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о техническом состоянии видеозаписывающих систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Данные о кассе (-ах), в том числе вид, количество и месторасположение кассы (адрес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о постановке на регистрационный учет объектов налогообложения/ касс (-ы) в органах государственных доходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения об изменении количества столов, замены оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о бенефициарных собственниках в составе учредителей, руководителей организатора игорного бизнеса и о первых руководителях организатора игорного бизнеса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техническое состояние</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата тестирования оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...35 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...74 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Серийный или инвентарный номер заменившего оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество игровых столов, указанных при получении лицензии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация об увеличении и сокращении количества игровых столов</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...77 lines deleted...]
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="946" w:type="dxa"/>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование видеозаписывающей системы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="946" w:type="dxa"/>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество, штук</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="946" w:type="dxa"/>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Техническое состояние</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="946" w:type="dxa"/>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата тестирования оборудования</w:t>
-[...27 lines deleted...]
-          <w:p/>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...868 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z337" w:id="16"/>
-[...15 lines deleted...]
-      продолжение таблицы</w:t>
+    <w:bookmarkStart w:name="z424" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон о ПОД/ФТ/ФРОМУ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Закон Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z425" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      **В целях подтверждения наличия обязательных резервов к отчетности прилагается справка о наличии и движении денег по банковским счетам, открытым при заключении договора банковского вклада.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование организации: ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вид деятельности ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Юридический адрес __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бизнес идентификационный номер ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование игорного заведения или товарного знака (при наличии) ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Интернет-ресурс (при наличии) _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер и дата выданной лицензии _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается ______ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждается, что: все сведения, указанные в настоящей отчетности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и прилагаемые документы соответствуют действительности и являются действительными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственное лицо ___________________________ подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель или лицо, уполномоченное на подписание</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись или электронная цифровая подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z426" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Форма отчетности организатора игорного бизнеса</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Индекс: 1 - (ОИБ), периодичность: ежеквартальная</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z427" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z428" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящее пояснение определяет единые требования по заполнению формы представления отчетности организатора игорного бизнеса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z429" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма заполняется организаторами игорного бизнеса (юридическими лицами, осуществляющим организацию и проведение азартных игр и (или) пари), и представляется в уполномоченный орган в сфере игорного бизнеса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:tbl>
-[...580 lines deleted...]
-        <w:t xml:space="preserve"> - Закон Республики Казахстан "О противодействии легализации</w:t>
+    <w:bookmarkStart w:name="z430" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Форма заверяется подписью или электронной цифровой подписью руководителя организатора игорного бизнеса, либо лица его заменяющего (с приложением копии приказа о возложении обязанностей), а также печатью организации (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z431" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Форма предоставляется ежеквартально, не позднее 10 числа месяца, следующего за отчетным периодом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z432" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z433" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В графе 1 заполняется номер по порядку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...433 lines deleted...]
-        <w:t>Индекс: 1 - (ОИБ), периодичность: ежеквартальная</w:t>
+    <w:bookmarkStart w:name="z434" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В графе 2 указывается бизнес идентификационный номер организатора игорного бизнеса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z170" w:id="22"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z435" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В графе 3 указывается наименование организатора игорного бизнеса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z171" w:id="23"/>
-[...15 lines deleted...]
-      1. Настоящее пояснение определяет единые требования по заполнению формы представления отчетности организатора игорного бизнеса.</w:t>
+    <w:bookmarkStart w:name="z436" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В графе 4 указывается вид деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z358" w:id="24"/>
-[...15 lines deleted...]
-      2. Форма заполняется организаторами игорного бизнеса (юридическими лицами, осуществляющим организацию и проведение азартных игр и (или) пари), и представляется в уполномоченный орган в сфере игорного бизнеса.</w:t>
+    <w:bookmarkStart w:name="z437" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В графе 5 указывается юридический адрес.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z359" w:id="25"/>
-[...15 lines deleted...]
-      3. Форма заверяется подписью или электронной цифровой подписью руководителя организатора игорного бизнеса, либо лица его заменяющего (с приложением копии приказа о возложении обязанностей), а также печатью организации (при наличии).</w:t>
+    <w:bookmarkStart w:name="z438" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В графах 6, 7 указываются сведения о численности работников организатора игорного бизнеса на начало и на конец отчетного периода.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z360" w:id="26"/>
-[...15 lines deleted...]
-      4. Форма предоставляется ежеквартально, не позднее 10 числа месяца, следующего за отчетным периодом.</w:t>
+    <w:bookmarkStart w:name="z439" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В графах 8, 9 указываются сведения о количестве участников азартных игр и (или) пари (резиденты, нерезиденты) на начало отчетного периода.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z361" w:id="27"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
+    <w:bookmarkStart w:name="z440" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В графах 10, 11 указываются сведения о количестве участников азартных игр и (или) пари (резиденты, нерезиденты) на конец отчетного периода.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z362" w:id="28"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z370" w:id="36"/>
+    <w:bookmarkStart w:name="z441" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. В графе 12 указываются сведения о количестве отказов в установлении деловых отношений с участниками по основаниям, предусмотренным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z371" w:id="37"/>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z442" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графах 13, 14, 15 указываются сведения о количестве посещений игорных заведений одними и теми же участниками азартных игр в отчетный период (менее 10 посещений, более 10 посещений, более 50 посещений).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z372" w:id="38"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z443" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В графе 16 указываются сведения о сумме уплаченной платы за пользование лицензией на занятие деятельностью в сфере игорного бизнеса за отчетный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z373" w:id="39"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z444" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. В графе 17 указываются сведения о сумме обеспечения на каждую лицензию в виде обязательных резервов, определяемых </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об игорном бизнесе", фактически размещенных в банке (-ах) по состоянию на день предоставления отчетности.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z445" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В графе 18 указываются сведения о сумме выплаченных выигрышей участникам азартных игр и (или) пари.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z446" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В графе 19 указываются сведения об общей сумме совершенных ставок за отчетный период.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z447" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В графе 20 указываются наименование и вид игорного оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z448" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В графе 21 указывается количество игорного оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z449" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. В графе 22 указывается серийный и (или) инвентарный номер игорного оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z450" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. В графе 23 указывается производитель игорного оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z451" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. В графе 24 указывается техническое состояние игорного оборудования, игровых автоматов (новое/бывшее в употреблении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z452" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. В графе 25 указывается дата тестирования игорного оборудования (для новых игровых автоматов).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z374" w:id="40"/>
-[...15 lines deleted...]
-      17. В графе 18 указываются сведения о сумме выплаченных выигрышей участникам азартных игр и (или) пари.</w:t>
+    <w:bookmarkStart w:name="z453" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. В графе 26 указывается установленный процент выигрыша, технологически заложенный в игровой автомат (для зала игровых автоматов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z375" w:id="41"/>
-[...15 lines deleted...]
-      18. В графе 19 указываются сведения об общей сумме совершенных ставок за отчетный период.</w:t>
+    <w:bookmarkStart w:name="z454" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. В графах 27, 28, 29, 30 указываются сведения о техническом состоянии видеозаписывающих систем, в том числе наименование видеозаписывающей системы, количество, техническое состояние, дата тестирования оборудования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z376" w:id="42"/>
-[...15 lines deleted...]
-      19. В графе 20 указываются наименование и вид игорного оборудования.</w:t>
+    <w:bookmarkStart w:name="z455" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. В графе 31 указываются данные о кассе (-ах), в том числе вид, количество, месторасположение кассы (адрес).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z377" w:id="43"/>
-[...15 lines deleted...]
-      20. В графе 21 указывается количество игорного оборудования.</w:t>
+    <w:bookmarkStart w:name="z456" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. В графе 32 указываются сведения о постановке на регистрационный учет объектов налогообложения/касс (-ы) в органах государственных доходов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z378" w:id="44"/>
-[...15 lines deleted...]
-      21. В графе 22 указывается серийный и (или) инвентарный номер игорного оборудования.</w:t>
+    <w:bookmarkStart w:name="z457" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. В графах 33, 34, 35 указываются сведения об изменении количества столов, замены оборудования, в том числе серийный или инвентарный номер заменившего оборудования, количество игровых столов, указанных при получении лицензии, информация об увеличении и сокращении количества игровых столов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z379" w:id="45"/>
-[...15 lines deleted...]
-      22. В графе 23 указывается производитель игорного оборудования.</w:t>
+    <w:bookmarkStart w:name="z458" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. В графе 36 указываются сведения о бенефициарных собственниках в составе учредителей, руководителей организатора игорного бизнеса и о первых руководителях организатора игорного бизнеса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z380" w:id="46"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7404,176 +7428,176 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 июля 2015 года № 249</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="54"/>
+    <w:bookmarkStart w:name="z20" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила осуществления сбора и анализа отчетности,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>представляемой организатором игорного бизнеса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z21" w:id="55"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z21" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  "Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 1 - в редакции приказа Министра культуры и спорта РК от 08.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="56"/>
+    <w:bookmarkStart w:name="z8" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила осуществления сбора и анализа отчетности, представляемой организатором игорного бизнеса (далее – Правила), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об игорном бизнесе" и определяют порядок сбора и анализа отчетности, представляемой организаторами игорного бизнеса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7592,127 +7616,127 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня их первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="57"/>
+    <w:bookmarkStart w:name="z9" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Целью сбора и анализа отчетности является осуществление мониторинга деятельности субъектов игорного бизнеса на соответствие законодательству об игорном бизнесе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z22" w:id="58"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z22" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок осуществления сбора отчетности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 - в редакции приказа Министра культуры и спорта РК от 08.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="59"/>
+    <w:bookmarkStart w:name="z10" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сбор отчетности осуществляется посредством предоставления организаторами игорного бизнеса в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7727,951 +7751,951 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в сфере игорного бизнеса (далее – уполномоченный орган) отчетности по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу (далее – отчетность). </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z11" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Отчетность представляется в бумажном или электронном виде ежеквартально не позднее 10 числа месяца, следующего за отчетным периодом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра туризма и спорта РК от 01.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Отчетность содержит следующую информацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z459" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения о бизнес идентификационном номере организатора игорного бизнеса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z460" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование организатора игорного бизнеса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z461" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вид деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z462" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) юридический адрес;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z463" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о численности работников организатора игорного бизнеса на начало отчетного периода;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z464" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сведения о численности работников организатора игорного бизнеса на конец отчетного периода;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z11" w:id="60"/>
-[...15 lines deleted...]
-      4. Отчетность представляется в бумажном или электронном виде ежеквартально не позднее 10 числа месяца, следующего за отчетным периодом.</w:t>
+    <w:bookmarkStart w:name="z465" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сведения о количестве участников азартных игр и (или) пари (резиденты) на начало отчетного периода;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:p>
-[...77 lines deleted...]
-      5. Отчетность содержит следующую информацию:</w:t>
+    <w:bookmarkStart w:name="z466" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сведения о количестве участников азартных игр и (или) пари (нерезиденты) на начало отчетного периода;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z389" w:id="62"/>
-[...15 lines deleted...]
-      1) сведения о бизнес идентификационном номере организатора игорного бизнеса;</w:t>
+    <w:bookmarkStart w:name="z467" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сведения о количестве участников азартных игр и (или) пари (резиденты) на конец периода;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z390" w:id="63"/>
-[...15 lines deleted...]
-      2) наименование организатора игорного бизнеса;</w:t>
+    <w:bookmarkStart w:name="z468" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) сведения о количестве участников азартных игр и (или) пари (нерезиденты) на конец периода;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z391" w:id="64"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z399" w:id="72"/>
+    <w:bookmarkStart w:name="z469" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) сведения о количестве отказов в установлении деловых отношений с участниками по основаниям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма";</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z400" w:id="73"/>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z470" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) сведения о количестве посещений игорных заведений одними и теми же участниками азартных игр в отчетный период (менее 10 посещений, более 10 посещений, более 50 посещений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z401" w:id="74"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z471" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) сведения о сумме уплаченной платы за пользование лицензией на занятие деятельностью в сфере игорного бизнеса за отчетный период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z402" w:id="75"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z472" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) сведения о сумме обеспечения на каждую лицензию в виде обязательных резервов, определяемых </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об игорном бизнесе";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z473" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) сведения о суммах выплаченных выигрышей участникам азартных игр и (или) пари;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z474" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) сведения об общей сумме совершенных ставок за отчетный период;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z475" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) наименование и вид игорного оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z476" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) количество игорного оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z477" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) сведения о серийном и (или) инвентарном номере игорного оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z478" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) сведения о производителе игорного оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z479" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) сведения о техническом состоянии игорного оборудования, игровых автоматов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z480" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) сведения об установленном проценте выигрыша, технологически заложенном в игровой автомат;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z403" w:id="76"/>
-[...15 lines deleted...]
-      15) сведения о суммах выплаченных выигрышей участникам азартных игр и (или) пари;</w:t>
+    <w:bookmarkStart w:name="z481" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) сведения о техническом состоянии видеозаписывающих систем, в том числе о наименовании видеозаписывающей системы, количестве, дате тестирования оборудования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z404" w:id="77"/>
-[...15 lines deleted...]
-      16) сведения об общей сумме совершенных ставок за отчетный период;</w:t>
+    <w:bookmarkStart w:name="z482" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) сведения о кассе (-ах), в том числе о виде, количестве и месторасположении кассы (адрес);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z405" w:id="78"/>
-[...15 lines deleted...]
-      17) наименование и вид игорного оборудования;</w:t>
+    <w:bookmarkStart w:name="z483" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) сведения о постановке на регистрационный учет объектов налогообложения/касс (-ы) в органах государственных доходов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z406" w:id="79"/>
-[...15 lines deleted...]
-      18) количество игорного оборудования;</w:t>
+    <w:bookmarkStart w:name="z484" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) сведения об изменении количества столов, замены оборудования, в том числе серийный или инвентарный номер заменившего оборудования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z407" w:id="80"/>
-[...15 lines deleted...]
-      19) сведения о серийном и (или) инвентарном номере игорного оборудования;</w:t>
+    <w:bookmarkStart w:name="z485" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) сведения об изменении количества столов, замены оборудования, в том числе о количестве игровых столов, указанных при получении лицензии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z408" w:id="81"/>
-[...15 lines deleted...]
-      20) сведения о производителе игорного оборудования;</w:t>
+    <w:bookmarkStart w:name="z486" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) сведения об изменении количества столов, замены оборудования, в том числе информация об увеличении и сокращении количества игровых столов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z409" w:id="82"/>
-[...15 lines deleted...]
-      21) сведения о техническом состоянии игорного оборудования, игровых автоматов;</w:t>
+    <w:bookmarkStart w:name="z487" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) сведения о бенефициарных собственниках в составе учредителей, руководителей организатора игорного бизнеса и о первых руководителях организатора игорного бизнеса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z410" w:id="83"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра туризма и спорта РК от 01.10.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 169</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа и.о. Министра туризма и спорта Республики Казахстан от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="91"/>
+    <w:bookmarkStart w:name="z13" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Отчетность заверяется подписью руководителя организатора игорного бизнеса, либо лица его заменяющего (с приложением копии приказа о возложении обязанностей), а также печатью организации (при наличии) и направляется в уполномоченный орган. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z14" w:id="92"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z14" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Представленная отчетность регистрируется в уполномоченном органе и рассматривается соответствующим его структурным подразделением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z23" w:id="93"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z23" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок осуществления анализа отчетности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 - в редакции приказа Министра культуры и спорта РК от 08.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="94"/>
+    <w:bookmarkStart w:name="z15" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Уполномоченный орган на основании представленной отчетности </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет анализ на наличие и полноту всех необходимых данных.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8720,70 +8744,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, предъявляемым к организаторам игорного бизнеса; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) формирование сведений о не предоставлении или не полном предоставлении отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="95"/>
+    <w:bookmarkStart w:name="z16" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Результаты анализа используются при подготовке предложений по совершенствованию государственной политики в области игорного бизнеса и проведении профилактического контроля без посещения субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8802,70 +8826,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня их первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="96"/>
+    <w:bookmarkStart w:name="z17" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уполномоченный орган путем сбора, обобщения и анализа отчетности формирует сведения о соблюдении квалификационных требований организаторами игорного бизнеса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>