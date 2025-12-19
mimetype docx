--- v0 (2025-10-04)
+++ v1 (2025-12-19)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="73250c7" w14:textId="73250c7">
+    <w:p w14:paraId="14c0c0e" w14:textId="14c0c0e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -433,50 +433,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1676,118 +1677,204 @@
         <w:t>
       3) если импорт, экспорт и (или) реэкспорт образцов угрожает их выживанию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Научное заключение оформляется на фирменном бланке научной организации, подписывается уполномоченным должностным лицом и скрепляется печатью научной организации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 6 предусматривается в редакции приказа и.о. Министра экологии и природных ресурсов РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>Государственная услуга "Выдача административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения" (далее – государственная услуга) оказывается Административным органом в лице Комитета лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан и Комитета рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан (далее – услугодатели).</w:t>
+        <w:t>
+      6. Государственная услуга "Выдача административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения" (далее – государственная услуга) оказывается Административным органом в лице Комитета лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан и Комитета рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан (далее – услугодатели).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z158" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в стандарте государственной услуги в форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3309,1007 +3396,1008 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="640"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="285"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цель импорта, экспорта и (или) реэкспорт (коммерческие операции, научные исследования, воспроизводственные цели, цирковые выступления или передвижные выставки, обмен между зоопарками, ботаническими садами и музеями, а также личная передача)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Образец с указанием его названия на государственном, русском и латинском языках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Описание образца (живые животные, шкуры, чучела, тушки, черепа, рога, клыки, кровь, икра, а также изделия, для живых животных - пол и возраст, наличие идентифицирующих меток)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество и (или) вес образцов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Происхождение образца (изъято из природы, выведено или выращено в искусственных условиях, или на основании каких документов импортировано из другой страны, конфисковано, куплено, получено в качестве дара или наследства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата свидетельств (а) о регистрации в административном органе физических и юридических лиц, осуществляющих искусственное разведение животных, виды которых включены в приложения I и II Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата уведомления (й) о начале или прекращении деятельности по искусственному разведению животных, виды которых включены в приложения I и II Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, в случае если образцы, были выращены в искусственных условиях на территории Республики Казахстан (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата разрешения на изъятие видов животных, численность которых подлежит регулированию, в случае если виды животных, их части и дериваты, были изъяты из природной среды посредством регулирования численности животных на территории Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юридический адрес (для физических лиц - домашний адрес, паспортные данные) импортера, экспортера и (или) реэкспортера на русском и английском языках, их телефоны или факсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4381,50 +4469,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии), подпись, место печати (за исключением лиц, являющихся субъектами частного предпринимательства)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа и.о. Министра экологии и природных ресурсов РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4673,629 +4857,630 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9769"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги "Выдача административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан и Комитет рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием заявления и выдача результата оказания государственной услуги осуществляются через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 (три) рабочих дня.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (полностью автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z134" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5332,123 +5517,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На портал в "личный кабинет" услугополучателя направляется уведомление о месте выдачи результата оказания государственной услуги в форме электронного документа, подписанного ЭПЦ уполномоченного лица услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z135" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5513,123 +5698,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оплата производится в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций, а также через портал оплата осуществляется через платежный шлюз "электронного правительства" (далее – ПШЭП).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z137" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5770,123 +5955,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) портале.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z141" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6055,123 +6240,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) разрешение на охоту в форме электронного документа, в случае изъятия видов животных, их частей и дериватов, из природной среды обитания на территории Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z146" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6244,123 +6429,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z149" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7324,644 +7509,645 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="619"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цель импорт, экспорт и (или) реэкспорт (коммерческие операции, научные исследования, воспроизводственные цели, цирковые выступления или передвижные выставки, обмен между зоопарками, ботаническими садами и музеями, а также личная передача)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Образец с указанием его названия на государственном, русском и латинском языках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Описание образца (живые животные, шкуры, чучела, тушки, черепа, рога, клыки, кровь, икра, а также изделия и другое, для живых животных ‒ пол и возраст, наличие идентифицирующих меток)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество и (или) вес образцов (при экспорте и (или) реэкспорте икры дополнительно указать количество и объем емкостей по видам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Происхождение образца (изъято из природы, выведено или выращено в искусственных условиях, на основании каких документов импортировано из другой страны, конфисковано, куплено, получено в качестве дара или наследства и другие)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7973,269 +8159,269 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Конвенции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, в случае если образцы, были выращены в искусственных условиях на территории Республики Казахстан (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата разрешения на изъятие видов животных, численность которых подлежит регулированию, в случае если виды животных, их части и дериваты, были изъяты из природной среды посредством регулирования численности животных на территории Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юридический адрес (для физических лиц ‒ домашний адрес, паспортные данные) импортера, экспортера и (или) реэкспортера и на русском и английском языках, их телефоны или факсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8592,67 +8778,68 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Разрешение на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3915"/>
-[...13 lines deleted...]
-        <w:gridCol w:w="1513"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -8921,51 +9108,51 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9128,62 +9315,63 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 theRepublicofKazakhstan</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="7982"/>
-              <w:gridCol w:w="4318"/>
+              <w:gridCol w:w="6150"/>
+              <w:gridCol w:w="6150"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7982" w:type="dxa"/>
+                  <w:tcW w:w="6150" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
@@ -9243,51 +9431,51 @@
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4318" w:type="dxa"/>
+                  <w:tcW w:w="6150" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
@@ -9460,51 +9648,51 @@
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9562,51 +9750,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9664,51 +9852,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10171,51 +10359,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 LiveAnimalRegulations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10516,51 +10704,51 @@
               <w:t>
 Источник</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Sourcе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10666,51 +10854,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 specimens or weight</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -10803,51 +10991,51 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11033,51 +11221,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Permit № anddate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -11170,51 +11358,51 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12046,211 +12234,211 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 CITES PERMIT/CERTIFICATE №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1503" w:type="dxa"/>
-[...159 lines deleted...]
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12586,1139 +12774,1140 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал выдачи административным органом разрешения на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1123"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1089"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кому выдано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1088" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование образца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1088" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Куда/ откуда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1692" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата выдачи и номер разрешения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4009" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при наличии) получателя, доверенность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подпись получателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1088" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1088" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1692" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4009" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...223 lines deleted...]
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...223 lines deleted...]
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -13776,55 +13965,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>