--- v1 (2025-12-19)
+++ v2 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="14c0c0e" w14:textId="14c0c0e">
+    <w:p w14:paraId="deb7b47" w14:textId="deb7b47">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1677,912 +1677,838 @@
         <w:t>
       3) если импорт, экспорт и (или) реэкспорт образцов угрожает их выживанию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Научное заключение оформляется на фирменном бланке научной организации, подписывается уполномоченным должностным лицом и скрепляется печатью научной организации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Государственная услуга "Выдача административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конвенции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения" (далее – государственная услуга) оказывается Административным органом в лице Комитета лесного хозяйства и животного мира Министерства экологии и природных ресурсов Республики Казахстан (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z158" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги изложен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа и.о. Министра экологии и природных ресурсов РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 282</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Государственная услуга "Выдача административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения" (далее – государственная услуга) оказывается Административным органом в лице Комитета лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан и Комитета рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан (далее – услугодатели).</w:t>
+      7. Для получения государственной услуги физические и (или) юридические лица (далее – услугополучатель) подают услугодателю через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал), следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в стандарте государственной услуги в форме согласно </w:t>
-[...9 lines deleted...]
-        <w:t>приложению 2</w:t>
+      1) заявление на получение разрешения на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения в форме электронного документа, удостоверенное электронной цифровой подписью (далее – ЭЦП) заявителя, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронную копию контракта или договора между экспортером и импортером, подтверждающего намерения о совершении данного импорта, экспорта и (или) реэкспорта, за исключением лиц, осуществляющих импорт, экспорт и (или) реэкспорт в личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при импорте образцов на территорию Республики Казахстан электронную копию разрешения на экспорт или сертификата на реэкспорт в случае, если образец включен в приложения 1, 2, 3 Конвенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электронную копию заключения научной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5)сведения, подтверждающие оплату в бюджет государственной пошлины за выдачу разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 615 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) разрешение на охоту, в случае изъятия видов животных, их частей и дериватов, из природной среды обитания на территории Республики Казахстан в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. При подаче документов услугополучателю в "личный кабинет" через портал направляется статус о принятии запроса для оказания государственной услуги с указанием даты выдачи результата. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации в качестве индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя, оплаты в бюджет государственной пошлины за выдачу разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, разрешение на охоту услугодатель получает из соответствующих информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Услугодатель в день поступления документов осуществляет прием и регистрацию поступившего заявления на получение разрешения и прилагаемые к нему документы и передает на исполнение в ответственное структурное подразделение услугодателя(при обращении услугополучателя после 18.00 часов или в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан", прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ответственное структурное подразделение услугодателя в течение 2 (двух) рабочих дней с момента получения документов проверяет полноту представленных документов. В случае представления услугополучателем неполного пакета документов согласно перечня, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, и (или) документов с истекшим сроком действия услугодатель формирует мотивированный отказ в дальнейшем рассмотрении заявления и направляет его в форме электронного документа, подписанного ЭПЦ уполномоченного лица услугодателя в "личный кабинет" услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При полном пакете документов, услугодатель в течении 3 (трех) рабочих дней со дня поступления документов рассматривает на соответствие к настоящим Правилам и выносит решение о выдаче разрешения на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портал в "личный кабинет" услугополучателя направляется уведомление о месте выдачи результата оказания государственной услуги в форме электронного документа, подписанного ЭПЦ уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Услугодатель отказывает в оказании государственной услуги по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Разрешение выдается заявителю (либо представителю по доверенности) под роспись в журнале выдачи административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Разрешение содержит информацию, указанную в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, период действия для импорта, экспорта и (или) реэкспорта образцов только в течение шести месяцев с момента его выдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7. Для получения государственной услуги физические и (или) юридические лица (далее – услугополучатель) подают услугодателю через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал), следующие документы:</w:t>
+        <w:t xml:space="preserve">
+      13. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+        <w:t>
+      Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) электронную копию контракта или договора между экспортером и импортером, подтверждающего намерения о совершении данного импорта, экспорта и (или) реэкспорта, за исключением лиц, осуществляющих импорт, экспорт и (или) реэкспорт в личных целях;</w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) при импорте образцов на территорию Республики Казахстан электронную копию разрешения на экспорт или сертификата на реэкспорт в случае, если образец включен в приложения 1, 2, 3 Конвенции;</w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, может не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...545 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3330,68 +3256,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>номер/индивидуальный</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на получение научного заключения на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать научное заключение на импорт, экспорт и (или) реэкспорт образцов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4471,146 +4397,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии), подпись, место печати (за исключением лиц, являющихся субъектами частного предпринимательства)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4644,168 +4474,194 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к Правилам</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>выдачи административным</w:t>
+              <w:t>к Правилам выдачи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органом разрешений на импорт</w:t>
+              <w:t>административным органом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на территорию Республики</w:t>
+              <w:t>разрешений на импорт</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Казахстан, экспорт и (или)</w:t>
+              <w:t>на территорию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реэкспорт с территории</w:t>
+              <w:t>Республики Казахстан,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан видов</w:t>
+              <w:t>экспорт и (или) реэкспорт</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>животных, подпадающих под</w:t>
+              <w:t>с территории</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>действие Конвенции о</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>международной торговле</w:t>
+              <w:t>видов животных, подпадающих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>под действие Конвенции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о международной торговле</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>видами дикой фауны и флоры,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4821,71 +4677,71 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>исчезновения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 06.10.2021 </w:t>
+      Сноска. Приложение 2 - в редакции приказа и.о. Министра экологии и природных ресурсов РК от 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 396</w:t>
+        <w:t>№ 282</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4901,51 +4757,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стандарт государственной услуги "Выдача административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения"</w:t>
+Перечень основных требований к оказанию государственной услуги "Выдача административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5014,51 +4870,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Комитет лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан и Комитет рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан.</w:t>
+Комитет лесного хозяйства и животного мира Министерства экологии и природных ресурсов Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5127,51 +4983,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием заявления и выдача результата оказания государственной услуги осуществляются через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+Прием заявления и выдача результата оказания государственной услуги осуществляются через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5353,51 +5209,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная)</w:t>
+электронная (частично автоматизированная) / бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5451,106 +5307,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z134" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Разрешение на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения по форме, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> к настоящим Правилам либо мотивированный отказ в оказании государственной услуги.</w:t>
-[...18 lines deleted...]
-На портал в "личный кабинет" услугополучателя направляется уведомление о месте выдачи результата оказания государственной услуги в форме электронного документа, подписанного ЭПЦ уполномоченного лица услугодателя.</w:t>
+              <w:t xml:space="preserve"> к настоящим Правилам либо мотивированный отказ в оказании государственной услуги. На портал в "личный кабинет" услугополучателя направляется уведомление о месте выдачи результата оказания государственной услуги в форме электронного документа, подписанного ЭПЦ уполномоченного лица услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5604,134 +5440,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z135" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается на платной основе физическим и юридическим лицам.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
-[...63 lines deleted...]
-Оплата производится в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций, а также через портал оплата осуществляется через платежный шлюз "электронного правительства" (далее – ПШЭП).</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Государственная пошлина за выдачу разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения взимается в соответствии с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпунктом 2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 615 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" и составляет 2 месячных расчетных показателя. Оплата производится в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций, а также через портал оплата осуществляется через платежный шлюз "электронного правительства" (далее – ПШЭП).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5785,210 +5591,160 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z137" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Услугодатель − с понедельника по пятницу включительно, в соответствии с установленным графиком работы с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
+Услугодатель - с понедельника по пятницу включительно, в соответствии с установленным графиком работы с 8.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан".</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">Портал − круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после 18.00 часов или в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан и </w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Портал - круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после после 18.00 часов или в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан", прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
-[...73 lines deleted...]
-2) портале.</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан", прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем). Адреса мест оказания государственной услуги размещены на: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Интернет-ресурсе Министерства экологии, геологии и природных ресурсов Республики Казахстан – www.ecogeo.gov.kz,раздел "Государственные услуги".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Портале.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6021,259 +5777,255 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов необходимых для оказания государственной услуги</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z141" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) заявление на получение разрешения на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие </w:t>
+1)заявление на получение разрешения на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения в форме электронного документа, удостоверенное ЭЦП услугополучателя, по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия контракта или договора между экспортером и импортером, подтверждающего намерения о совершении данный экспорт и (или) реэкспорт или импорта, за исключением лиц, осуществляющих экспорт и (или) реэкспорт или импорт в личных целях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) при импорте образцов на территорию Республики Казахстан электронная копия разрешения или сертификата на экспорт и (или) реэкспорт в случае, если образец включен в приложения 1, 2, 3 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Конвенции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения в форме электронного документа, удостоверенное ЭЦП услугополучателя, по форме согласно </w:t>
-[...132 lines deleted...]
-              <w:t>5) сведения, подтверждающее оплату в бюджет государственной пошлины;</w:t>
+              <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия заключения научной организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) сведения, подтверждающее оплату в бюджет государственной пошлины;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) разрешение на охоту в форме электронного документа, в случае изъятия видов животных, их частей и дериватов, из природной среды обитания на территории Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сведения о документах, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации в качестве индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя, оплаты в бюджет государственной пошлины за выдачу разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Конвенции</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, разрешение на охоту услугодатель получает из соответствующих информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6327,142 +6079,158 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z146" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
-[...53 lines deleted...]
-              <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям настоящих Правил;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6516,188 +6284,127 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z149" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Разрешение на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения соответствует требованиям статьи VI </w:t>
+Разрешение на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Конвенции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения.</w:t>
-[...74 lines deleted...]
-Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе услугодателя. Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+              <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения соответствует требованиям статьи VI Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения. Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" в портале, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе услугодателя. Единый контакт-центр 1414, 8 800 080 7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7412,51 +7119,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 06.10.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на получение разрешения на импорт на территорию Республики Казахстан,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -7465,81 +7172,81 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>подпадающих под действие Конвенции о международной торговле видами дикой фауны</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>и флоры, находящимися под угрозой исчезновения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z157" w:id="63"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z157" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Прошу выдать разрешение на импорт, экспорт и (или) реэкспорт образцов.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8747,68 +8454,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="64"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Разрешение на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
@@ -12743,68 +12450,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал выдачи административным органом разрешения на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -13965,55 +13672,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>