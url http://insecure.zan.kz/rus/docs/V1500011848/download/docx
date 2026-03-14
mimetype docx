--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0859f60" w14:textId="0859f60">
+    <w:p w14:paraId="37ab088" w14:textId="37ab088">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1332,318 +1332,302 @@
         </w:rPr>
         <w:t>
       2) размер собственного капитала Фонда составляет не менее 5 (пяти) процентов от общей суммы принятых условных обязательств Фонда перед держателями зерновых расписок, при этом объемом не менее 1000000000 (одного миллиарда) тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В срок не позднее 3 месяцев со дня государственной регистрации Фонд представляет в уполномоченный орган документы, подтверждающие его государственную регистрацию в органах юстиции, учредительные документы, а также сведения о размере и структуре собственного капитала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В целях первоочередного обеспечения требований держателей зерновых расписок при наступлении гарантийного случая не менее 80 (восьмидесяти) процентов от размера собственного капитала Фонда размещается на постоянной основе в высоколиквидные финансовые активы (деньги, депозиты в банках второго уровня, государственные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ценные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бумаги и ценные бумаги, включенные в официальные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> списки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаторов торгов, функционирующих на территории Республики Казахстан).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В целях защиты прав и законных интересов держателей зерновых расписок от неисполнения хлебоприемными предприятиями обязательств по выпущенным им зерновым распискам Фонд формирует компенсационный фонд (резерв) для осуществления гарантийных выплат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...83 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 в редакции приказа Заместителя Премьер-Министра РК – Министра сельского хозяйства РК от 24.06.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 280</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        8. Порядок формирования и компетенция органов управления Фонда определяются его учредительными документами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Фонд осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 16 января 2001 года "О некоммерческих организациях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Условия участия хлебоприемных предприятий в системе</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>гарантирования исполнения обязательств по зерновым распискам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Для вступления в систему гарантирования исполнения обязательств по зерновым распискам к хлебоприемному предприятию предъявляются следующие условия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обладать гражданской правоспособностью для заключения договора участия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1808,90 +1792,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        11. Хлебоприемное предприятие, для участия в системе гарантирования исполнения обязательств по зерновым распискам, подает письменное заявление (далее – заявление) в Фонд по форме, предусмотренной Фондом, с приложением следующих документов, подтверждающих соответствие хлебоприемного предприятия требованиям, предусмотренным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Требований и Условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копии свидетельства или справки о государственной регистрации (перерегистрации) хлебоприемного предприятия (оригинал представляется для сверки);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2168,206 +2152,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        12. Фонд в лице его уполномоченного органа, предусмотренного уставом Фонда, в течение 30 календарных дней с момента поступления в Фонд заявления и документов хлебоприемного предприятия, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Требований и Условий, рассматривает заявление на предмет включения (не включения) в систему гарантирования исполнения обязательств по зерновым распискам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В указанный срок не включается период времени, предоставленный Фондом хлебоприемному предприятию для представления недостающих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При представлении хлебоприемным предприятием неполного пакета документов и непредставлении недостающих документов в срок, предоставленный Фондом, Фонд в течение 5 рабочих дней со дня окончания срока представления недостающих документов, возвращает заявление и документы хлебоприемного предприятия без рассмотрения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В течение 7 календарных дней со дня принятия Фондом решения о включении хлебоприемного предприятия в систему гарантирования исполнения обязательств по зерновым распискам Фонд и хлебоприемное предприятие заключают договор участия, и Фонд выдает хлебоприемному предприятию свидетельство участника системы гарантирования исполнения обязательств по зерновым распискам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При изменении наименований Фонда и/или участника ранее выданное свидетельство участника системы гарантирования исполнения обязательств по зерновым распискам подлежит замене в течение 10 календарных дней с момента изменения наименования Фонда и/или обращения участника с сообщением об изменении его наименования с предоставлением подтверждающих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Участник ежемесячно предоставляет Фонду информацию о держателях зерновых расписок из государственного</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> электронного реестра</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> держателей зерновых расписок (далее – ГЭРДЗР), в целях мониторинга гарантируемых зерновых расписок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2386,108 +2370,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        16. Участник вносит в Фонд ежегодные обязательные взносы участия в системе гарантирования исполнения обязательств по зерновым распискам в соответствии с договором участия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ежегодные обязательные взносы по итогам финансового года направляются на формирование компенсационного фонда (резерва) для осуществления гарантийных выплат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Участник в течение 30 календарных дней информирует Фонд об изменении наименования, а также ежегодно предоставляет Фонду следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       копию </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2500,90 +2484,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на предмет готовности к приему зерна нового урожая;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       копию аудиторского отчета за прошедший финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Фонд обеспечивает размещение информации о перечне своих участников на корпоративном интернет-ресурсе Фонда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Участие в системе гарантирования исполнения обязательств по зерновым распискам прекращается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при наличии условий исключения участника из Фонда, предусмотренных в договоре участия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2747,51 +2731,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 мая 2015 года № 4-1/502</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила получения гарантий фонда (фондов) гарантирования</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -2812,231 +2796,231 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>гарантирования исполнения обязательств по зерновым распискам</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила получения гарантий фонда (фондов) гарантирования исполнения обязательств по зерновым распискам и погашения обязательств по зерновым распискам фондом (фондами) гарантирования исполнения обязательств по зерновым распискам (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 19 января 2001 года "О зерне" (далее – Закон) и определяют порядок получения гарантий фонда (фондов) гарантирования исполнения обязательств по зерновым распискам и погашения обязательств по зерновым распискам фондом (фондами) гарантирования исполнения обязательств по зерновым распискам (далее – Фонд).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) таблица цен – документ, необходимый для определения размеров гарантийных выплат и содержащий установленную Фондом стоимость зерна на определенный период в соответствии с его рыночной стоимостью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) гарантийный случай – факт утраты или ухудшения качества зерна хлебоприемным предприятием, установленный структурным подразделением местного исполнительного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дата наступления гарантийного случая – дата выдачи держателю зерновой расписки структурным подразделением местного исполнительного органа документа, подтверждающего факт невыполнения обязательств участником;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) договор участия – договор, заключаемый между Фондом и хлебоприемным предприятием, на основе которого последний участвует в системе гарантирования исполнения обязательств по зерновым распискам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) участник – хлебоприемное предприятие, имеющее лицензию на право осуществления деятельности по оказанию услуг по складской деятельности с выпуском зерновых расписок, с которым Фондом заключен и действует договор участия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) структурное подразделение местного исполнительного органа – Управление сельского хозяйства соответствующей области, городов республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3055,120 +3039,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  2. Порядок получения гарантий Фонда</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>и погашения обязательств Фондом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Фонд гарантирует исполнение обязательств по зерновой расписке, выпущенной участником в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 12)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3187,90 +3171,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        4. При наступлении гарантийного случая Фонд производит погашение обязательств участника деньгами в размере не менее 80 (восьмидесяти) процентов от рыночной стоимости утраченного или ухудшенного по качеству зерна, сложившейся на момент возмещения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При наступлении гарантийного случая держатель зерновой расписки либо залогодержатель в течение тридцати календарных дней с даты наступления гарантийного случая обращается в Фонд для получения гарантийной выплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3289,70 +3273,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        6. Для получения гарантийной выплаты в Фонд представляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявление держателя зерновой расписки на осуществление гарантийной выплаты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3535,70 +3519,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        7. Фонд в течение 30 календарных дней рассматривает требование держателя зерновой расписки и выносит решение об его удовлетворении либо об отказе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В указанный срок не включается период приостановления рассмотрения требования, в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3611,90 +3595,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К рассмотрению требований привлекается участник, допустивший наступление гарантийного случая.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. При рассмотрении требования Фонд может обратиться за информацией в государственные органы и/или соответствующие компетентные органы (организации), а также может привлечь к участию специалистов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Фонд отказывает в удовлетворении требования об осуществлении гарантийной выплаты в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не наступления гарантийного случая;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3839,70 +3823,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        10. Фонд приостанавливает рассмотрение требований держателей зерновых расписок в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рассмотрения в судебном порядке спора по зерновой расписке;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3913,148 +3897,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) рассмотрения действий должностных лиц участника и/или держателя зерновой расписки по фактам недобросовестных действий сторон (включая вопросы подделки зерновой расписки, хищений, умышленных неправомерных действий держателей зерновых расписок и участников, направленных на возникновение гарантийного случая либо способствующие его наступлению, в том числе посредством сговора, представления несоответствующей действительности информации) – до вынесения и/или вступления в законную силу соответствующих решений компетентных правоохранительных и/или судебных органов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при обращении Фонда за информацией и/или получения заключения специалиста, привлеченного к рассмотрению требования держателя зерновой расписки до получения соответствующих ответов и/или заключения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Удовлетворение требований держателей зерновых расписок участника, на котором введено временное управление, производится Фондом в первоочередном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом Фонд при рассмотрении требований держателей зерновых расписок такого участника обязан истребовать у временной администрации необходимую информацию в целях осуществления гарантийных выплат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В случае принятия решения Фондом об удовлетворении требования держателя зерновой расписки Фонд производит держателю зерновой расписки гарантийную выплату в течение десяти рабочих дней со дня вынесения решения путем перечисления денежных средств на его банковский счет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Держателю зерновой расписки возмещается причитающаяся часть стоимости зерна, рассчитанная в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4073,90 +4057,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        14. Фонд утверждает таблицу цен на зерно, по которой производятся гарантийные выплаты с применением рыночных цен на зерно по состоянию на первое число текущего месяца, в котором принимается соответствующее решение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Гарантийная выплата определяется как произведение трех показателей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объем невыданного участником зерна;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4229,70 +4213,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        16. В случаях, когда имеется задолженность держателя зерновой расписки перед участником по услугам по складской деятельности с выпуском зерновых расписок, из гарантийной выплаты вычитается сумма задолженности перед участником за оказанные услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4311,70 +4295,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        17. К Фонду, осуществившему погашение обязательств участника перед держателем зерновой расписки, переходит в пределах уплаченной им суммы право требования, которое держатель зерновой расписки имеет к данному участнику. При погашении Фондом задолженности не в полном объеме держатель зерновой расписки передает права по зерновой расписке на соответствующий погашенный объем путем деления объема зерна на несколько зерновых расписок и передачи соответствующего объема зерна по зерновой расписке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4816,31 +4800,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>