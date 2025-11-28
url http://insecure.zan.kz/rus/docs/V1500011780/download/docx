--- v0 (2025-10-07)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1a1ac44" w14:textId="1a1ac44">
+    <w:p w14:paraId="3614f45" w14:textId="3614f45">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,160 +76,322 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Типового положения о егерской службе субъектов охотничьего и рыбного хозяйств</w:t>
+        <w:t>Об утверждении Типового положения о егерской службе субъектов охотничьего хозяйств</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 26 июня 2015 года № 18-03/578. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 июля 2015 года № 11780.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 67) пункта 1 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира" </w:t>
+      Сноска. Заголовок – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 218)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденный Постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемое </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Типовое положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> о егерской службе субъектов охотничьего и рыбного хозяйств.</w:t>
+        <w:t xml:space="preserve"> о егерской службе субъектов охотничьего хозяйств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -523,1164 +685,1546 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 июня 2015 года № 18-03/578</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Типовое положение</w:t>
+        <w:t xml:space="preserve"> Типовое положение о егерской службе субъектов охотничьего хозяйств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>о егерской службе субъектов охотничьего и рыбного хозяйств</w:t>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящее Типовое положение о егерской службе субъектов охотничьего хозяйства (далее - Типовое положение) разработано в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 218)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденный Постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 и определяет порядок работы егерской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Егерская служба субъектов охотничьего хозяйства (далее – егерская служба) является структурным подразделением субъектов охотничьего хозяйства, осуществляющим функции охраны животного мира на закрепленных охотничьих угодьях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Егерская служба создается приказом директора субъекта охотничьего хозяйства и подчиняется ему (руководству).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. К егерской службе относятся работники субъектов охотничьего хозяйства: директора охотничьих хозяйств, старшие егеря (при наличии), егеря.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егерская служба создается субъектами охотничьего хозяйства за счет собственных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Деятельность работников егерской службы основывается на законодательстве Республики Казахстан в области охраны, воспроизводства и использовании животного мира, настоящем Типовом положении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Должностные инструкции работников егерской службы разрабатываются и утверждаются субъектом охотничьего хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В егерскую службу охотничьего хозяйства принимаются лица, достигшие восемнадцатилетнего возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Субъекты охотничьего хозяйства после создания или изменения состава егерской службы, в течении десяти календарных дней представляют соответствующую информацию (список работников с указанием фамилии, имени, отчества (при наличии), должности, номера служебного удостоверения и нагрудного знака) в территориальное подразделение ведомства уполномоченного органа в области охраны, воспроизводства и использования животного мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1. Общие положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+        <w:t xml:space="preserve"> 2. Полномочия работников егерской службы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и документы, используемые в ее деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Права и обязанности егеря:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егерь имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) составлять протоколы об административных правонарушениях в соответствии с законодательством Республики Казахстан об административных правонарушениях для обязательной последующей передачи их в территориальное подразделение ведомства уполномоченного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на ношение служебного оружия и специальной одежды со знаками различия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проверять у физических и юридических лиц документы на право охоты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) изымать огнестрельное оружие за нарушение правил охоты для обязательной последующей передачи органам внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) изымать орудия добывания, используемые с нарушением законодательства Республики Казахстан в области охраны, воспроизводства и использования животного мира, незаконно добытую продукцию охоты, запрещенные виды орудий добывания для обязательной последующей передачи государственному инспектору по охране животного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) останавливать транспортные средства на территории закрепленного охотничьего угодья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егерь обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить охрану животного мира на закрепленных охотничьих угодьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пресекать нарушения правил охоты, внутреннего регламента охотничьего хозяйства, противопожарной безопасности, а также установленных ограничений и запретов на пользование животным миром в зонах покоя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) требовать от физических и юридических лиц прекращения действий, приводящих к гибели животных и нарушению среды их обитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принимать меры по сохранению среды обитания, условий размножения и мест концентрации объектов животного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вести пропаганду бережного и гуманного отношения к животному миру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) принимать меры по оказанию помощи объектам животного мира в случае заболеваний и угрозы гибели при стихийных бедствиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечивать сохранность аншлагов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа и.о. Министра экологии, геологии и природных ресурсов РК от 18.01.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В работе егерской службы используются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) директор:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копия решения местного исполнительного органа области о закреплении охотничьих угодий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      договор на ведение охотничьего;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящее Типовое положение о егерской службе субъектов охотничьего и рыбного хозяйств (далее - Типовое положение) разработано в соответствии с подпунктом 67) пункта 1 </w:t>
-[...826 lines deleted...]
-      журнал регистрации путевок, выданных субъектами охотничьего и рыбного хозяйства по форме, утвержденной </w:t>
+      журнал регистрации путевок, выданных субъектами охотничьего хозяйства по форме, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-03/145 "Об утверждении типовой формы путевки, а также Правил ее выдачи" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 10702);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       карта-схема охотничьего угодья;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       план ведения охотничьего хозяйства;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       материалы учета животных;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) старший егерь (при наличии), егерь:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...54 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      служебное удостоверение, выданное субъектом охотничьего хозяйства, их объединением (включая объединения охотников);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копия приказа субъекта охотничьего хозяйства о закреплении за егерем егерского участка (обхода) и его карта-схема;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       разрешение на ношение и хранение служебного оружия. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным приказом и.о. Министра экологии, геологии и природных ресурсов РК от 20.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 619</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа и.о. Министра экологии и природных ресурсов РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1712,55 +2256,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2086,31 +2630,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>