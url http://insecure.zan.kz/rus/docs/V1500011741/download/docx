--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b9bf308" w14:textId="b9bf308">
+    <w:p w14:paraId="42d3270" w14:textId="42d3270">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,5182 +86,5780 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении норм снабжения имуществом противопожарной защиты Вооруженных Сил Республики Казахстан на мирное время</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра обороны Республики Казахстан от 17 июня 2015 года № 348. Зарегистрирован в Министерстве юстиции Республики Казахстан от 24 июля 2015 года № 11741</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>
-      В соответствии с подпунктом 22) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 22 Закона Республики Казахстан от 7 января 2005 года «Об обороне и Вооруженных Силах Республики Казахстан», </w:t>
+			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:i w:val="false"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:i/>
+          <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
-[...2 lines deleted...]
-        <w:br/>
+        <w:t>Утративший силу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...203 lines deleted...]
-        <w:t>      Республики Казахстан                       И. Тасмагамбетов</w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      «СОГЛАСОВАН»</w:t>
+        <w:t>Приказ Министра обороны Республики Казахстан от 17 июня 2015 года № 348. Зарегистрирован в Министерстве юстиции Республики Казахстан от 24 июля 2015 года № 11741. Утратил силу приказом Министра обороны Республики Казахстан от 9 декабря 2025 года № 1698.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Министра обороны РК от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...13 lines deleted...]
-        <w:br/>
+        <w:t>№ 1698</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...34 lines deleted...]
-        <w:t>      «___» __________ 2015 г.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Приложение           </w:t>
-[...2 lines deleted...]
-        <w:br/>
+      В соответствии с подпунктом 22) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve"> пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-Республики Казахстан   </w:t>
+        <w:t xml:space="preserve"> статьи 22 Закона Республики Казахстан от 7 января 2005 года "Об обороне и Вооруженных Силах Республики Казахстан", </w:t>
       </w:r>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-от 17 июня 2015 года № 348 </w:t>
+        <w:t xml:space="preserve"> нормы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> снабжения имуществом противопожарной защиты Вооруженных Сил Республики Казахстан на мирное время.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                 </w:t>
+      2. Начальнику Тыла Вооруженных Сил Республики Казахстан:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-           </w:t>
+      1) в установленном законодательством порядке направить настоящий приказ в Министерство юстиции Республики Казахстан для государственной регистрации;</w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       </w:t>
+      2) в течении десяти календарных дней после государственной регистрации копию настоящего приказа направить в периодические печатные издания и в информационно-правовую систему "Әділет" республиканского государственного предприятия на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для официального опубликования;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-          </w:t>
+      3) после официального опубликования приказ разместить на веб-сайте Министерства обороны Республики Казахстан;</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Нормы снабжения пожарно-технической продукцией</w:t>
+        <w:t>
+      4) осуществлять закуп имущества противопожарной защиты поэтапно, в пределах выделенных средств из республиканского бюджета на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на первого заместителя Министра обороны – начальника Генерального штаба Вооруженных Сил Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Приказ вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="487"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="165" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="487" w:type="dxa"/>
-[...174 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр обороны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="165" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...3759 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+И. Тасмагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание: воинские части и учреждения, имеющие одновременно несколько разных мест хранения (видов сооружения) предусмотренных:</w:t>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министр финансов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________ Б. Султанов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" __________ 2015 г.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6880"/>
-        <w:gridCol w:w="6880"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6880" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...17 lines deleted...]
-            <w:tcW w:w="6880" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...11 lines deleted...]
-              <w:t>по строке 3 графы 5, 6, 7, 8, 9, 10 обеспечиваются по графе 5;</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра обороны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 17 июня 2015 года № 348 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Нормы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> снабжения имуществом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> противопожарной защиты        Вооруженных Сил Республики Казахстан на мирное время           Нормы снабжения пожарно-технической продукцией</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование нормы снабжения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок эксплуатации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ед. изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ВОИНСКИЕ ЧАСТИ И УЧРЕЖДЕНИЯ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6880" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t>по строке 3 графы 6, 7, 8, 9, 10 обеспечиваются по графе 6;</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Места хранения оружия и боеприпасов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Места хранения ГСМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Места хранения военной техники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Военные аэродромы и места хранения АСП, КРТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Места хранения твердых и других горючих материалов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Учебные заведения Вооруженных Сил</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Административно-бытовые здания и сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6880" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t>по строке 3 графы 7, 8, 9, 10 обеспечиваются по графе 8;</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6880" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t>по строке 3 графы 7, 9, 10 обеспечиваются по графе 7;</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инвентарная пожарная техника</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6880" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t>по строке 3 графы 9, 10 обеспечиваются по графе 10.</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарная автоцистерна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ед.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. ПА, от 100 до 1000 усл. вагонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 ед. ПА, от 2000 до 5000 куб. метров </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. ПА, от 100 до 300 ед.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. ПА, от 1 до 5 ед. ЛА, с учетом наличия складов АСП, КРТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. ПА, от 500 до 1000 усл. вагонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. ПА, на объектах численностью от 500 до 800 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. ПА, от 1000 до 3000 усл. вагонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. ПА, от 5000 куб.метров и более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. ПА, от 300 ед. и более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. ПА, от 5 ед. и более ЛА, с учетом наличия складов АСП, КРТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. ПА, от 1000 усл. вагонов и более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. ПА, на объектах численностью от 800 человек и более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 ед. ПА, от 3000 до 10000 усл. вагонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 ед. ПА, от 10000 усл. вагонов и более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гусеничная пожарная машина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ед.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. ГПМ, от 500 до 1000 усл. вагонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. ГПМ, от 1000 до 10000 усл. вагонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 ед. ГПМ, от 10000 усл. вагонов и более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарные мотопомпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ед.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. МП от 200 до 500 усл. вагонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. МП, от 100 до 300 ед.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. МП, от 1 до 5 ед. ЛА, с учетом наличия складов АСП, КРТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. МП, от 200 до 500 усл. вагонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 ед. МП, на объектах численностью от 500 до 800 человек </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. МП от 500 до 1000 усл. вагонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ед. МП от 500 до 1000 куб. метров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. МП, от 300 до 500 ед.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. МП, от 5 ед. и более ЛА, с учетом наличия складов АСП, КРТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. МП, от 500 до 1000 усл. вагонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2 ед. МП, на объектах численностью от 800 человек и более </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 ед. МП от 1000 усл. вагонов и более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 ед. МП от 1000 куб. метров и более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 ед. МП, от 500 ед. и более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 ед. МП, от 1000 усл. вагонов и более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-        </w:t>
+      Примечание: воинские части и учреждения, имеющие одновременно несколько разных мест хранения (видов сооружения) предусмотренных:</w:t>
       </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по строке 1 графы 5, 6, 7, 8, 9, 10 обеспечиваются по графе 5;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по строке 3 графы 5, 6, 7, 8, 9, 10 обеспечиваются по графе 5;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по строке 1 графы 6, 7, 8, 9, 10 обеспечиваются по графе 6;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по строке 3 графы 6, 7, 8, 9, 10 обеспечиваются по графе 6;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по строке 1 графы 7, 8, 9, 10 обеспечиваются по графе 8;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по строке 3 графы 7, 8, 9, 10 обеспечиваются по графе 8;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по строке 1 графы 7, 9, 10 обеспечиваются по графе 7;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по строке 3 графы 7, 9, 10 обеспечиваются по графе 7;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по строке 1 графы 9, 10 обеспечиваются по графе 10;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по строке 3 графы 9, 10 обеспечиваются по графе 10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Нормы снабжения пожарно-технической продукцией</w:t>
+        <w:t xml:space="preserve">  Нормы снабжения пожарно-технической продукцией</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="531"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1549"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование нормы снабжения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Срок эксплуатации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ед. изм.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ВОИНСКИЕ ЧАСТИ И УЧРЕЖДЕНИЯ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -5271,24657 +5871,25975 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1392" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Места хранения оружия и боеприпасов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1392" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Места хранения ГСМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Места хранения военной техники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1393" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Военные аэродромы и места хранения АСП, КРТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1291" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Места хранения твердых и других горючих материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1494" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Учебные заведения Вооруженных Сил</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1549" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Административно-бытовые здания и сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1726" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1392" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1392" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1393" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1291" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1494" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1549" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="255" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Инвентарное пожарное имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1200" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...378 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Огнетушители передвижные углекислотные (ОУ-55, ОУ-80)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 штуки на 500 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 штуки на 500 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 штуки на 800 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1200" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...378 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Огнетушители передвижные порошковые (ОП-70, ОП-100)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 штука на 500 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 штука на 500 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 штука на 800 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1200" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...378 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Огнетушитель переносной углекислотный (ОУ-5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на 200 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на 200 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на 400 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на 200 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на 400 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...402 lines deleted...]
-              <w:t>2 штуки на 100 кв.м.</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Огнетушитель переносной порошковый (ОП-5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на 200 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на 200 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на 400 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на 200 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2 штуки на 400 кв.м. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 штуки на 100 кв.м.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="825" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...378 lines deleted...]
-              <w:t>1 комплект на 400 кв.м.</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарный щит в комплекте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+к-т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 200 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 200 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 400 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 400 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 400 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 400 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 400 кв.м.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1095" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...378 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Боевая одежда пожарного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+к-т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 1-го штатного пожарного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 1-го штатного пожарного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 1-го штатного пожарного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 1-го штатного пожарного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 1-го штатного пожарного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект на 1-го штатного пожарного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1095" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...546 lines deleted...]
-              <w:t>1 пожарный кран</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарный шкаф</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный шкаф на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный шкаф на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный шкаф на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный шкаф на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный шкаф на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный шкаф на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный шкаф на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1815" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...546 lines deleted...]
-              <w:t>1 пожарный кран</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарный рукав в комплекте со стволом и соединительными головками (диаметром 51 мм)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+к-т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 к-т пожарного рукава на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 к-т пожарного рукава на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 к-т пожарного рукава на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 к-т пожарного рукава на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 к-т пожарного рукава на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 к-т пожарного рукава на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 к-т пожарного рукава на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожарный кран</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="285" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Расходное пожарное имущество</w:t>
+              <w:t>
+Расходное пожарное имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1125" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...378 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пенообразователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 кг на 1 ед. ПА, 1000 кг на 1 ед. ГПМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 кг на 1 ед. ПА, 1000 кг на 1 ед. ГПМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 кг на 1 ед. ПА, 1000 кг на 1 ед. ГПМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 кг на 1 ед. ПА, 1000 кг на 1 ед. ГПМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 кг на 1 ед. ПА, 1000 кг на 1 ед. ГПМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 кг на 1 ед. ПА, 1000 кг на 1 ед. ГПМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="615" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="531" w:type="dxa"/>
-[...378 lines deleted...]
-              <w:t>0,1 кг на 1 кв.м.</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Огнезащитный состав</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1 кг на 1 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1 кг на 1 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1 кг на 1 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1 кг на 1 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1 кг на 1 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1 кг на 1 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1 кг на 1 кв.м.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-        </w:t>
+        <w:t xml:space="preserve">  Норма комплектации пожарно-технического вооружения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Автоцистерна пожарная на базе КамАЗ - 43114, 43118</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="653"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7338" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2826" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Срок эксплуатации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ед. измерения</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+              <w:t>Ед. измерени</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кол-во (шт)</w:t>
+              <w:t>я</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аптечка автомобильная медицинская</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Багор БМП ГОСТ 16714 - 71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Боты диэлектрические, размером 13 - 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веревка пожарная спасательная ВПС-30, 30 метров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Водосборник ВС – 125У ГОСТ 14279 - 79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пеногенератор ГПС-600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...348 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидроэлеватор Г-600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Головки переходные ГП 70х50 ГОСТ 28 352-89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Головки переходные ГП 80х50 ГОСТ 28 352-89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Головки переходные ГП 80х70 ГОСТ 28 352-89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Задержка рукавная У-21-43-00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зажим рукавный 80 ГОСТ 2071-69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заземление пожарных стволов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Знак аварийной остановки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инструмент шоферской (набор) на шасси</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ключ 80 ГОСТ 14286-69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ключ 150 ГОСТ 14286-69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коврик диэлектрический 2-750х750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Колодка опорная автомобильная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Колонка КП ГОСТ 7499-71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Крюк для открывания крышек гидранта У-21-00-06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Крюк КП ГОСТ 16714-71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лестница Л60 ТУ 22-4280-78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лестница ЛШ ГОСТ 8556-72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лестница ЛП ГОСТ 8556-72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лом ЛПЛ ГОСТ 16714-71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лом ЛПТ ГОСТ 16714-71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лопата ЛКО-4-930 ГОСТ 19596-87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мостки рукавные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ножовка столярная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ножницы для резки электропроводов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Огнетушитель ОП-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Огнетушитель ОПУ-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перчатки диэлектрические</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пила двуручная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разветвление РТ-80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рукав КШ-1-32-3, длиной 4 м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рукав всасывающий В-1-125, длинной 4 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рукав всасывающий В-2-75-10, длиной 4 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рукава напорные: латексированные d-51, длиной 20 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рукава напорные: латексированные d-66, длиной 20 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рукава напорные: латексированные d-77, длиной 20 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...64 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Рукава напорные: латексированные d-77, длиной 4 м </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сетка СВ-125У ГОСТ Р50401-92 с канатом </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="215900" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10, L 12 м</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...281 lines deleted...]
-              <w:t>1</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ствол переносной пожарный лафетный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ствол пожарный ручной комбинированный универсальный с регулируемым расходом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ствол воздушно-пенный (СВП)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специальная защитная одежда пожарных от повышенных тепловых воздействий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+компл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Топор Т-А2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрический групповой фонарь с зарядным устройством и запасной лампочкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Гусеничная пожарная машина</w:t>
-[...4835 lines deleted...]
-        <w:t>Пожарный щит</w:t>
+        <w:t xml:space="preserve">  Гусеничная пожарная машина</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="622"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1771"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7404" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Срок эксплуатации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ед. измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1771" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Генератор пены высокой кратности ГВП-600 (ГПС-600)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидроэлеватор Г-600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ствол ручной пожарный РС-70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ствол ручной пожарный РС-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Водосборник ВС-125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лестница Л60 ТУ 22-4280-78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сетка СВ-125У ГОСТ Р50401-92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разветвление РТ-80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Пожарный рукав</w:t>
+        <w:t xml:space="preserve">  Пожарная мотопомпа переносная</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="617"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1683"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="617" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Срок эксплуатации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1329" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Длина, м</w:t>
-[...68 lines deleted...]
-              </w:rPr>
               <w:t>Ед. измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1683" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...29 lines deleted...]
-              <w:t>Напорные</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рукав всасывающий В-2-75-10, длиной 4 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="617" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рукава напорные диаметром 77 мм. длина 20 м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="617" w:type="dxa"/>
-[...2529 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ствол ручной пожарный РС-70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Основные сокращения</w:t>
+        <w:t xml:space="preserve">  Боевая одежда пожарного</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7000"/>
-        <w:gridCol w:w="7000"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ПА</w:t>
-[...35 lines deleted...]
-            </w:pPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ГПС</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> – генератор пены средней кратности</w:t>
+              <w:t>Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок носки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ед. измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...178 lines deleted...]
-              <w:t xml:space="preserve"> – огнетушитель порошковый</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Куртка со съемным капюшоном</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...83 lines deleted...]
-              <w:t xml:space="preserve"> – ручной ствол</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Брюки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...83 lines deleted...]
-              <w:t xml:space="preserve"> – ствол воздушно-пенный</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Съемная теплоизоляционная подкладка куртки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...83 lines deleted...]
-              <w:t xml:space="preserve"> – ручной ствол комбинированный универсальный</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Съемная теплоизоляционная подкладка брюк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...83 lines deleted...]
-              <w:t xml:space="preserve"> – компонент ракетного топлива</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапоги специальные, термостойкие для пожарных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...83 lines deleted...]
-              <w:t xml:space="preserve"> – пожарный кран</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перчатки трехпалые (средства защиты рук пожарного)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подшлемник вид Т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каска (шлем)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Карабин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пояс пожарный спасательный (тип А)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководство по эксплуатации и паспорт на каждое изделие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Упаковочная сумка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Пожарный щит</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок эксплуатации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ед. измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Щит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Огнетушитель переносной порошковый марки ОП-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лом размер 1100x145 мм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведро конусное 10 литровое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Топор размеры 360x200x30 мм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лопата штыковая размеры 1450x215x50 мм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Багор пожарный металлический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Пожарный рукав</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок эксплуатации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Длина, м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диаметр, мм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ед. измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Напорные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарный рукав</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соединительные полугайки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарный ствол РС-51 (для пожарных кранов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарный рукав</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соединительные полугайки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарный рукав</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соединительные полугайки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Всасывающие (гофрированные)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарный рукав</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соединительные полугайки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарный рукав</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соединительные полугайки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Основные сокращения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ПА</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – пожарная автоцистерна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ГПС</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – генератор пены средней кратности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ГПМ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – гусеничная пожарная машина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ОУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – огнетушитель углекислотный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ПТВ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – пожарно-техническое вооружение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – огнетушитель порошковый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>МП</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – мотопомпа пожарная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>РС</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ручной ствол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ГСМ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – горюче-смазочные материалы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>СВП</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ствол воздушно-пенный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ГВП</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – генератор высокократной пены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>РСКУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ручной ствол комбинированный универсальный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>АСП</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – авиационные средства поражения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КРТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – компонент ракетного топлива</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЛА</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – летательный аппарат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ПК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – пожарный кран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -30243,35 +32161,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId5"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>