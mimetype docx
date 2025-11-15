--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="37ca83a" w14:textId="37ca83a">
+    <w:p w14:paraId="dbc6ac2" w14:textId="dbc6ac2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2663,232 +2663,346 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z122" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Общий срок оказания государственной услуги составляет 2 (два) рабочих дня.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z123" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 19 предусматривается в редакции приказа и.о. Министра сельского хозяйства РК от 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. За оказание государственной услуги услугополучатель оплачивает в бюджет государственную пошлину, установленную в соответствии с подпунктом 9) статьи 615 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый Кодекс).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра сельского хозяйства РК от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 453</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:p>
-[...77 lines deleted...]
-      20. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+    <w:bookmarkStart w:name="z125" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) сведений, содержащихся в них;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z125" w:id="46"/>
-[...15 lines deleted...]
-      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) сведений, содержащихся в них;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствие услугополучателя и (или) представленных сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z126" w:id="47"/>
-[...15 lines deleted...]
-      2) несоответствие услугополучателя и (или) представленных сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z127" w:id="48"/>
-[...15 lines deleted...]
-      3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+    <w:bookmarkStart w:name="z128" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z128" w:id="49"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информационное взаимодействие портала и информационных систем осуществляется согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2981,1056 +3095,1056 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="50"/>
+    <w:bookmarkStart w:name="z130" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Регистрация и выдача удостоверения осуществляется по постоянному зарегистрированному местожительству или месту временного пребывания (в случае наличия временной прописки), а иностранным гражданам, зарегистрированным в органах внутренних дел – по месту их пребывания.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z131" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Серии и номера выписанных удостоверений вносятся в порядке возрастания в книгу учета поступления и расходования бланков строгой отчетности по форме согласно приложению 9 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z131" w:id="51"/>
-[...15 lines deleted...]
-      23. Серии и номера выписанных удостоверений вносятся в порядке возрастания в книгу учета поступления и расходования бланков строгой отчетности по форме согласно приложению 9 к настоящим Правилам.</w:t>
+    <w:bookmarkStart w:name="z132" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Удостоверение выдается сроком на десять лет (о чем вносятся соответствующие записи в графах "Действительно до...."), по истечении которого оно подлежит замене в порядке, установленном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z132" w:id="52"/>
-[...15 lines deleted...]
-      24. Удостоверение выдается сроком на десять лет (о чем вносятся соответствующие записи в графах "Действительно до...."), по истечении которого оно подлежит замене в порядке, установленном настоящими Правилами.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Исключен приказом Министра сельского хозяйства РК от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 453</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Отметки в графах категорий машин, на управление которыми выдается удостоверение, производятся штампом "Разрешено". В графы других категорий машин, на управление которыми не выдано разрешение, ставится штамп с полосой по диагонали.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z135" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. При получении разрешения на право управления машинами другой категории производится замена удостоверения на новое с проставлением отметки, имеющейся в прежнем удостоверении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z136" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Замена удостоверения осуществляется в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z441" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) изменения фамилии, имени, отчества (при его наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z442" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) непригодности для пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z443" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) истечения срока действия 10 (десять) лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z444" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по желанию услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z445" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Замена удостоверения производится на основании документов, указанных в пункте 8 Перечня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции приказа Министра сельского хозяйства РК от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 453</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. При замене удостоверения старого образца, на новое удостоверение переносятся и проставляются разрешающие категории с учетом следующего порядка:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z143" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) категории "А", "Б", "В", "Г", "Д", "Е" в удостоверении старого образца соответствуют категориям "А", "Б", "В", "Г", "Д" в новом удостоверении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z144" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) удостоверение 3 класса соответствует удостоверению с категориями "А", "В", "Г" нового образца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z145" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) удостоверение 2 класса соответствует удостоверению с категориями "А", "Б", "В", "Г" нового образца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z146" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) удостоверение 1 класса соответствует удостоверению с категориями "А", "Б", "В", "Г", "Д" нового образца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z147" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) удостоверение К-701 "Кировец" соответствует удостоверению категории "Б" нового образца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z148" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) удостоверение механизатора сельского хозяйства с указанием специальности "комбайнер" соответствует удостоверению категории "Г" нового образца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z149" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) удостоверение механизатора сельского хозяйства с указанием специальности "тракторист" соответствует удостоверению образца с категориями "А", "В".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z150" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении на замену удостоверения старого образца, категории которых не предусмотрены настоящим пунктом настоящих Правил, замена осуществляется с переносом и проставлением категорий только соответствующих описанию категорий удостоверения нового образца.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z151" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. При замене удостоверения во вновь выдаваемом удостоверении в графе "Для особых отметок" проставляются серия, номер и дата выдачи прежнего удостоверения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z152" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. При утере удостоверения, новое удостоверение с отметкой "Дубликат" выдается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z446" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в течение 2 (двух) рабочих дней с момента регистрации документов услугополучателя – лицам, зарегистрированным по месту жительства, на основании документов, указанных в пункте 8 Перечня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z447" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение 10 (десяти) рабочих дней с момента регистрации документов услугополучателя – в случае отсутствия сведений о выдаче удостоверения по месту обращения услугополучателя, на основании записи книги выдачи удостоверений тракториста-машиниста услугодателя, выдавшего удостоверение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уточнение записи книги выдачи удостоверений тракториста-машиниста осуществляется услугодателем путем направления соответствующего запроса услугодателю, выдавшего удостоверение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 - в редакции приказа Министра сельского хозяйства РК от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 453</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">25. Исключен приказом Министра сельского хозяйства РК от 30.12.2022 </w:t>
+        <w:t xml:space="preserve">32. Исключен приказом Министра сельского хозяйства РК от 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 453</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="53"/>
-[...477 lines deleted...]
-      2) в течение 10 (десяти) рабочих дней с момента регистрации документов услугополучателя – в случае отсутствия сведений о выдаче удостоверения по месту обращения услугополучателя, на основании записи книги выдачи удостоверений тракториста-машиниста услугодателя, выдавшего удостоверение.</w:t>
+    <w:bookmarkStart w:name="z157" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Обмен иностранным гражданам и лицам без гражданства удостоверений производится в течение 2 (двух) рабочих дней с момента принятия документов на основании представления услугодателю оригиналов удостоверений и их заверенного перевода на государственном или русском языках, документа, удостоверяющего личность (оригинал возвращается после сверки), зарегистрированных в органах внутренних дел, оплаты государственной пошлины за выдачу удостоверения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:p>
-[...149 lines deleted...]
-      33. Обмен иностранным гражданам и лицам без гражданства удостоверений производится в течение 2 (двух) рабочих дней с момента принятия документов на основании представления услугодателю оригиналов удостоверений и их заверенного перевода на государственном или русском языках, документа, удостоверяющего личность (оригинал возвращается после сверки), зарегистрированных в органах внутренних дел, оплаты государственной пошлины за выдачу удостоверения.</w:t>
+    <w:bookmarkStart w:name="z158" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, выдается удостоверение на право управления категориями машин, которые были разрешены в национальном удостоверении и соответствуют требованиям пункта 8 настоящих Правил, на срок действия въездных документов. Национальное удостоверение хранится у услугодателя и возвращается услугополучателю по его заявлению в произвольной форме и после сдачи ранее выданного удостоверения Республики Казахстан в течение 1 (одного) рабочего дня.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z158" w:id="75"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z159" w:id="76"/>
+    <w:bookmarkStart w:name="z159" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. При отсутствии национальных удостоверений у иностранных граждан и лиц без гражданства, удостоверение Республики Казахстан выдается им на общих основаниях, если срок их пребывания в Республике Казахстан превышает 6 (шесть) месяцев. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z160" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. В книгу учета поступления и расходования бланков строгой отчетности вносятся данные по поступлению и расходованию бланков удостоверений для соблюдения строгой отчетности.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z160" w:id="77"/>
-[...15 lines deleted...]
-      35. В книгу учета поступления и расходования бланков строгой отчетности вносятся данные по поступлению и расходованию бланков удостоверений для соблюдения строгой отчетности.</w:t>
+    <w:bookmarkStart w:name="z161" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Обеспечение бланками удостоверения и расходными материалами осуществляется местными исполнительными органами областей, городов республиканского значения, столицы, районов и городов областного значения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z161" w:id="78"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z162" w:id="79"/>
+    <w:bookmarkStart w:name="z162" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Испорченные при заполнении бланки, расходные материалы, послужившие основанием для выдачи и замены удостоверений, ежегодно утилизируются средствами и способами, исключающими возможность их повторного использования, о чем составляется соответствующий акт. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z163" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В таком же порядке утилизируются:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z163" w:id="80"/>
-[...15 lines deleted...]
-      В таком же порядке утилизируются:</w:t>
+    <w:bookmarkStart w:name="z164" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) вновь найденные удостоверения, вместо которых выданы новые;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z164" w:id="81"/>
-[...15 lines deleted...]
-      1) вновь найденные удостоверения, вместо которых выданы новые;</w:t>
+    <w:bookmarkStart w:name="z165" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не востребованные по истечении 2 (двух) лет после окончания срока лишения, при этом делается отметка в книге выдачи удостоверений тракториста-машиниста.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z165" w:id="82"/>
-[...15 lines deleted...]
-      2) не востребованные по истечении 2 (двух) лет после окончания срока лишения, при этом делается отметка в книге выдачи удостоверений тракториста-машиниста.</w:t>
+    <w:bookmarkStart w:name="z166" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Материалы, послужившие основанием для выдачи и замены удостоверений (заявления, старые удостоверения, документы об уплате пошлин, копий свидетельств об окончании курсов обучения), подшиваются в отдельные дела, и услугодателем обеспечивается их наличие в течение 3 (трех) лет, затем, после истечения этого срока уничтожается комиссионно. Также услугодателем в течение 10 (десяти) лет обеспечивается наличие копий свидетельств об обучении и дипломов, подтверждающих квалификацию по специальности "тракторист-машинист сельскохозяйственного производства", в течение 60 (шестидесяти) лет – наличие книг выдачи удостоверений тракториста-машиниста после их окончания. Удостоверения, вместо которых выданы новые, подшиваются в дела с проставлением на них штампа "Аннулировано".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z166" w:id="83"/>
-[...15 lines deleted...]
-      38. Материалы, послужившие основанием для выдачи и замены удостоверений (заявления, старые удостоверения, документы об уплате пошлин, копий свидетельств об окончании курсов обучения), подшиваются в отдельные дела, и услугодателем обеспечивается их наличие в течение 3 (трех) лет, затем, после истечения этого срока уничтожается комиссионно. Также услугодателем в течение 10 (десяти) лет обеспечивается наличие копий свидетельств об обучении и дипломов, подтверждающих квалификацию по специальности "тракторист-машинист сельскохозяйственного производства", в течение 60 (шестидесяти) лет – наличие книг выдачи удостоверений тракториста-машиниста после их окончания. Удостоверения, вместо которых выданы новые, подшиваются в дела с проставлением на них штампа "Аннулировано".</w:t>
+    <w:bookmarkStart w:name="z167" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Удостоверения лиц, лишенных права управления машинами в установленном законодательством порядке, передаются услугодателю соответствующей административно-территориальной единицы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z167" w:id="84"/>
-[...15 lines deleted...]
-      39. Удостоверения лиц, лишенных права управления машинами в установленном законодательством порядке, передаются услугодателю соответствующей административно-территориальной единицы.</w:t>
+    <w:bookmarkStart w:name="z168" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) центральных государственных органов, услугодателя и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z168" w:id="85"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) центральных государственных органов, услугодателя и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+    <w:bookmarkStart w:name="z169" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Жалоба на решение, действие (бездействие) услугодателя по вопросам оказания государственной услуги подается на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z169" w:id="86"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае поступления жалобы в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4087,324 +4201,324 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="87"/>
+    <w:bookmarkStart w:name="z170" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Жалоба услугополучателя в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услугодателем – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 41 - в редакции приказа Министра сельского хозяйства РК от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 453</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с пунктом 4 статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услугодателем – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
-[...17 lines deleted...]
-      уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 41 - в редакции приказа Министра сельского хозяйства РК от 30.12.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 42 - в редакции приказа Министра сельского хозяйства РК от 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 453</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="88"/>
-[...15 lines deleted...]
-      42. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с пунктом 4 статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
+    <w:bookmarkStart w:name="z177" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке в соответствии с пунктом 5 статьи 91 АППК РК.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:p>
-[...134 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4701,533 +4815,533 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z179" w:id="90"/>
+    <w:bookmarkStart w:name="z179" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________________________________________________ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование экзаменационного пункта)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z180" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Свидетельство об окончании курсов обучения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z180" w:id="91"/>
+    <w:bookmarkStart w:name="z181" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Свидетельство об окончании курсов обучения</w:t>
+        <w:t xml:space="preserve"> № __________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z181" w:id="92"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> № __________</w:t>
+    <w:bookmarkStart w:name="z182" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящее свидетельство выдано гражданину _______________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z182" w:id="93"/>
-[...15 lines deleted...]
-      Настоящее свидетельство выдано гражданину _______________________________</w:t>
+    <w:bookmarkStart w:name="z183" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z183" w:id="94"/>
-[...15 lines deleted...]
-      (фамилия, имя, отчество (при его наличии)</w:t>
+    <w:bookmarkStart w:name="z184" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в том, что он (она) обучался (лась) с "___" ____________ по "___" _________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z184" w:id="95"/>
-[...15 lines deleted...]
-      в том, что он (она) обучался (лась) с "___" ____________ по "___" _________________</w:t>
+    <w:bookmarkStart w:name="z185" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по программе подготовки, переподготовки, повышения классности трактористов-машинистов в объеме ___________ часов и сдал (а) квалификационные экзамены с оценками ("удовлетворительно", "хорошо", "отлично"):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z185" w:id="96"/>
-[...15 lines deleted...]
-      по программе подготовки, переподготовки, повышения классности трактористов-машинистов в объеме ___________ часов и сдал (а) квалификационные экзамены с оценками ("удовлетворительно", "хорошо", "отлично"):</w:t>
+    <w:bookmarkStart w:name="z186" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устройство и правила технической эксплуатации тракторов и других машин</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z186" w:id="97"/>
-[...15 lines deleted...]
-      Устройство и правила технической эксплуатации тракторов и других машин</w:t>
+    <w:bookmarkStart w:name="z187" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z187" w:id="98"/>
+    <w:bookmarkStart w:name="z188" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (указываются марки изучаемых тракторов и самоходных машин)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z189" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основы агрономии, организация и технология производства механизированных работ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z190" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z190" w:id="101"/>
-[...15 lines deleted...]
-      ____________________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z191" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила дорожного движения ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z191" w:id="102"/>
-[...15 lines deleted...]
-      Правила дорожного движения ____________________________________________</w:t>
+    <w:bookmarkStart w:name="z192" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Практические навыки и вождение _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z192" w:id="103"/>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z193" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z193" w:id="103"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Решением экзаменационной комиссии от "______" __________20___ года, </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>протокол № ______, гражданину ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z194" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:p>
-[...32 lines deleted...]
-      (фамилия, имя, отчество (при его наличии)</w:t>
+    <w:bookmarkStart w:name="z195" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      присвоена квалификация тракториста-машиниста.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z195" w:id="106"/>
-[...15 lines deleted...]
-      присвоена квалификация тракториста-машиниста.</w:t>
+    <w:bookmarkStart w:name="z196" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель экзаменационной комиссии ______________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z196" w:id="107"/>
-[...15 lines deleted...]
-      Председатель экзаменационной комиссии ______________________________</w:t>
+    <w:bookmarkStart w:name="z197" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель учебного заведения _______________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z197" w:id="108"/>
-[...15 lines deleted...]
-      Руководитель учебного заведения _______________________________</w:t>
+    <w:bookmarkStart w:name="z198" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдано свидетельство серия _________ № _________________________ категории</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z198" w:id="109"/>
-[...15 lines deleted...]
-      Выдано свидетельство серия _________ № _________________________ категории</w:t>
+    <w:bookmarkStart w:name="z199" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (указать категорию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z199" w:id="110"/>
-[...15 lines deleted...]
-      (указать категорию)</w:t>
+    <w:bookmarkStart w:name="z200" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на основании экзаменационного листа № ____ от "__" ________ 20___ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z200" w:id="111"/>
-[...15 lines deleted...]
-      на основании экзаменационного листа № ____ от "__" ________ 20___ года</w:t>
+    <w:bookmarkStart w:name="z201" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ____________ 20____ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z201" w:id="112"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (подпись) место печати (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -5428,366 +5542,366 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">также специальными машинами </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>повышенной проходимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z449" w:id="113"/>
+    <w:bookmarkStart w:name="z449" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Минимальные технические требования по техническому оснащению при проведении тестирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 1-1 в соответствии с приказом Министра сельского хозяйства РК от 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 453</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z450" w:id="114"/>
+    <w:bookmarkStart w:name="z450" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При проведении тестирования в электронном формате, тестируемые проходят идентификацию по предоставлению документа, удостоверяющего личности, либо по индивидуальному идентифационному номеру.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z451" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При запуске на тестирование используются металлоискатели ручного или рамочного типа. Применение металлоискателей при запуске на тестирование осуществляется в рамках обеспечения безопасности, а также недопущения проноса тестируемыми в здание средств связи, электронно-вычислительной техники, фото-, аудио- и видеоаппаратуры, справочных материалов, письменных заметок и средств хранения и передачи информации. Такие устройства на время проведения тестирования помещаются на хранение в специальные шкафы с ячейками.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z451" w:id="115"/>
-[...15 lines deleted...]
-      2. При запуске на тестирование используются металлоискатели ручного или рамочного типа. Применение металлоискателей при запуске на тестирование осуществляется в рамках обеспечения безопасности, а также недопущения проноса тестируемыми в здание средств связи, электронно-вычислительной техники, фото-, аудио- и видеоаппаратуры, справочных материалов, письменных заметок и средств хранения и передачи информации. Такие устройства на время проведения тестирования помещаются на хранение в специальные шкафы с ячейками.</w:t>
+    <w:bookmarkStart w:name="z452" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для того, чтобы начать тестирование, тестируемому необходимо подтвердить личность посредством биометрической идентификации (Digital ID). Необходимо расположить лицо в центре области экрана и следовать инструкциям, указанным на экране.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z452" w:id="116"/>
-[...15 lines deleted...]
-      3. Для того, чтобы начать тестирование, тестируемому необходимо подтвердить личность посредством биометрической идентификации (Digital ID). Необходимо расположить лицо в центре области экрана и следовать инструкциям, указанным на экране.</w:t>
+    <w:bookmarkStart w:name="z453" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Залы тестирования оборудуются рабочими станциями (процессор не менее Intel Core i3, оперативная память не менее 4 Гб), системами кондиционирования помещений, диспенсером, залом ожидания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z453" w:id="117"/>
-[...15 lines deleted...]
-      4. Залы тестирования оборудуются рабочими станциями (процессор не менее Intel Core i3, оперативная память не менее 4 Гб), системами кондиционирования помещений, диспенсером, залом ожидания.</w:t>
+    <w:bookmarkStart w:name="z454" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Каждая рабочая станция оснащается веб-камерами для ведения видеозаписи, снятия фотографии кандидата и размещения фотографии на электронных сертификатах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z454" w:id="118"/>
-[...15 lines deleted...]
-      5. Каждая рабочая станция оснащается веб-камерами для ведения видеозаписи, снятия фотографии кандидата и размещения фотографии на электронных сертификатах.</w:t>
+    <w:bookmarkStart w:name="z455" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Залы тестирования оборудуются современной системой цифрового видео-аудионаблюдения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z455" w:id="119"/>
-[...15 lines deleted...]
-      6. Залы тестирования оборудуются современной системой цифрового видео-аудионаблюдения.</w:t>
+    <w:bookmarkStart w:name="z456" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В каждом зале тестирования устанавливается принтер с возможностью печати.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z456" w:id="120"/>
-[...15 lines deleted...]
-      7. В каждом зале тестирования устанавливается принтер с возможностью печати.</w:t>
+    <w:bookmarkStart w:name="z457" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Каждый зал тестирования оборудуются управляемым коммутатором и локальной сетью, с обеспечением информационной безопасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z457" w:id="121"/>
-[...15 lines deleted...]
-      8. Каждый зал тестирования оборудуются управляемым коммутатором и локальной сетью, с обеспечением информационной безопасности.</w:t>
+    <w:bookmarkStart w:name="z458" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Зал тестирования оснащается подавителем сотовой связи, а также для ведения видеозаписи процесса тестирования – техническими средствами записи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z458" w:id="122"/>
-[...15 lines deleted...]
-      9. Зал тестирования оснащается подавителем сотовой связи, а также для ведения видеозаписи процесса тестирования – техническими средствами записи.</w:t>
+    <w:bookmarkStart w:name="z459" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При проведении тестирования используются устройства, подавляющие сигналы мобильной и радиоэлектронной связи в пределах допустимых магнитных волн, в зависимости от площади зала тестирования и видеонаблюдения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z459" w:id="123"/>
-[...15 lines deleted...]
-      10. При проведении тестирования используются устройства, подавляющие сигналы мобильной и радиоэлектронной связи в пределах допустимых магнитных волн, в зависимости от площади зала тестирования и видеонаблюдения.</w:t>
+    <w:bookmarkStart w:name="z460" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Для обеспечения прозрачности и объективности проведения тестирования залы тестирования обеспечиваются системой общего видеонаблюдения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z460" w:id="124"/>
-[...15 lines deleted...]
-      11. Для обеспечения прозрачности и объективности проведения тестирования залы тестирования обеспечиваются системой общего видеонаблюдения.</w:t>
+    <w:bookmarkStart w:name="z461" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Каждое посадочное место оснащается веб-камерой для снятия фотографии кандидата и ведения видеозаписи процесса тестирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z461" w:id="125"/>
-[...15 lines deleted...]
-      12. Каждое посадочное место оснащается веб-камерой для снятия фотографии кандидата и ведения видеозаписи процесса тестирования.</w:t>
+    <w:bookmarkStart w:name="z462" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Каждое посадочное место в зале тестирования оснащается двумя индивидуальными камерами. Первая камера записывает и транслирует процесс тестирования, а также используется для системы прокторинга. Вторая камера предназначена для обеспечения идентификации с использованием биометрии тестируемого перед, во время, а также после завершения тестирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z462" w:id="126"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="126"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6035,68 +6149,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z464" w:id="127"/>
+    <w:bookmarkStart w:name="z464" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Экзаменационный лист № _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра сельского хозяйства РК от 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7419,488 +7533,488 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z310" w:id="128"/>
+    <w:bookmarkStart w:name="z310" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Удостоверение тракториста-машиниста</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z311" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z311" w:id="129"/>
-[...15 lines deleted...]
-      Фамилия__________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z312" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имя______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z312" w:id="130"/>
-[...15 lines deleted...]
-      Имя______________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z313" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчество (при его наличии)__________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z313" w:id="131"/>
-[...15 lines deleted...]
-      Отчество (при его наличии)__________________________________________</w:t>
+    <w:bookmarkStart w:name="z314" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата и место рождения______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z314" w:id="132"/>
-[...15 lines deleted...]
-      Дата и место рождения______________________________________________</w:t>
+    <w:bookmarkStart w:name="z315" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Серия и номер_____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z315" w:id="133"/>
-[...15 lines deleted...]
-      Серия и номер_____________________________________________________</w:t>
+    <w:bookmarkStart w:name="z316" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдано ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z316" w:id="134"/>
-[...15 lines deleted...]
-      Выдано ___________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z317" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место для фото размером 3,5 х 4,5____________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z317" w:id="135"/>
-[...15 lines deleted...]
-      Место для фото размером 3,5 х 4,5____________________________________</w:t>
+    <w:bookmarkStart w:name="z318" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (местный исполнительный орган областей, городов   республиканского значения, столицы,   районов и городов областного значения)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z318" w:id="136"/>
-[...15 lines deleted...]
-      (местный исполнительный орган областей, городов   республиканского значения, столицы,   районов и городов областного значения)</w:t>
+    <w:bookmarkStart w:name="z319" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ---------------------------------------- Место печати</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z319" w:id="137"/>
-[...15 lines deleted...]
-      ---------------------------------------- Место печати</w:t>
+    <w:bookmarkStart w:name="z320" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       "__" ________ 20__ года действительно до "__" _______ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z320" w:id="138"/>
-[...15 lines deleted...]
-       "__" ________ 20__ года действительно до "__" _______ 20__ года</w:t>
+    <w:bookmarkStart w:name="z321" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________ __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z321" w:id="139"/>
-[...15 lines deleted...]
-      ____________ __________________________________________________</w:t>
+    <w:bookmarkStart w:name="z322" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии) уполномоченного лица услугодателя)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z322" w:id="140"/>
-[...15 lines deleted...]
-      (фамилия, имя, отчество (при его наличии) уполномоченного лица услугодателя)</w:t>
+    <w:bookmarkStart w:name="z323" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (подпись услугополучателя) _________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z323" w:id="141"/>
-[...15 lines deleted...]
-      (подпись услугополучателя) _________________________________</w:t>
+    <w:bookmarkStart w:name="z324" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Категория сельскохозяйственных тракторов и самоходных машин</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z324" w:id="142"/>
-[...15 lines deleted...]
-      Категория сельскохозяйственных тракторов и самоходных машин</w:t>
+    <w:bookmarkStart w:name="z325" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отметка о разрешении:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z325" w:id="143"/>
-[...15 lines deleted...]
-      Отметка о разрешении:</w:t>
+    <w:bookmarkStart w:name="z326" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       "А" - колесными тракторами класса до 30 килоНьютон (3,0 тяговая сила) включительно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z326" w:id="144"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z327" w:id="145"/>
+    <w:bookmarkStart w:name="z327" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Б" - колесными тракторами класса свыше 30 килоНьютон (3,0 тяговая сила); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z328" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "В" - гусеничными тракторами;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z328" w:id="146"/>
-[...15 lines deleted...]
-      "В" - гусеничными тракторами;</w:t>
+    <w:bookmarkStart w:name="z329" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Г" - самоходными сельскохозяйственными машинами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z329" w:id="147"/>
-[...15 lines deleted...]
-      "Г" - самоходными сельскохозяйственными машинами;</w:t>
+    <w:bookmarkStart w:name="z330" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Д" - всеми самоходными механизированными мелиоративными машинами и дорожно-строительными машинами, в том числе экскаваторами, тракторами со смонтированными мелиоративными и дорожно-строительными машинами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z330" w:id="148"/>
-[...15 lines deleted...]
-      "Д" - всеми самоходными механизированными мелиоративными машинами и дорожно-строительными машинами, в том числе экскаваторами, тракторами со смонтированными мелиоративными и дорожно-строительными машинами.</w:t>
+    <w:bookmarkStart w:name="z331" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для особых отметок</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z331" w:id="149"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="149"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8538,404 +8652,520 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">индивидуальный идентификационный номер </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z335" w:id="150"/>
+    <w:bookmarkStart w:name="z335" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z336" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу выдать, заменить удостоверение тракториста-машиниста, выдать дубликат удостоверения тракториста-машиниста</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z336" w:id="151"/>
-[...15 lines deleted...]
-      Прошу выдать, заменить удостоверение тракториста-машиниста, выдать дубликат удостоверения тракториста-машиниста</w:t>
+    <w:bookmarkStart w:name="z337" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z337" w:id="152"/>
+    <w:bookmarkStart w:name="z338" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z338" w:id="153"/>
+    <w:bookmarkStart w:name="z339" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (указать причину, ненужное зачеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z340" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К заявлению прилагаю следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z341" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z342" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z343" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись/электронная цифровая подпись услугополучателя _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z344" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата подачи заявления: __________________ 20__ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z345" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата приема заявления: __________________ 20__ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z346" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждаю достоверность представленной информации и осведомлен об ответственности за предоставление недостоверных сведений в соответствии с законодательством Республики Казахстан. Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z347" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись/электронная цифровая подпись услугополучателя _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z348" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-[...178 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z348" w:id="163"/>
-[...15 lines deleted...]
-      ____________________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z349" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z349" w:id="164"/>
+    <w:bookmarkStart w:name="z350" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись/электронная цифровая подпись уполномоченного лица услугодателя_________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z351" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-[...55 lines deleted...]
-      (фамилия, имя, отчество (при его наличии))</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В приложение 5 предусматривается изменение приказом и.о. Министра сельского хозяйства РК от 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9185,68 +9415,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z466" w:id="167"/>
+    <w:bookmarkStart w:name="z466" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача удостоверений на право управления тракторами и изготовленными на их базе самоходными шасси и механизмами, самоходными сельскохозяйственными, мелиоративными и дорожно-строительными машинами и механизмами, а также специальными машинами повышенной проходимости"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции приказа Министра сельского хозяйства РК от 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12350,68 +12580,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z356" w:id="168"/>
+    <w:bookmarkStart w:name="z356" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Книга выдачи удостоверений тракториста-машиниста</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -13181,68 +13411,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наименование и адрес услугополучателя)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z468" w:id="169"/>
+    <w:bookmarkStart w:name="z468" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мотивированный ответ об отказе в оказании государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 7 - в редакции приказа Министра сельского хозяйства РК от 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13884,108 +14114,108 @@
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z379" w:id="170"/>
+          <w:bookmarkStart w:name="z379" w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Облыстардың, республикалық маңыздағы қалалардың, астананың, облыстық маңыздағы аудандар мен қалалардың жергілікті атқарушы органы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="170"/>
+          <w:bookmarkEnd w:id="169"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z380" w:id="171"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="171"/>
+          <w:bookmarkStart w:name="z380" w:id="170"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="3771900" cy="3162300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -14066,80 +14296,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z384" w:id="172"/>
+          <w:bookmarkStart w:name="z384" w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[наименование уполномоченного органа на государственном языке]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="172"/>
+          <w:bookmarkEnd w:id="171"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14188,80 +14418,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z388" w:id="173"/>
+          <w:bookmarkStart w:name="z388" w:id="172"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Реквизиты уполномоченного органа на государственном языке]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="173"/>
+          <w:bookmarkEnd w:id="172"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14413,216 +14643,216 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z396" w:id="174"/>
+          <w:bookmarkStart w:name="z396" w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[номер уведомления]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="174"/>
+          <w:bookmarkEnd w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [дата выдачи уведомления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z398" w:id="175"/>
+          <w:bookmarkStart w:name="z398" w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Наименование услугополучателя]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="175"/>
+          <w:bookmarkEnd w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Реквизиты услугополучателя]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z401" w:id="176"/>
+    <w:bookmarkStart w:name="z401" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уақыты және орыны көрсетілген тракторшы-машинист куәлігінің дайындығы туралы хабарлама/Уведомление о готовности удостоверения тракториста-машиниста с указанием времени и места выдачи </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z402" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      [Хабарлама мәтіні/Текст уведомления]</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z402" w:id="177"/>
-[...15 lines deleted...]
-      [Хабарлама мәтіні/Текст уведомления]</w:t>
+    <w:bookmarkStart w:name="z403" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      [Руководитель структурного подразделения местного исполнительного органа областей, городов республиканского значения, столицы, районов и городов областного значения] [фамилия, имя, отчество (при его наличии) подписывающего]</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z403" w:id="178"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -14995,68 +15225,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z407" w:id="179"/>
+    <w:bookmarkStart w:name="z407" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Книга учета поступления и расходования бланков строгой отчетности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
@@ -15065,80 +15295,80 @@
         <w:gridCol w:w="947"/>
         <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z408" w:id="180"/>
+          <w:bookmarkStart w:name="z408" w:id="179"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приход</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="180"/>
+          <w:bookmarkEnd w:id="179"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15191,80 +15421,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z412" w:id="181"/>
+          <w:bookmarkStart w:name="z412" w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="181"/>
+          <w:bookmarkEnd w:id="180"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15677,80 +15907,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z426" w:id="182"/>
+          <w:bookmarkStart w:name="z426" w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 – Дата поступления</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="182"/>
+          <w:bookmarkEnd w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16120,55 +16350,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16494,31 +16724,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>